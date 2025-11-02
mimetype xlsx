--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -12,122 +12,113 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Hachette livre" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
+    <t>Marius</t>
+  </si>
+  <si>
+    <t>Marcel Pagnol</t>
+  </si>
+  <si>
+    <t>Grasset</t>
+  </si>
+  <si>
+    <t>FR-Rennes</t>
+  </si>
+  <si>
+    <t>TNB</t>
+  </si>
+  <si>
+    <t>06 janv. &gt; 23 janv. 2026</t>
+  </si>
+  <si>
+    <t>Marcel Pagnol, Joël Pommerat</t>
+  </si>
+  <si>
     <t>La Vegetariana</t>
   </si>
   <si>
     <t>Kang Han</t>
   </si>
   <si>
     <t>Le Livre de Poche</t>
   </si>
   <si>
-    <t>ES-Madrid</t>
-[...5 lines deleted...]
-    <t>12 oct. 2025</t>
+    <t>CH-Lausanne</t>
+  </si>
+  <si>
+    <t>Théâtre Vidy-Lausanne</t>
+  </si>
+  <si>
+    <t>28 janv. &gt; 01 févr. 2026</t>
   </si>
   <si>
     <t>Kang Han, Daria Deflorian</t>
-  </si>
-[...28 lines deleted...]
-    <t>28 janv. &gt; 01 févr. 2026</t>
   </si>
   <si>
     <t>L’Incandescente et le Gang des cracheuses de sang</t>
   </si>
   <si>
     <t>Claudie Hunzinger</t>
   </si>
   <si>
     <t>FR-Aubervilliers</t>
   </si>
   <si>
     <t>La Commune - CDN d’Aubervilliers</t>
   </si>
   <si>
     <t>12 févr. &gt; 20 févr. 2026</t>
   </si>
   <si>
     <t>Claudie Hunzinger, Louise Chevillotte</t>
   </si>
   <si>
     <t>FR-Antibes</t>
   </si>
   <si>
     <t>Anthéa - Antipolis</t>
   </si>
@@ -515,54 +506,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G11"/>
+  <dimension ref="A1:G10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G11"/>
+      <selection activeCell="A1" sqref="A1:G10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="55.272" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -603,230 +594,207 @@
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>32</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>43</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>44</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>46</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>47</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>20</v>
-[...22 lines deleted...]
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>