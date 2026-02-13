--- v1 (2025-11-02)
+++ v2 (2026-02-13)
@@ -12,149 +12,131 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Hachette livre" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
+    <t>L’Incandescente et le Gang des cracheuses de sang</t>
+  </si>
+  <si>
+    <t>Claudie Hunzinger</t>
+  </si>
+  <si>
+    <t>Grasset</t>
+  </si>
+  <si>
+    <t>FR-Aubervilliers</t>
+  </si>
+  <si>
+    <t>La Commune - CDN d’Aubervilliers</t>
+  </si>
+  <si>
+    <t>13 févr. &gt; 20 févr. 2026</t>
+  </si>
+  <si>
+    <t>Claudie Hunzinger, Louise Chevillotte</t>
+  </si>
+  <si>
     <t>Marius</t>
   </si>
   <si>
     <t>Marcel Pagnol</t>
   </si>
   <si>
-    <t>Grasset</t>
-[...8 lines deleted...]
-    <t>06 janv. &gt; 23 janv. 2026</t>
+    <t>FR-Antibes</t>
+  </si>
+  <si>
+    <t>Anthéa - Antipolis</t>
+  </si>
+  <si>
+    <t>31 mars &gt; 02 avr. 2026</t>
   </si>
   <si>
     <t>Marcel Pagnol, Joël Pommerat</t>
   </si>
   <si>
     <t>La Vegetariana</t>
   </si>
   <si>
     <t>Kang Han</t>
   </si>
   <si>
     <t>Le Livre de Poche</t>
   </si>
   <si>
-    <t>CH-Lausanne</t>
-[...5 lines deleted...]
-    <t>28 janv. &gt; 01 févr. 2026</t>
+    <t>IT-Milano</t>
+  </si>
+  <si>
+    <t>Piccolo Teatro di Milano</t>
+  </si>
+  <si>
+    <t>10 avr. &gt; 19 avr. 2026</t>
   </si>
   <si>
     <t>Kang Han, Daria Deflorian</t>
-  </si>
-[...34 lines deleted...]
-    <t>10 avr. &gt; 19 avr. 2026</t>
   </si>
   <si>
     <t>Gahugu Gato</t>
   </si>
   <si>
     <t>Gaël Faye</t>
   </si>
   <si>
     <t>FR-Nantes</t>
   </si>
   <si>
     <t>Le Grand T</t>
   </si>
   <si>
     <t>18 mai &gt; 20 mai 2026</t>
   </si>
   <si>
     <t>Gaël Faye, Dida Nibagwire, Frédéric R. Fisbach</t>
   </si>
   <si>
     <t>IT-Rome</t>
   </si>
   <si>
     <t>Roma Teatro Vascello</t>
   </si>
@@ -506,54 +488,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G10"/>
+  <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G10"/>
+      <selection activeCell="A1" sqref="A1:G8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="55.272" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -577,224 +559,178 @@
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D3" s="1" t="s">
+      <c r="E3" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="F3" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="F3" s="1" t="s">
+      <c r="G3" s="1" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" s="1" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>7</v>
+        <v>27</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>20</v>
-[...45 lines deleted...]
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>