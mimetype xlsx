--- v2 (2026-02-13)
+++ v3 (2026-03-06)
@@ -12,98 +12,80 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Hachette livre" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
-    <t>L’Incandescente et le Gang des cracheuses de sang</t>
-[...2 lines deleted...]
-    <t>Claudie Hunzinger</t>
+    <t>Marius</t>
+  </si>
+  <si>
+    <t>Marcel Pagnol</t>
   </si>
   <si>
     <t>Grasset</t>
-  </si>
-[...16 lines deleted...]
-    <t>Marcel Pagnol</t>
   </si>
   <si>
     <t>FR-Antibes</t>
   </si>
   <si>
     <t>Anthéa - Antipolis</t>
   </si>
   <si>
     <t>31 mars &gt; 02 avr. 2026</t>
   </si>
   <si>
     <t>Marcel Pagnol, Joël Pommerat</t>
   </si>
   <si>
     <t>La Vegetariana</t>
   </si>
   <si>
     <t>Kang Han</t>
   </si>
   <si>
     <t>Le Livre de Poche</t>
   </si>
   <si>
     <t>IT-Milano</t>
   </si>
@@ -488,64 +470,64 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G8"/>
+  <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G8"/>
+      <selection activeCell="A1" sqref="A1:G7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="42.418" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="55.272" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
@@ -559,178 +541,155 @@
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="E5" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="E5" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G5" s="1" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>19</v>
-[...22 lines deleted...]
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>