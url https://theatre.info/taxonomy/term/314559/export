--- v0 (2025-10-10)
+++ v1 (2025-11-11)
@@ -12,841 +12,811 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Éditions Théâtrales" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="335">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="325">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
+    <t>Jag et Johnny</t>
+  </si>
+  <si>
+    <t>Laurène Marx</t>
+  </si>
+  <si>
+    <t>Éditions Théâtrales</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Théâtre La Reine Blanche</t>
+  </si>
+  <si>
+    <t>11 nov. &gt; 15 nov. 2025</t>
+  </si>
+  <si>
+    <t>Laurène Marx, Jessica Guilloud</t>
+  </si>
+  <si>
+    <t>Déesses, je me maquille pour ne pas pleurer</t>
+  </si>
+  <si>
+    <t>Héloïse Desrivières</t>
+  </si>
+  <si>
+    <t>FR-Besançon</t>
+  </si>
+  <si>
+    <t>Nouveau Théâtre Besançon (NTB)</t>
+  </si>
+  <si>
+    <t>12 nov. &gt; 14 nov. 2025</t>
+  </si>
+  <si>
+    <t>La crèche</t>
+  </si>
+  <si>
+    <t>François Hien</t>
+  </si>
+  <si>
+    <t>FR-Saint-Ouen</t>
+  </si>
+  <si>
+    <t>Espace 1789</t>
+  </si>
+  <si>
+    <t>14 nov. &gt; 15 nov. 2025</t>
+  </si>
+  <si>
+    <t>La Vie invisible</t>
+  </si>
+  <si>
+    <t>Guillaume Poix</t>
+  </si>
+  <si>
+    <t>Maison des Métallos</t>
+  </si>
+  <si>
+    <t>18 nov. &gt; 22 nov. 2025</t>
+  </si>
+  <si>
+    <t>Guillaume Poix, Lorraine De Sagazan</t>
+  </si>
+  <si>
     <t>La chute infinie des soleils</t>
   </si>
   <si>
     <t>Elemawusi Agbedjidji</t>
   </si>
   <si>
-    <t>Éditions Théâtrales</t>
-[...8 lines deleted...]
-    <t>10 oct. &gt; 14 oct. 2025</t>
+    <t>FR-Saint-Etienne</t>
+  </si>
+  <si>
+    <t>La Comédie de Saint-Étienne</t>
+  </si>
+  <si>
+    <t>18 nov. &gt; 21 nov. 2025</t>
+  </si>
+  <si>
+    <t>Monde nouveau</t>
+  </si>
+  <si>
+    <t>Olivier Saccomano, Nathalie Garraud</t>
+  </si>
+  <si>
+    <t>FR-Albi</t>
+  </si>
+  <si>
+    <t>Scène Nationale d'Albi</t>
+  </si>
+  <si>
+    <t>19 nov. &gt; 20 nov. 2025</t>
+  </si>
+  <si>
+    <t>Chère écharpe</t>
+  </si>
+  <si>
+    <t>Sarah Carré</t>
+  </si>
+  <si>
+    <t>FR-Gauchy</t>
+  </si>
+  <si>
+    <t>Maison de la culture et des loisirs de Gauchy</t>
+  </si>
+  <si>
+    <t>21 nov. 2025</t>
+  </si>
+  <si>
+    <t>Sarah Carré, Sophie Mayeux, Sylviane Fortuny</t>
+  </si>
+  <si>
+    <t>FR-Brive</t>
+  </si>
+  <si>
+    <t>L'Empreinte - Scène nationale Brive-Tulle</t>
+  </si>
+  <si>
+    <t>25 nov. &gt; 26 nov. 2025</t>
+  </si>
+  <si>
+    <t>Scaphandre</t>
+  </si>
+  <si>
+    <t>Julie Rossello Rochet</t>
+  </si>
+  <si>
+    <t>FR-Lyon</t>
+  </si>
+  <si>
+    <t>Théâtre de la Croix-Rousse</t>
+  </si>
+  <si>
+    <t>26 nov. &gt; 29 nov. 2025</t>
+  </si>
+  <si>
+    <t>Julie Rossello Rochet, Liza Blanchard, Julie Guichard</t>
+  </si>
+  <si>
+    <t>Babïl</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>La Criée</t>
+  </si>
+  <si>
+    <t>Agnès Régolo, Sarah Carré</t>
+  </si>
+  <si>
+    <t>Léviathan</t>
+  </si>
+  <si>
+    <t>28 nov. &gt; 30 nov. 2025</t>
+  </si>
+  <si>
+    <t>FR-Lamballe</t>
+  </si>
+  <si>
+    <t>Le Quai des Rêves</t>
+  </si>
+  <si>
+    <t>28 nov. 2025</t>
+  </si>
+  <si>
+    <t>Jeune Mort</t>
+  </si>
+  <si>
+    <t>Guillaume Cayet</t>
+  </si>
+  <si>
+    <t>02 déc. &gt; 03 déc. 2025</t>
+  </si>
+  <si>
+    <t>FR-Annecy</t>
+  </si>
+  <si>
+    <t>Bonlieu Scène nationale</t>
+  </si>
+  <si>
+    <t>04 déc. &gt; 06 déc. 2025</t>
+  </si>
+  <si>
+    <t>FR-Sedan</t>
+  </si>
+  <si>
+    <t>Maison des Jeunes et de la Culture Calonne</t>
+  </si>
+  <si>
+    <t>05 déc. 2025</t>
+  </si>
+  <si>
+    <t>Trop beau pour y voir</t>
+  </si>
+  <si>
+    <t>Béatrice Bienville</t>
+  </si>
+  <si>
+    <t>Théâtre 13</t>
+  </si>
+  <si>
+    <t>09 déc. &gt; 19 déc. 2025</t>
+  </si>
+  <si>
+    <t>Béatrice Bienville, Yassim Ait Abdelmalek</t>
+  </si>
+  <si>
+    <t>FR-Malakoff</t>
+  </si>
+  <si>
+    <t>Malakoff scène nationale</t>
+  </si>
+  <si>
+    <t>11 déc. &gt; 12 déc. 2025</t>
+  </si>
+  <si>
+    <t>FR-Dijon</t>
+  </si>
+  <si>
+    <t>Théâtre Dijon Bourgogne [TDB]</t>
+  </si>
+  <si>
+    <t>12 déc. &gt; 17 déc. 2025</t>
+  </si>
+  <si>
+    <t>FR-Grenoble</t>
+  </si>
+  <si>
+    <t>MC2:</t>
+  </si>
+  <si>
+    <t>16 déc. &gt; 18 déc. 2025</t>
+  </si>
+  <si>
+    <t>Théâtre Dunois</t>
+  </si>
+  <si>
+    <t>05 janv. &gt; 12 janv. 2026</t>
+  </si>
+  <si>
+    <t>Portrait de Rita</t>
+  </si>
+  <si>
+    <t>FR-Le Mans</t>
+  </si>
+  <si>
+    <t>Les Quinconces-L'Espal</t>
+  </si>
+  <si>
+    <t>08 janv. &gt; 09 janv. 2026</t>
+  </si>
+  <si>
+    <t>Oiseau</t>
+  </si>
+  <si>
+    <t>Anna Nozière</t>
+  </si>
+  <si>
+    <t>FR-Dieppe</t>
+  </si>
+  <si>
+    <t>DSN - Dieppe Scène Nationale</t>
+  </si>
+  <si>
+    <t>09 janv. 2026</t>
+  </si>
+  <si>
+    <t>Les Abîmés</t>
+  </si>
+  <si>
+    <t>Catherine Verlaguet</t>
+  </si>
+  <si>
+    <t>FR-Cherbourg-en-Cotentin</t>
+  </si>
+  <si>
+    <t>Le Trident</t>
+  </si>
+  <si>
+    <t>Catherine Verlaguet, Bénédicte Guichardon</t>
+  </si>
+  <si>
+    <t>La Sœur de Jésus-Christ</t>
+  </si>
+  <si>
+    <t>Oscar De Summa</t>
+  </si>
+  <si>
+    <t>FR-Vienne</t>
+  </si>
+  <si>
+    <t>Théâtre François Ponsard</t>
+  </si>
+  <si>
+    <t>13 janv. 2026</t>
+  </si>
+  <si>
+    <t>Oscar De Summa, Georges Lini</t>
   </si>
   <si>
     <t>Pour un temps sois peu</t>
   </si>
   <si>
-    <t>Laurène Marx</t>
-[...8 lines deleted...]
-    <t>14 oct. &gt; 15 oct. 2025</t>
+    <t>BE-Namur</t>
+  </si>
+  <si>
+    <t>Théâtre de Namur</t>
+  </si>
+  <si>
+    <t>13 janv. &gt; 17 janv. 2026</t>
   </si>
   <si>
     <t>Laurène Marx, Fanny Sintès</t>
   </si>
   <si>
-    <t>Jag et Johnny</t>
-[...53 lines deleted...]
-    <t>Trois minutes de temps additionnel</t>
+    <t>Fille</t>
+  </si>
+  <si>
+    <t>Matt Hartley</t>
+  </si>
+  <si>
+    <t>FR-Valenciennes</t>
+  </si>
+  <si>
+    <t>Le Phénix Scène Nationale</t>
+  </si>
+  <si>
+    <t>14 janv. &gt; 15 janv. 2026</t>
+  </si>
+  <si>
+    <t>Matt Hartley, Henri Botte, Cyril Brisse, Céline Dupuis, Marion Zaboïtzeff</t>
+  </si>
+  <si>
+    <t>FR-La Courneuve</t>
+  </si>
+  <si>
+    <t>Centre culturel Jean Houdremont - La Courneuve</t>
+  </si>
+  <si>
+    <t>FR-Lille</t>
+  </si>
+  <si>
+    <t>Le Grand Bleu</t>
+  </si>
+  <si>
+    <t>20 janv. &gt; 24 janv. 2026</t>
+  </si>
+  <si>
+    <t>FR-Strasbourg</t>
+  </si>
+  <si>
+    <t>Théâtre National de Strasbourg - TNS</t>
+  </si>
+  <si>
+    <t>20 janv. &gt; 30 janv. 2026</t>
+  </si>
+  <si>
+    <t>FR-Saran</t>
+  </si>
+  <si>
+    <t>Théâtre de la Tête Noire</t>
+  </si>
+  <si>
+    <t>22 janv. 2026</t>
+  </si>
+  <si>
+    <t>Lucienne Eden</t>
+  </si>
+  <si>
+    <t>Stéphane Jaubertie</t>
+  </si>
+  <si>
+    <t>FR-Wasquehal</t>
+  </si>
+  <si>
+    <t>La Manivelle Théâtre</t>
+  </si>
+  <si>
+    <t>23 janv. &gt; 24 janv. 2026</t>
+  </si>
+  <si>
+    <t>Stéphane Jaubertie, Florence Bisiaux</t>
+  </si>
+  <si>
+    <t>BE-Charleroi</t>
+  </si>
+  <si>
+    <t>Palais des Beaux-Arts de Charleroi</t>
+  </si>
+  <si>
+    <t>24 janv. 2026</t>
+  </si>
+  <si>
+    <t>corde. raide</t>
+  </si>
+  <si>
+    <t>debbie tucker green</t>
+  </si>
+  <si>
+    <t>FR-Ivry-sur-Seine</t>
+  </si>
+  <si>
+    <t>Théâtre des Quartiers d'Ivry</t>
+  </si>
+  <si>
+    <t>28 janv. &gt; 01 févr. 2026</t>
+  </si>
+  <si>
+    <t>debbie tucker green, Cédric Gourmelon</t>
+  </si>
+  <si>
+    <t>≈[Presque égal à] &amp; J’appelle mes frères</t>
+  </si>
+  <si>
+    <t>Jonas Hassen Khemiri</t>
+  </si>
+  <si>
+    <t>FR-Nanterre</t>
+  </si>
+  <si>
+    <t>Théâtre Nanterre-Amandiers</t>
+  </si>
+  <si>
+    <t>28 janv. &gt; 21 févr. 2026</t>
+  </si>
+  <si>
+    <t>Jonas Hassen Khemiri, Christophe Rauck</t>
+  </si>
+  <si>
+    <t>FR-Beauvais</t>
+  </si>
+  <si>
+    <t>Théâtre du Beauvaisis</t>
+  </si>
+  <si>
+    <t>29 janv. &gt; 30 janv. 2026</t>
+  </si>
+  <si>
+    <t>La Peur</t>
+  </si>
+  <si>
+    <t>FR-Calais</t>
+  </si>
+  <si>
+    <t>Le Channel</t>
+  </si>
+  <si>
+    <t>31 janv. &gt; 01 févr. 2026</t>
+  </si>
+  <si>
+    <t>François Hien, Arthur Fourcade</t>
+  </si>
+  <si>
+    <t>FR-Nîmes</t>
+  </si>
+  <si>
+    <t>Théâtre de Nîmes</t>
+  </si>
+  <si>
+    <t>04 févr. 2026</t>
+  </si>
+  <si>
+    <t>Théâtre Le Pasino</t>
+  </si>
+  <si>
+    <t>05 févr. &gt; 06 févr. 2026</t>
+  </si>
+  <si>
+    <t>05 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Gennevilliers</t>
+  </si>
+  <si>
+    <t>T2G</t>
+  </si>
+  <si>
+    <t>05 févr. &gt; 14 févr. 2026</t>
+  </si>
+  <si>
+    <t>LE ZEF - scène nationale</t>
+  </si>
+  <si>
+    <t>FR-Chevilly-Larue</t>
+  </si>
+  <si>
+    <t>Théâtre André Malraux de Chevilly-Larue</t>
+  </si>
+  <si>
+    <t>06 févr. 2026</t>
+  </si>
+  <si>
+    <t>08 févr. &gt; 09 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Saint-Nazaire</t>
+  </si>
+  <si>
+    <t>Le Théâtre - Saint-Nazaire</t>
+  </si>
+  <si>
+    <t>11 févr. &gt; 12 févr. 2026</t>
+  </si>
+  <si>
+    <t>L'Arbre à sang</t>
+  </si>
+  <si>
+    <t>Angus Cerini</t>
+  </si>
+  <si>
+    <t>24 févr. &gt; 05 mars 2026</t>
+  </si>
+  <si>
+    <t>Angus Cerini, Tommy Milliot</t>
+  </si>
+  <si>
+    <t>Fondre</t>
+  </si>
+  <si>
+    <t>Espace 600</t>
+  </si>
+  <si>
+    <t>27 févr. 2026</t>
+  </si>
+  <si>
+    <t>Natacha Dubois, Guillaume Poix</t>
+  </si>
+  <si>
+    <t>BE-Bruxelles</t>
+  </si>
+  <si>
+    <t>Théâtre National Wallonie-Bruxelles</t>
+  </si>
+  <si>
+    <t>03 mars &gt; 21 mars 2026</t>
+  </si>
+  <si>
+    <t>03 mars &gt; 05 mars 2026</t>
+  </si>
+  <si>
+    <t>Que d'espoir !</t>
+  </si>
+  <si>
+    <t>Hanokh Levin</t>
+  </si>
+  <si>
+    <t>Les Célestins, Théâtre de Lyon</t>
+  </si>
+  <si>
+    <t>05 mars &gt; 14 mars 2026</t>
+  </si>
+  <si>
+    <t>Hanokh Levin, Valérie Lesort</t>
+  </si>
+  <si>
+    <t>FR-Béthune</t>
+  </si>
+  <si>
+    <t>La Comédie de Béthune</t>
+  </si>
+  <si>
+    <t>05 mars &gt; 06 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Montpellier</t>
+  </si>
+  <si>
+    <t>Domaine d'O</t>
+  </si>
+  <si>
+    <t>11 mars &gt; 14 mars 2026</t>
+  </si>
+  <si>
+    <t>Biosphère</t>
+  </si>
+  <si>
+    <t>Frédéric Sonntag</t>
+  </si>
+  <si>
+    <t>FR-Toulouse</t>
+  </si>
+  <si>
+    <t>ThéâtredelaCité</t>
+  </si>
+  <si>
+    <t>12 mars &gt; 19 mars 2026</t>
+  </si>
+  <si>
+    <t>12 mars &gt; 13 mars 2026</t>
+  </si>
+  <si>
+    <t>Le Manège Maubeuge</t>
+  </si>
+  <si>
+    <t>13 mars 2026</t>
+  </si>
+  <si>
+    <t>Il a beaucoup souffert Lucifer</t>
+  </si>
+  <si>
+    <t>Antonio Carmona</t>
+  </si>
+  <si>
+    <t>FR-Cergy-Pontoise</t>
+  </si>
+  <si>
+    <t>Points communs</t>
+  </si>
+  <si>
+    <t>17 mars &gt; 20 mars 2026</t>
+  </si>
+  <si>
+    <t>Mélissa Zehner</t>
+  </si>
+  <si>
+    <t>17 mars &gt; 19 mars 2026</t>
+  </si>
+  <si>
+    <t>Laughton</t>
+  </si>
+  <si>
+    <t>17 mars &gt; 18 mars 2026</t>
+  </si>
+  <si>
+    <t>Stéphane Jaubertie, Emilie Le Roux</t>
+  </si>
+  <si>
+    <t>Requin Velours</t>
+  </si>
+  <si>
+    <t>Gaëlle Axelbrun</t>
+  </si>
+  <si>
+    <t>FR-Metz</t>
+  </si>
+  <si>
+    <t>Espace Bernard-Marie Koltès - Metz</t>
+  </si>
+  <si>
+    <t>19 mars &gt; 20 mars 2026</t>
+  </si>
+  <si>
+    <t>Gretel et Hansel</t>
+  </si>
+  <si>
+    <t>Suzanne Lebeau</t>
+  </si>
+  <si>
+    <t>22 mars &gt; 23 mars 2026</t>
+  </si>
+  <si>
+    <t>Suzanne Lebeau, François Gerard</t>
+  </si>
+  <si>
+    <t>Woyzeck ou la vocation</t>
+  </si>
+  <si>
+    <t>Georg Büchner</t>
+  </si>
+  <si>
+    <t>FR-Valence</t>
+  </si>
+  <si>
+    <t>La Comédie de Valence</t>
+  </si>
+  <si>
+    <t>24 mars &gt; 26 mars 2026</t>
+  </si>
+  <si>
+    <t>Georg Büchner, Tünde Deak</t>
+  </si>
+  <si>
+    <t>24 mars &gt; 27 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Lorient</t>
+  </si>
+  <si>
+    <t>Théâtre de Lorient - CDN</t>
+  </si>
+  <si>
+    <t>FR-Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>La Comédie de Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>25 mars &gt; 27 mars 2026</t>
+  </si>
+  <si>
+    <t>25 mars &gt; 28 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Villejuif</t>
+  </si>
+  <si>
+    <t>Théâtre Romain Rolland</t>
+  </si>
+  <si>
+    <t>26 mars &gt; 28 mars 2026</t>
+  </si>
+  <si>
+    <t>CH-Genève</t>
+  </si>
+  <si>
+    <t>Comédie de Genève</t>
+  </si>
+  <si>
+    <t>27 mars &gt; 02 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Alençon</t>
+  </si>
+  <si>
+    <t>Théâtre d'Alençon</t>
+  </si>
+  <si>
+    <t>30 mars &gt; 31 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Colmar</t>
+  </si>
+  <si>
+    <t>Comédie de Colmar</t>
+  </si>
+  <si>
+    <t>31 mars &gt; 02 avr. 2026</t>
+  </si>
+  <si>
+    <t>Michelle doit-on t'en vouloir d'avoir fait un selfie à Auschwitz ?</t>
   </si>
   <si>
     <t>Sylvain Levey</t>
   </si>
   <si>
-    <t>FR-Grenoble</t>
-[...670 lines deleted...]
-  <si>
     <t>FR-Privas</t>
   </si>
   <si>
     <t>Théâtre de Privas</t>
   </si>
   <si>
     <t>31 mars 2026</t>
   </si>
   <si>
     <t>Sylvain Levey, Franck Regnier</t>
   </si>
   <si>
     <t>FR-Aubervilliers</t>
   </si>
   <si>
     <t>La Commune - CDN d’Aubervilliers</t>
   </si>
   <si>
     <t>31 mars &gt; 03 avr. 2026</t>
   </si>
   <si>
     <t>Théâtre Joliette</t>
   </si>
   <si>
     <t>Les applaudissements ne se mangent pas</t>
@@ -854,147 +824,147 @@
   <si>
     <t>Maguy Marin, Olivier Neveux</t>
   </si>
   <si>
     <t>FR-Créteil</t>
   </si>
   <si>
     <t>MAC - Maison des Arts de Créteil</t>
   </si>
   <si>
     <t>01 avr. &gt; 02 avr. 2026</t>
   </si>
   <si>
     <t>Maguy Marin</t>
   </si>
   <si>
     <t>FR-Martigues</t>
   </si>
   <si>
     <t>Théâtre des Salins</t>
   </si>
   <si>
     <t>02 avr. 2026</t>
   </si>
   <si>
+    <t>Le Monfort</t>
+  </si>
+  <si>
+    <t>08 avr. &gt; 18 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Mulhouse</t>
+  </si>
+  <si>
+    <t>La Filature, Scène nationale de Mulhouse</t>
+  </si>
+  <si>
+    <t>08 avr. &gt; 09 avr. 2026</t>
+  </si>
+  <si>
     <t>May B</t>
   </si>
   <si>
     <t>Chaillot - Théâtre national de la Danse</t>
   </si>
   <si>
     <t>08 avr. &gt; 12 avr. 2026</t>
   </si>
   <si>
-    <t>Le Monfort</t>
-[...13 lines deleted...]
-  <si>
     <t>FR-Carros</t>
   </si>
   <si>
     <t>Forum Jacques Prévert</t>
   </si>
   <si>
     <t>09 avr. &gt; 10 avr. 2026</t>
   </si>
   <si>
     <t>Singspiele</t>
   </si>
   <si>
     <t>10 avr. &gt; 11 avr. 2026</t>
   </si>
   <si>
     <t>FR-Alès</t>
   </si>
   <si>
     <t>Le Cratère</t>
   </si>
   <si>
     <t>14 avr. 2026</t>
   </si>
   <si>
+    <t>15 avr. &gt; 18 avr. 2026</t>
+  </si>
+  <si>
     <t>15 avr. 2026</t>
   </si>
   <si>
-    <t>15 avr. &gt; 18 avr. 2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Théâtre Jean Vilar - Montpellier</t>
   </si>
   <si>
     <t>16 avr. 2026</t>
   </si>
   <si>
     <t>Un sacre</t>
   </si>
   <si>
     <t>21 avr. &gt; 24 avr. 2026</t>
   </si>
   <si>
     <t>FR-Aubusson</t>
   </si>
   <si>
     <t>Théâtre Jean Lurçat - Scène nationale d'Aubusson</t>
   </si>
   <si>
     <t>21 avr. &gt; 22 avr. 2026</t>
   </si>
   <si>
     <t>FR-Nevers</t>
   </si>
   <si>
     <t>La Maison</t>
   </si>
   <si>
     <t>23 avr. 2026</t>
   </si>
   <si>
+    <t>FR-La Rochelle</t>
+  </si>
+  <si>
+    <t>La Coursive</t>
+  </si>
+  <si>
+    <t>28 avr. &gt; 29 avr. 2026</t>
+  </si>
+  <si>
     <t>FR-Château-Arnoux-Saint-Auban</t>
   </si>
   <si>
     <t>Théâtre Durance</t>
-  </si>
-[...7 lines deleted...]
-    <t>La Coursive</t>
   </si>
   <si>
     <t>FR-Dunkerque</t>
   </si>
   <si>
     <t>Le Bateau Feu</t>
   </si>
   <si>
     <t>05 mai &gt; 06 mai 2026</t>
   </si>
   <si>
     <t>Le Chat sur la photo</t>
   </si>
   <si>
     <t>FR-Bourges</t>
   </si>
   <si>
     <t>Maison de la Culture de Bourges</t>
   </si>
   <si>
     <t>06 mai 2026</t>
   </si>
   <si>
     <t>Antonio Carmona, Odile Grosset-Grange</t>
   </si>
@@ -1367,54 +1337,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G101"/>
+  <dimension ref="A1:G96"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G101"/>
+      <selection activeCell="A1" sqref="A1:G96"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="87.122" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -1427,2322 +1397,2209 @@
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" s="1" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" s="1" t="s">
         <v>20</v>
-      </c>
-[...7 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E6" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D7" s="1"/>
+      <c r="D7" s="1" t="s">
+        <v>36</v>
+      </c>
       <c r="E7" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="F7" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>7</v>
+        <v>54</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="E11" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="F11" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="F11" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" s="1" t="s">
-        <v>8</v>
+        <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B12" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C12" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D12" s="1" t="s">
+      <c r="E12" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="E12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="F14" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>65</v>
+        <v>24</v>
       </c>
       <c r="B15" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D15" s="1" t="s">
+      <c r="E15" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="E15" s="1" t="s">
+      <c r="F15" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="F15" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G15" s="1" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="F16" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="B16" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G16" s="1" t="s">
-        <v>74</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F17" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="B17" s="1" t="s">
-[...11 lines deleted...]
-      <c r="F17" s="1" t="s">
+      <c r="G17" s="1" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>77</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>78</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>79</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D19" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="E19" s="1" t="s">
         <v>81</v>
-      </c>
-[...7 lines deleted...]
-        <v>16</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>82</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>81</v>
+        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>46</v>
+        <v>19</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>83</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>84</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>85</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E21" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="E21" s="1" t="s">
+      <c r="F21" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="F21" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G21" s="1" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="E22" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E22" s="1" t="s">
+      <c r="F22" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="F22" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G22" s="1" t="s">
-        <v>93</v>
+        <v>8</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>55</v>
+        <v>93</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>94</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>95</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>96</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>55</v>
+        <v>93</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>47</v>
+        <v>98</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>50</v>
+        <v>101</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>43</v>
+        <v>102</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>44</v>
+        <v>103</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>39</v>
+        <v>104</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>44</v>
+        <v>107</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>32</v>
+        <v>108</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>20</v>
+        <v>109</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>36</v>
+        <v>112</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>102</v>
+        <v>113</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>14</v>
+        <v>114</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>103</v>
+        <v>115</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>104</v>
+        <v>116</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>14</v>
+        <v>118</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>106</v>
+        <v>39</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>107</v>
+        <v>40</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>109</v>
+        <v>120</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>107</v>
+        <v>44</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>111</v>
+        <v>39</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>112</v>
+        <v>40</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>110</v>
+        <v>123</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>115</v>
+        <v>44</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>116</v>
+        <v>88</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>117</v>
+        <v>8</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>121</v>
+        <v>8</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>32</v>
+        <v>130</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>33</v>
+        <v>131</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>36</v>
+        <v>135</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
-        <v>128</v>
+        <v>58</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>127</v>
+        <v>138</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>132</v>
+        <v>28</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>32</v>
+        <v>139</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>33</v>
+        <v>140</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>36</v>
+        <v>144</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
-        <v>102</v>
+        <v>145</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>14</v>
+        <v>146</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>137</v>
+        <v>148</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>138</v>
+        <v>149</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>14</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>140</v>
+        <v>152</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>141</v>
+        <v>153</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>142</v>
+        <v>154</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>143</v>
+        <v>20</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>144</v>
+        <v>155</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>145</v>
+        <v>156</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>146</v>
+        <v>157</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>147</v>
+        <v>158</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>148</v>
+        <v>159</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>149</v>
+        <v>160</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
-        <v>151</v>
+        <v>39</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>152</v>
+        <v>40</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D39" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D39" s="1"/>
       <c r="E39" s="1" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>156</v>
+        <v>44</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
-        <v>157</v>
+        <v>58</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>158</v>
+        <v>25</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>159</v>
+        <v>89</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>160</v>
+        <v>90</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>162</v>
+        <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="1" t="s">
-        <v>166</v>
+        <v>92</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>167</v>
+        <v>55</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>168</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>170</v>
+        <v>93</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="1" t="s">
-        <v>65</v>
+        <v>97</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>66</v>
+        <v>98</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="E43" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="F43" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="E43" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G43" s="1" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="1" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>174</v>
+        <v>132</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>175</v>
+        <v>133</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="1" t="s">
-        <v>32</v>
+        <v>58</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D45" s="1"/>
+      <c r="D45" s="1" t="s">
+        <v>173</v>
+      </c>
       <c r="E45" s="1" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="1" t="s">
-        <v>106</v>
+        <v>176</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>107</v>
+        <v>177</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>72</v>
+        <v>16</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>179</v>
+        <v>17</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>178</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>107</v>
+        <v>179</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="1" t="s">
-        <v>75</v>
+        <v>180</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>103</v>
+        <v>83</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>104</v>
+        <v>181</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>50</v>
+        <v>183</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="1" t="s">
-        <v>111</v>
+        <v>88</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>112</v>
+        <v>8</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>115</v>
+        <v>8</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E49" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="B49" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D49" s="1" t="s">
+      <c r="F49" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="G49" s="1" t="s">
         <v>144</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="1" t="s">
-        <v>75</v>
+        <v>188</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>47</v>
+        <v>189</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>185</v>
+        <v>50</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>50</v>
+        <v>192</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="1" t="s">
-        <v>188</v>
+        <v>58</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>189</v>
+        <v>25</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>26</v>
+        <v>193</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>27</v>
+        <v>194</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>191</v>
+        <v>28</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="1" t="s">
-        <v>192</v>
+        <v>58</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>39</v>
+        <v>196</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>40</v>
+        <v>197</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>194</v>
+        <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="1" t="s">
-        <v>102</v>
+        <v>199</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>14</v>
+        <v>200</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>14</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="1" t="s">
-        <v>157</v>
+        <v>92</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>158</v>
+        <v>93</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>51</v>
+        <v>121</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>52</v>
+        <v>122</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>162</v>
+        <v>93</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="1" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D55" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D55" s="1"/>
       <c r="E55" s="1" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="1" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>67</v>
+        <v>209</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="1" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>207</v>
+        <v>193</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>208</v>
+        <v>194</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="1" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>211</v>
+        <v>131</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>212</v>
+        <v>89</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>213</v>
+        <v>90</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="1" t="s">
-        <v>106</v>
+        <v>217</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>107</v>
+        <v>218</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>133</v>
+        <v>219</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>134</v>
+        <v>220</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>107</v>
+        <v>218</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="1" t="s">
-        <v>54</v>
+        <v>222</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>55</v>
+        <v>223</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D60" s="1"/>
+      <c r="D60" s="1" t="s">
+        <v>132</v>
+      </c>
       <c r="E60" s="1" t="s">
-        <v>216</v>
+        <v>133</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>55</v>
+        <v>225</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="1" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>222</v>
+        <v>230</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>223</v>
+        <v>231</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="1" t="s">
-        <v>54</v>
+        <v>199</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>55</v>
+        <v>200</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>199</v>
+        <v>99</v>
       </c>
       <c r="E62" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="G62" s="1" t="s">
         <v>200</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="1" t="s">
-        <v>225</v>
+        <v>176</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>143</v>
+        <v>177</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>103</v>
+        <v>233</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>104</v>
+        <v>234</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>227</v>
+        <v>179</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="1" t="s">
-        <v>228</v>
+        <v>58</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>229</v>
+        <v>25</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>229</v>
+        <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="1" t="s">
-        <v>233</v>
+        <v>34</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>234</v>
+        <v>35</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>144</v>
+        <v>50</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>145</v>
+        <v>190</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>236</v>
+        <v>35</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="1" t="s">
-        <v>188</v>
+        <v>97</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>189</v>
+        <v>98</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>191</v>
+        <v>101</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="1" t="s">
-        <v>210</v>
+        <v>108</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>211</v>
+        <v>8</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>113</v>
+        <v>242</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>114</v>
+        <v>243</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>211</v>
+        <v>112</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="1" t="s">
-        <v>241</v>
+        <v>199</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>242</v>
+        <v>200</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="1" t="s">
-        <v>75</v>
+        <v>226</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>47</v>
+        <v>227</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>50</v>
+        <v>231</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="1" t="s">
-        <v>54</v>
+        <v>251</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>55</v>
+        <v>252</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>67</v>
+        <v>253</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>204</v>
+        <v>254</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>55</v>
+        <v>256</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="1" t="s">
-        <v>111</v>
+        <v>176</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>112</v>
+        <v>177</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>115</v>
+        <v>179</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="1" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>253</v>
+        <v>55</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="1" t="s">
-        <v>210</v>
+        <v>261</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>211</v>
+        <v>262</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>211</v>
+        <v>266</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="1" t="s">
-        <v>241</v>
+        <v>58</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>242</v>
+        <v>25</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>259</v>
+        <v>267</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>260</v>
+        <v>268</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>245</v>
+        <v>28</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="1" t="s">
-        <v>262</v>
+        <v>199</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>38</v>
+        <v>200</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>263</v>
+        <v>10</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>266</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="1" t="s">
-        <v>188</v>
+        <v>226</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>189</v>
+        <v>227</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>191</v>
+        <v>231</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="1" t="s">
-        <v>54</v>
+        <v>275</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>55</v>
+        <v>262</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>55</v>
+        <v>266</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="1" t="s">
-        <v>271</v>
+        <v>39</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>272</v>
+        <v>40</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>276</v>
+        <v>44</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="1" t="s">
-        <v>75</v>
+        <v>281</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>47</v>
+        <v>262</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>277</v>
+        <v>10</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>50</v>
+        <v>266</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="1" t="s">
-        <v>280</v>
+        <v>34</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>272</v>
+        <v>35</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>20</v>
+        <v>283</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>276</v>
+        <v>35</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="1" t="s">
-        <v>210</v>
+        <v>261</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>211</v>
+        <v>262</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>211</v>
+        <v>266</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="1" t="s">
-        <v>241</v>
+        <v>214</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>242</v>
+        <v>131</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>285</v>
+        <v>36</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>286</v>
+        <v>37</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>287</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>245</v>
+        <v>216</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="1" t="s">
-        <v>32</v>
+        <v>7</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D83" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="E83" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="E83" s="1" t="s">
+      <c r="F83" s="1" t="s">
         <v>289</v>
       </c>
-      <c r="F83" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G83" s="1" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E84" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F84" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="B84" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G84" s="1" t="s">
-        <v>276</v>
+        <v>28</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="1" t="s">
-        <v>54</v>
+        <v>97</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>55</v>
+        <v>98</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D85" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="E85" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="E85" s="1" t="s">
+      <c r="F85" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="F85" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G85" s="1" t="s">
-        <v>55</v>
+        <v>101</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="1" t="s">
-        <v>225</v>
+        <v>188</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>143</v>
+        <v>189</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>56</v>
+        <v>295</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>57</v>
+        <v>296</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>227</v>
+        <v>192</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="1" t="s">
-        <v>271</v>
+        <v>154</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>272</v>
+        <v>20</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>20</v>
+        <v>298</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>281</v>
+        <v>299</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>276</v>
+        <v>158</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="1" t="s">
-        <v>19</v>
+        <v>176</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>14</v>
+        <v>177</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>207</v>
+        <v>301</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>23</v>
+        <v>179</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="1" t="s">
-        <v>300</v>
+        <v>188</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>47</v>
+        <v>189</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>51</v>
+        <v>303</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>52</v>
+        <v>304</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>50</v>
+        <v>192</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="1" t="s">
-        <v>111</v>
+        <v>306</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>112</v>
+        <v>208</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>115</v>
+        <v>310</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="1" t="s">
-        <v>202</v>
+        <v>176</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>203</v>
+        <v>177</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>206</v>
+        <v>179</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="1" t="s">
-        <v>188</v>
+        <v>199</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>189</v>
+        <v>200</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="1" t="s">
-        <v>166</v>
+        <v>290</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>310</v>
+        <v>319</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>170</v>
+        <v>28</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" s="1" t="s">
-        <v>202</v>
+        <v>290</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>203</v>
+        <v>25</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>206</v>
+        <v>28</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" s="1" t="s">
-        <v>316</v>
+        <v>92</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>219</v>
+        <v>93</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>320</v>
+        <v>93</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" s="1" t="s">
-        <v>188</v>
+        <v>306</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>189</v>
+        <v>208</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>321</v>
+        <v>239</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>322</v>
+        <v>240</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>191</v>
-[...114 lines deleted...]
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>