--- v1 (2025-11-11)
+++ v2 (2025-12-01)
@@ -12,937 +12,976 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Éditions Théâtrales" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="325">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="349">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
+    <t>Jeune Mort</t>
+  </si>
+  <si>
+    <t>Guillaume Cayet</t>
+  </si>
+  <si>
+    <t>Éditions Théâtrales</t>
+  </si>
+  <si>
+    <t>FR-Saint-Ouen</t>
+  </si>
+  <si>
+    <t>Espace 1789</t>
+  </si>
+  <si>
+    <t>02 déc. &gt; 03 déc. 2025</t>
+  </si>
+  <si>
+    <t>La Vie invisible</t>
+  </si>
+  <si>
+    <t>Guillaume Poix</t>
+  </si>
+  <si>
+    <t>FR-Annecy</t>
+  </si>
+  <si>
+    <t>Bonlieu Scène nationale</t>
+  </si>
+  <si>
+    <t>04 déc. &gt; 06 déc. 2025</t>
+  </si>
+  <si>
+    <t>Guillaume Poix, Lorraine De Sagazan</t>
+  </si>
+  <si>
+    <t>Déesses, je me maquille pour ne pas pleurer</t>
+  </si>
+  <si>
+    <t>Héloïse Desrivières</t>
+  </si>
+  <si>
+    <t>FR-Sedan</t>
+  </si>
+  <si>
+    <t>Maison des Jeunes et de la Culture Calonne</t>
+  </si>
+  <si>
+    <t>05 déc. 2025</t>
+  </si>
+  <si>
+    <t>Trop beau pour y voir</t>
+  </si>
+  <si>
+    <t>Béatrice Bienville</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Théâtre 13</t>
+  </si>
+  <si>
+    <t>09 déc. &gt; 19 déc. 2025</t>
+  </si>
+  <si>
+    <t>Béatrice Bienville, Yassim Ait Abdelmalek</t>
+  </si>
+  <si>
+    <t>Bois brûlé</t>
+  </si>
+  <si>
+    <t>Marcos Caramés-Blanco</t>
+  </si>
+  <si>
+    <t>FR-Reims</t>
+  </si>
+  <si>
+    <t>Comédie - CDN de Reims</t>
+  </si>
+  <si>
+    <t>10 déc. &gt; 17 déc. 2025</t>
+  </si>
+  <si>
+    <t>Marcos Caramés-Blanco, Jonathan Mallard</t>
+  </si>
+  <si>
+    <t>Monde nouveau</t>
+  </si>
+  <si>
+    <t>Olivier Saccomano, Nathalie Garraud</t>
+  </si>
+  <si>
+    <t>FR-Malakoff</t>
+  </si>
+  <si>
+    <t>Malakoff scène nationale</t>
+  </si>
+  <si>
+    <t>11 déc. &gt; 12 déc. 2025</t>
+  </si>
+  <si>
+    <t>Léviathan</t>
+  </si>
+  <si>
+    <t>FR-Dijon</t>
+  </si>
+  <si>
+    <t>Théâtre Dijon Bourgogne [TDB]</t>
+  </si>
+  <si>
+    <t>12 déc. &gt; 17 déc. 2025</t>
+  </si>
+  <si>
+    <t>La crèche</t>
+  </si>
+  <si>
+    <t>François Hien</t>
+  </si>
+  <si>
+    <t>FR-Grenoble</t>
+  </si>
+  <si>
+    <t>MC2:</t>
+  </si>
+  <si>
+    <t>16 déc. &gt; 18 déc. 2025</t>
+  </si>
+  <si>
+    <t>Chère écharpe</t>
+  </si>
+  <si>
+    <t>Sarah Carré</t>
+  </si>
+  <si>
+    <t>Théâtre Dunois</t>
+  </si>
+  <si>
+    <t>05 janv. &gt; 12 janv. 2026</t>
+  </si>
+  <si>
+    <t>Sarah Carré, Sophie Mayeux, Sylviane Fortuny</t>
+  </si>
+  <si>
+    <t>A love suprême</t>
+  </si>
+  <si>
+    <t>Xavier Durringer</t>
+  </si>
+  <si>
+    <t>Théâtre 14</t>
+  </si>
+  <si>
+    <t>06 janv. &gt; 24 janv. 2026</t>
+  </si>
+  <si>
+    <t>Dominique Pitoiset, Xavier Durringer</t>
+  </si>
+  <si>
+    <t>Portrait de Rita</t>
+  </si>
+  <si>
+    <t>Laurène Marx</t>
+  </si>
+  <si>
+    <t>FR-Le Mans</t>
+  </si>
+  <si>
+    <t>Les Quinconces-L'Espal</t>
+  </si>
+  <si>
+    <t>08 janv. &gt; 09 janv. 2026</t>
+  </si>
+  <si>
+    <t>Les Abîmés</t>
+  </si>
+  <si>
+    <t>Catherine Verlaguet</t>
+  </si>
+  <si>
+    <t>FR-Cherbourg-en-Cotentin</t>
+  </si>
+  <si>
+    <t>Le Trident</t>
+  </si>
+  <si>
+    <t>09 janv. 2026</t>
+  </si>
+  <si>
+    <t>Catherine Verlaguet, Bénédicte Guichardon</t>
+  </si>
+  <si>
+    <t>Oiseau</t>
+  </si>
+  <si>
+    <t>Anna Nozière</t>
+  </si>
+  <si>
+    <t>FR-Dieppe</t>
+  </si>
+  <si>
+    <t>DSN - Dieppe Scène Nationale</t>
+  </si>
+  <si>
+    <t>Pour un temps sois peu</t>
+  </si>
+  <si>
+    <t>BE-Namur</t>
+  </si>
+  <si>
+    <t>Théâtre de Namur</t>
+  </si>
+  <si>
+    <t>13 janv. &gt; 17 janv. 2026</t>
+  </si>
+  <si>
+    <t>Laurène Marx, Fanny Sintès</t>
+  </si>
+  <si>
+    <t>CroiZades (Jozef &amp; Zelda)</t>
+  </si>
+  <si>
+    <t>Sandrine Roche</t>
+  </si>
+  <si>
+    <t>FR-Mende</t>
+  </si>
+  <si>
+    <t>Scènes Croisées de Lozère</t>
+  </si>
+  <si>
+    <t>13 janv. &gt; 15 janv. 2026</t>
+  </si>
+  <si>
+    <t>La Sœur de Jésus-Christ</t>
+  </si>
+  <si>
+    <t>Oscar De Summa</t>
+  </si>
+  <si>
+    <t>FR-Vienne</t>
+  </si>
+  <si>
+    <t>Théâtre François Ponsard</t>
+  </si>
+  <si>
+    <t>13 janv. 2026</t>
+  </si>
+  <si>
+    <t>Oscar De Summa, Georges Lini</t>
+  </si>
+  <si>
+    <t>FR-La Courneuve</t>
+  </si>
+  <si>
+    <t>Centre culturel Jean Houdremont - La Courneuve</t>
+  </si>
+  <si>
+    <t>14 janv. &gt; 15 janv. 2026</t>
+  </si>
+  <si>
+    <t>Fille</t>
+  </si>
+  <si>
+    <t>Matt Hartley</t>
+  </si>
+  <si>
+    <t>FR-Valenciennes</t>
+  </si>
+  <si>
+    <t>Le Phénix Scène Nationale</t>
+  </si>
+  <si>
+    <t>Matt Hartley, Henri Botte, Cyril Brisse, Céline Dupuis, Marion Zaboïtzeff</t>
+  </si>
+  <si>
+    <t>FR-Fouesnant-les-Glénan</t>
+  </si>
+  <si>
+    <t>L'Archipel</t>
+  </si>
+  <si>
+    <t>15 janv. 2026</t>
+  </si>
+  <si>
+    <t>FR-Lille</t>
+  </si>
+  <si>
+    <t>Le Grand Bleu</t>
+  </si>
+  <si>
+    <t>20 janv. &gt; 24 janv. 2026</t>
+  </si>
+  <si>
+    <t>FR-Châtenay-Malabry</t>
+  </si>
+  <si>
+    <t>L'azimut</t>
+  </si>
+  <si>
+    <t>20 janv. 2026</t>
+  </si>
+  <si>
+    <t>FR-Strasbourg</t>
+  </si>
+  <si>
+    <t>Théâtre National de Strasbourg - TNS</t>
+  </si>
+  <si>
+    <t>20 janv. &gt; 30 janv. 2026</t>
+  </si>
+  <si>
+    <t>FR-Saran</t>
+  </si>
+  <si>
+    <t>Théâtre de la Tête Noire</t>
+  </si>
+  <si>
+    <t>22 janv. 2026</t>
+  </si>
+  <si>
+    <t>Lucienne Eden</t>
+  </si>
+  <si>
+    <t>Stéphane Jaubertie</t>
+  </si>
+  <si>
+    <t>FR-Wasquehal</t>
+  </si>
+  <si>
+    <t>La Manivelle Théâtre</t>
+  </si>
+  <si>
+    <t>23 janv. &gt; 24 janv. 2026</t>
+  </si>
+  <si>
+    <t>Stéphane Jaubertie, Florence Bisiaux</t>
+  </si>
+  <si>
+    <t>FR-Tremblay-en-France</t>
+  </si>
+  <si>
+    <t>Théâtre Louis Aragon</t>
+  </si>
+  <si>
+    <t>BE-Charleroi</t>
+  </si>
+  <si>
+    <t>Palais des Beaux-Arts de Charleroi</t>
+  </si>
+  <si>
+    <t>24 janv. 2026</t>
+  </si>
+  <si>
+    <t>≈[Presque égal à] &amp; J’appelle mes frères</t>
+  </si>
+  <si>
+    <t>Jonas Hassen Khemiri</t>
+  </si>
+  <si>
+    <t>FR-Nanterre</t>
+  </si>
+  <si>
+    <t>Théâtre Nanterre-Amandiers</t>
+  </si>
+  <si>
+    <t>28 janv. &gt; 21 févr. 2026</t>
+  </si>
+  <si>
+    <t>Jonas Hassen Khemiri, Christophe Rauck</t>
+  </si>
+  <si>
+    <t>corde. raide</t>
+  </si>
+  <si>
+    <t>debbie tucker green</t>
+  </si>
+  <si>
+    <t>FR-Ivry-sur-Seine</t>
+  </si>
+  <si>
+    <t>Théâtre des Quartiers d'Ivry</t>
+  </si>
+  <si>
+    <t>28 janv. &gt; 01 févr. 2026</t>
+  </si>
+  <si>
+    <t>debbie tucker green, Cédric Gourmelon</t>
+  </si>
+  <si>
+    <t>FR-Faches-Thumesnil</t>
+  </si>
+  <si>
+    <t>Les Arcades</t>
+  </si>
+  <si>
+    <t>29 janv. 2026</t>
+  </si>
+  <si>
+    <t>FR-Beauvais</t>
+  </si>
+  <si>
+    <t>Théâtre du Beauvaisis</t>
+  </si>
+  <si>
+    <t>29 janv. &gt; 30 janv. 2026</t>
+  </si>
+  <si>
+    <t>La Peur</t>
+  </si>
+  <si>
+    <t>FR-Calais</t>
+  </si>
+  <si>
+    <t>Le Channel</t>
+  </si>
+  <si>
+    <t>31 janv. &gt; 01 févr. 2026</t>
+  </si>
+  <si>
+    <t>François Hien, Arthur Fourcade</t>
+  </si>
+  <si>
+    <t>Scaphandre</t>
+  </si>
+  <si>
+    <t>Julie Rossello Rochet</t>
+  </si>
+  <si>
+    <t>FR-Nîmes</t>
+  </si>
+  <si>
+    <t>Théâtre de Nîmes</t>
+  </si>
+  <si>
+    <t>04 févr. 2026</t>
+  </si>
+  <si>
+    <t>Julie Rossello Rochet, Liza Blanchard, Julie Guichard</t>
+  </si>
+  <si>
+    <t>FR-Gennevilliers</t>
+  </si>
+  <si>
+    <t>T2G</t>
+  </si>
+  <si>
+    <t>05 févr. &gt; 14 févr. 2026</t>
+  </si>
+  <si>
+    <t>Théâtre Le Pasino</t>
+  </si>
+  <si>
+    <t>05 févr. &gt; 06 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>LE ZEF - scène nationale</t>
+  </si>
+  <si>
+    <t>05 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Chevilly-Larue</t>
+  </si>
+  <si>
+    <t>Théâtre André Malraux de Chevilly-Larue</t>
+  </si>
+  <si>
+    <t>06 févr. 2026</t>
+  </si>
+  <si>
+    <t>08 févr. &gt; 09 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Saint-Nazaire</t>
+  </si>
+  <si>
+    <t>Le Théâtre - Saint-Nazaire</t>
+  </si>
+  <si>
+    <t>11 févr. &gt; 12 févr. 2026</t>
+  </si>
+  <si>
+    <t>L'Arbre à sang</t>
+  </si>
+  <si>
+    <t>Angus Cerini</t>
+  </si>
+  <si>
+    <t>FR-Besançon</t>
+  </si>
+  <si>
+    <t>Nouveau Théâtre Besançon (NTB)</t>
+  </si>
+  <si>
+    <t>24 févr. &gt; 05 mars 2026</t>
+  </si>
+  <si>
+    <t>Angus Cerini, Tommy Milliot</t>
+  </si>
+  <si>
+    <t>Fondre</t>
+  </si>
+  <si>
+    <t>Espace 600</t>
+  </si>
+  <si>
+    <t>27 févr. 2026</t>
+  </si>
+  <si>
+    <t>Natacha Dubois, Guillaume Poix</t>
+  </si>
+  <si>
+    <t>FR-Saint-Etienne</t>
+  </si>
+  <si>
+    <t>La Comédie de Saint-Étienne</t>
+  </si>
+  <si>
+    <t>03 mars &gt; 05 mars 2026</t>
+  </si>
+  <si>
+    <t>BE-Bruxelles</t>
+  </si>
+  <si>
+    <t>Théâtre National Wallonie-Bruxelles</t>
+  </si>
+  <si>
+    <t>03 mars &gt; 21 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Béthune</t>
+  </si>
+  <si>
+    <t>La Comédie de Béthune</t>
+  </si>
+  <si>
+    <t>05 mars &gt; 06 mars 2026</t>
+  </si>
+  <si>
+    <t>Que d'espoir !</t>
+  </si>
+  <si>
+    <t>Hanokh Levin</t>
+  </si>
+  <si>
+    <t>FR-Lyon</t>
+  </si>
+  <si>
+    <t>Les Célestins, Théâtre de Lyon</t>
+  </si>
+  <si>
+    <t>05 mars &gt; 14 mars 2026</t>
+  </si>
+  <si>
+    <t>Hanokh Levin, Valérie Lesort</t>
+  </si>
+  <si>
+    <t>FR-Montpellier</t>
+  </si>
+  <si>
+    <t>Domaine d'O</t>
+  </si>
+  <si>
+    <t>11 mars &gt; 14 mars 2026</t>
+  </si>
+  <si>
+    <t>Biosphère</t>
+  </si>
+  <si>
+    <t>Frédéric Sonntag</t>
+  </si>
+  <si>
+    <t>FR-Toulouse</t>
+  </si>
+  <si>
+    <t>ThéâtredelaCité</t>
+  </si>
+  <si>
+    <t>12 mars &gt; 19 mars 2026</t>
+  </si>
+  <si>
+    <t>12 mars &gt; 13 mars 2026</t>
+  </si>
+  <si>
+    <t>Le Manège Maubeuge</t>
+  </si>
+  <si>
+    <t>13 mars 2026</t>
+  </si>
+  <si>
+    <t>17 mars &gt; 19 mars 2026</t>
+  </si>
+  <si>
+    <t>Il a beaucoup souffert Lucifer</t>
+  </si>
+  <si>
+    <t>Antonio Carmona</t>
+  </si>
+  <si>
+    <t>FR-Cergy-Pontoise</t>
+  </si>
+  <si>
+    <t>Points communs</t>
+  </si>
+  <si>
+    <t>17 mars &gt; 20 mars 2026</t>
+  </si>
+  <si>
+    <t>Mélissa Zehner</t>
+  </si>
+  <si>
+    <t>Laughton</t>
+  </si>
+  <si>
+    <t>17 mars &gt; 18 mars 2026</t>
+  </si>
+  <si>
+    <t>Stéphane Jaubertie, Emilie Le Roux</t>
+  </si>
+  <si>
+    <t>Requin Velours</t>
+  </si>
+  <si>
+    <t>Gaëlle Axelbrun</t>
+  </si>
+  <si>
+    <t>FR-Metz</t>
+  </si>
+  <si>
+    <t>Espace Bernard-Marie Koltès - Metz</t>
+  </si>
+  <si>
+    <t>19 mars &gt; 20 mars 2026</t>
+  </si>
+  <si>
+    <t>Maison Folie de Wazemmes</t>
+  </si>
+  <si>
+    <t>19 mars 2026</t>
+  </si>
+  <si>
+    <t>Gretel et Hansel</t>
+  </si>
+  <si>
+    <t>Suzanne Lebeau</t>
+  </si>
+  <si>
+    <t>22 mars &gt; 23 mars 2026</t>
+  </si>
+  <si>
+    <t>Suzanne Lebeau, François Gerard</t>
+  </si>
+  <si>
+    <t>FR-Lorient</t>
+  </si>
+  <si>
+    <t>Théâtre de Lorient - CDN</t>
+  </si>
+  <si>
+    <t>24 mars &gt; 26 mars 2026</t>
+  </si>
+  <si>
+    <t>Woyzeck ou la vocation</t>
+  </si>
+  <si>
+    <t>Georg Büchner</t>
+  </si>
+  <si>
+    <t>FR-Valence</t>
+  </si>
+  <si>
+    <t>La Comédie de Valence</t>
+  </si>
+  <si>
+    <t>Georg Büchner, Tünde Deak</t>
+  </si>
+  <si>
+    <t>24 mars &gt; 27 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Saint-Omer</t>
+  </si>
+  <si>
+    <t>La Barcarolle</t>
+  </si>
+  <si>
+    <t>24 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>La Comédie de Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>25 mars &gt; 27 mars 2026</t>
+  </si>
+  <si>
+    <t>25 mars &gt; 28 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Hérouville-Saint-Clair</t>
+  </si>
+  <si>
+    <t>Comédie de Caen</t>
+  </si>
+  <si>
+    <t>25 mars &gt; 26 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Villejuif</t>
+  </si>
+  <si>
+    <t>Théâtre Romain Rolland</t>
+  </si>
+  <si>
+    <t>26 mars &gt; 28 mars 2026</t>
+  </si>
+  <si>
+    <t>CH-Genève</t>
+  </si>
+  <si>
+    <t>Comédie de Genève</t>
+  </si>
+  <si>
+    <t>27 mars &gt; 02 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Alençon</t>
+  </si>
+  <si>
+    <t>Théâtre d'Alençon</t>
+  </si>
+  <si>
+    <t>30 mars &gt; 31 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Colmar</t>
+  </si>
+  <si>
+    <t>Comédie de Colmar</t>
+  </si>
+  <si>
+    <t>31 mars &gt; 02 avr. 2026</t>
+  </si>
+  <si>
+    <t>Michelle doit-on t'en vouloir d'avoir fait un selfie à Auschwitz ?</t>
+  </si>
+  <si>
+    <t>Sylvain Levey</t>
+  </si>
+  <si>
+    <t>FR-Privas</t>
+  </si>
+  <si>
+    <t>Théâtre de Privas</t>
+  </si>
+  <si>
+    <t>31 mars 2026</t>
+  </si>
+  <si>
+    <t>Sylvain Levey, Franck Regnier</t>
+  </si>
+  <si>
+    <t>FR-Aubervilliers</t>
+  </si>
+  <si>
+    <t>La Commune - CDN d’Aubervilliers</t>
+  </si>
+  <si>
+    <t>31 mars &gt; 03 avr. 2026</t>
+  </si>
+  <si>
+    <t>Théâtre Joliette</t>
+  </si>
+  <si>
+    <t>Les applaudissements ne se mangent pas</t>
+  </si>
+  <si>
+    <t>Maguy Marin, Olivier Neveux</t>
+  </si>
+  <si>
+    <t>FR-Créteil</t>
+  </si>
+  <si>
+    <t>MAC - Maison des Arts de Créteil</t>
+  </si>
+  <si>
+    <t>01 avr. &gt; 02 avr. 2026</t>
+  </si>
+  <si>
+    <t>Maguy Marin</t>
+  </si>
+  <si>
+    <t>FR-Martigues</t>
+  </si>
+  <si>
+    <t>Théâtre des Salins</t>
+  </si>
+  <si>
+    <t>02 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Brest</t>
+  </si>
+  <si>
+    <t>La Maison du Théâtre - Brest</t>
+  </si>
+  <si>
+    <t>03 avr. 2026</t>
+  </si>
+  <si>
+    <t>May B</t>
+  </si>
+  <si>
+    <t>Chaillot - Théâtre national de la Danse</t>
+  </si>
+  <si>
+    <t>08 avr. &gt; 12 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Mulhouse</t>
+  </si>
+  <si>
+    <t>La Filature, Scène nationale de Mulhouse</t>
+  </si>
+  <si>
+    <t>08 avr. &gt; 09 avr. 2026</t>
+  </si>
+  <si>
+    <t>Le Monfort</t>
+  </si>
+  <si>
+    <t>08 avr. &gt; 18 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Carros</t>
+  </si>
+  <si>
+    <t>Forum Jacques Prévert</t>
+  </si>
+  <si>
+    <t>09 avr. &gt; 10 avr. 2026</t>
+  </si>
+  <si>
+    <t>Singspiele</t>
+  </si>
+  <si>
+    <t>10 avr. &gt; 11 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Alès</t>
+  </si>
+  <si>
+    <t>Le Cratère</t>
+  </si>
+  <si>
+    <t>14 avr. 2026</t>
+  </si>
+  <si>
+    <t>15 avr. &gt; 18 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Albi</t>
+  </si>
+  <si>
+    <t>Scène Nationale d'Albi</t>
+  </si>
+  <si>
+    <t>15 avr. 2026</t>
+  </si>
+  <si>
     <t>Jag et Johnny</t>
   </si>
   <si>
-    <t>Laurène Marx</t>
-[...11 lines deleted...]
-    <t>11 nov. &gt; 15 nov. 2025</t>
+    <t>Théâtre Jean Vilar - Montpellier</t>
+  </si>
+  <si>
+    <t>16 avr. 2026</t>
   </si>
   <si>
     <t>Laurène Marx, Jessica Guilloud</t>
   </si>
   <si>
-    <t>Déesses, je me maquille pour ne pas pleurer</t>
-[...824 lines deleted...]
-    <t>16 avr. 2026</t>
+    <t>FR-Aubusson</t>
+  </si>
+  <si>
+    <t>Théâtre Jean Lurçat - Scène nationale d'Aubusson</t>
+  </si>
+  <si>
+    <t>21 avr. &gt; 22 avr. 2026</t>
   </si>
   <si>
     <t>Un sacre</t>
   </si>
   <si>
     <t>21 avr. &gt; 24 avr. 2026</t>
   </si>
   <si>
-    <t>FR-Aubusson</t>
-[...7 lines deleted...]
-  <si>
     <t>FR-Nevers</t>
   </si>
   <si>
     <t>La Maison</t>
   </si>
   <si>
     <t>23 avr. 2026</t>
   </si>
   <si>
     <t>FR-La Rochelle</t>
   </si>
   <si>
     <t>La Coursive</t>
   </si>
   <si>
     <t>28 avr. &gt; 29 avr. 2026</t>
   </si>
   <si>
     <t>FR-Château-Arnoux-Saint-Auban</t>
   </si>
   <si>
     <t>Théâtre Durance</t>
   </si>
   <si>
     <t>FR-Dunkerque</t>
@@ -956,81 +995,114 @@
   <si>
     <t>Le Chat sur la photo</t>
   </si>
   <si>
     <t>FR-Bourges</t>
   </si>
   <si>
     <t>Maison de la Culture de Bourges</t>
   </si>
   <si>
     <t>06 mai 2026</t>
   </si>
   <si>
     <t>Antonio Carmona, Odile Grosset-Grange</t>
   </si>
   <si>
     <t>FR-Vire</t>
   </si>
   <si>
     <t>Le Préau</t>
   </si>
   <si>
     <t>13 mai &gt; 21 mai 2026</t>
   </si>
   <si>
+    <t>LUMIÈRES, LUMIÈRES, LUMIÈRES</t>
+  </si>
+  <si>
+    <t>Evelyne De La Chenelière</t>
+  </si>
+  <si>
+    <t>Comédie-Française</t>
+  </si>
+  <si>
+    <t>13 mai &gt; 28 juin 2026</t>
+  </si>
+  <si>
+    <t>Florent Siaud, Evelyne De La Chenelière</t>
+  </si>
+  <si>
     <t>FR-Evreux</t>
   </si>
   <si>
     <t>Le Tangram</t>
   </si>
   <si>
     <t>18 mai 2026</t>
   </si>
   <si>
     <t>FR-Amiens</t>
   </si>
   <si>
     <t>Maison de la Culture d'Amiens</t>
   </si>
   <si>
     <t>20 mai &gt; 21 mai 2026</t>
   </si>
   <si>
     <t>Comédie de Picardie</t>
   </si>
   <si>
     <t>FR-Châlons-en-Champagne</t>
   </si>
   <si>
     <t>La Comète</t>
   </si>
   <si>
-    <t>22 mai 2026</t>
+    <t>21 mai &gt; 22 mai 2026</t>
   </si>
   <si>
     <t>26 mai &gt; 30 mai 2026</t>
+  </si>
+  <si>
+    <t>FR-Lomme</t>
+  </si>
+  <si>
+    <t>Maison Folie Beaulieu</t>
+  </si>
+  <si>
+    <t>28 mai 2026</t>
+  </si>
+  <si>
+    <t>FR-Méricourt</t>
+  </si>
+  <si>
+    <t>Espace Culturel la Gare</t>
+  </si>
+  <si>
+    <t>13 nov. 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1337,54 +1409,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G96"/>
+  <dimension ref="A1:G99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G96"/>
+      <selection activeCell="A1" sqref="A1:G99"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="87.122" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -1397,2209 +1469,2278 @@
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="C3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="1" t="s">
+      <c r="E3" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="F3" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="F3" s="1" t="s">
+      <c r="G3" s="1" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E7" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E9" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>25</v>
+        <v>61</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>15</v>
+        <v>66</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>21</v>
+        <v>73</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>24</v>
+        <v>75</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>25</v>
+        <v>61</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>28</v>
+        <v>79</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>14</v>
+        <v>80</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>69</v>
+        <v>82</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>10</v>
+        <v>87</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>74</v>
+        <v>88</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>75</v>
+        <v>89</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>76</v>
+        <v>90</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>58</v>
+        <v>94</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>25</v>
+        <v>95</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>81</v>
+        <v>97</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>28</v>
+        <v>98</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>10</v>
+        <v>102</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>87</v>
+        <v>104</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>88</v>
+        <v>45</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>89</v>
+        <v>105</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>90</v>
+        <v>106</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>92</v>
+        <v>60</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>93</v>
+        <v>61</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>94</v>
+        <v>108</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>95</v>
+        <v>109</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>96</v>
+        <v>110</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>93</v>
+        <v>61</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>97</v>
+        <v>19</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>98</v>
+        <v>20</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>99</v>
+        <v>111</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>100</v>
+        <v>112</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>96</v>
+        <v>113</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>101</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>102</v>
+        <v>114</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>103</v>
+        <v>115</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>104</v>
+        <v>116</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>106</v>
+        <v>118</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>108</v>
+        <v>71</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>8</v>
+        <v>72</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>109</v>
+        <v>120</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>112</v>
+        <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>113</v>
+        <v>41</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>114</v>
+        <v>14</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>39</v>
+        <v>125</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>40</v>
+        <v>126</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>117</v>
+        <v>129</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>44</v>
+        <v>130</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>39</v>
+        <v>131</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>40</v>
+        <v>132</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>44</v>
+        <v>136</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>88</v>
+        <v>114</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>8</v>
+        <v>115</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>124</v>
+        <v>137</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>125</v>
+        <v>138</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>126</v>
+        <v>139</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B31" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="B31" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>127</v>
+        <v>140</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>128</v>
+        <v>141</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>130</v>
+        <v>143</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>131</v>
+        <v>46</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>132</v>
+        <v>144</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>133</v>
+        <v>145</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>134</v>
+        <v>146</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>135</v>
+        <v>147</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
-        <v>58</v>
+        <v>148</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>25</v>
+        <v>149</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>136</v>
+        <v>150</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>137</v>
+        <v>151</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>138</v>
+        <v>152</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>28</v>
+        <v>153</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>139</v>
+        <v>36</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>140</v>
+        <v>37</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>141</v>
+        <v>154</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>142</v>
+        <v>155</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>143</v>
+        <v>156</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>144</v>
+        <v>37</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
-        <v>145</v>
+        <v>50</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>146</v>
+        <v>51</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D35" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D35" s="1"/>
       <c r="E35" s="1" t="s">
-        <v>148</v>
+        <v>157</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>150</v>
+        <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>25</v>
+        <v>72</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>154</v>
+        <v>41</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>155</v>
+        <v>62</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>156</v>
+        <v>63</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>158</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>53</v>
+        <v>70</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D39" s="1"/>
+      <c r="D39" s="1" t="s">
+        <v>116</v>
+      </c>
       <c r="E39" s="1" t="s">
-        <v>162</v>
+        <v>117</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>89</v>
+        <v>166</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>90</v>
+        <v>167</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
-        <v>34</v>
+        <v>169</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>35</v>
+        <v>170</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>35</v>
+        <v>174</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="1" t="s">
-        <v>92</v>
+        <v>175</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>93</v>
+        <v>14</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>163</v>
+        <v>177</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>93</v>
+        <v>178</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="1" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>101</v>
+        <v>136</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="1" t="s">
-        <v>39</v>
+        <v>60</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>132</v>
+        <v>182</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>133</v>
+        <v>183</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>172</v>
+        <v>184</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>44</v>
+        <v>61</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="1" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>173</v>
+        <v>185</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>174</v>
+        <v>186</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>175</v>
+        <v>187</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="1" t="s">
-        <v>176</v>
+        <v>188</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>177</v>
+        <v>189</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>17</v>
+        <v>191</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>178</v>
+        <v>192</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>179</v>
+        <v>193</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="1" t="s">
-        <v>180</v>
+        <v>41</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>83</v>
+        <v>194</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>182</v>
+        <v>196</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>183</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="1" t="s">
-        <v>88</v>
+        <v>197</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>8</v>
+        <v>198</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>184</v>
+        <v>199</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>186</v>
+        <v>201</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>8</v>
+        <v>198</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="1" t="s">
-        <v>139</v>
+        <v>71</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>140</v>
+        <v>72</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>31</v>
+        <v>102</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>32</v>
+        <v>103</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>187</v>
+        <v>202</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>144</v>
+        <v>72</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="1" t="s">
-        <v>188</v>
+        <v>36</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>189</v>
+        <v>37</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D50" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D50" s="1"/>
       <c r="E50" s="1" t="s">
-        <v>190</v>
+        <v>203</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>191</v>
+        <v>204</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>192</v>
+        <v>37</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="1" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="1" t="s">
-        <v>58</v>
+        <v>206</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>25</v>
+        <v>207</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>196</v>
+        <v>208</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>197</v>
+        <v>209</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>198</v>
+        <v>210</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>28</v>
+        <v>211</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="1" t="s">
-        <v>199</v>
+        <v>212</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>200</v>
+        <v>115</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>201</v>
+        <v>62</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>202</v>
+        <v>63</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>200</v>
+        <v>214</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="1" t="s">
-        <v>92</v>
+        <v>215</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>93</v>
+        <v>216</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>121</v>
+        <v>217</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>122</v>
+        <v>218</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>93</v>
+        <v>216</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="1" t="s">
-        <v>34</v>
+        <v>114</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>35</v>
+        <v>115</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D55" s="1"/>
+      <c r="D55" s="1" t="s">
+        <v>102</v>
+      </c>
       <c r="E55" s="1" t="s">
-        <v>205</v>
+        <v>220</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>206</v>
+        <v>221</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>35</v>
+        <v>119</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="1" t="s">
-        <v>207</v>
+        <v>222</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>208</v>
+        <v>223</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>209</v>
+        <v>116</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>210</v>
+        <v>117</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>211</v>
+        <v>224</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>212</v>
+        <v>225</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="1" t="s">
-        <v>34</v>
+        <v>169</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>35</v>
+        <v>170</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>193</v>
+        <v>226</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>194</v>
+        <v>227</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>213</v>
+        <v>228</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>35</v>
+        <v>174</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="1" t="s">
-        <v>214</v>
+        <v>229</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>131</v>
+        <v>230</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>89</v>
+        <v>231</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>90</v>
+        <v>232</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>215</v>
+        <v>228</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>216</v>
+        <v>233</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="1" t="s">
-        <v>217</v>
+        <v>197</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>218</v>
+        <v>198</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>219</v>
+        <v>67</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>220</v>
+        <v>68</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>221</v>
+        <v>234</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>218</v>
+        <v>198</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="1" t="s">
-        <v>222</v>
+        <v>114</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>223</v>
+        <v>115</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>132</v>
+        <v>235</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>133</v>
+        <v>236</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>224</v>
+        <v>237</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>225</v>
+        <v>119</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="1" t="s">
-        <v>226</v>
+        <v>41</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>227</v>
+        <v>14</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>231</v>
+        <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="1" t="s">
-        <v>199</v>
+        <v>36</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>200</v>
+        <v>37</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>99</v>
+        <v>190</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>100</v>
+        <v>191</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>232</v>
+        <v>241</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>200</v>
+        <v>37</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="1" t="s">
-        <v>176</v>
+        <v>30</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>177</v>
+        <v>31</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>234</v>
+        <v>243</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>230</v>
+        <v>244</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>179</v>
+        <v>35</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="1" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>25</v>
+        <v>66</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="1" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>50</v>
+        <v>248</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>190</v>
+        <v>249</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>238</v>
+        <v>250</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>35</v>
+        <v>79</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="1" t="s">
-        <v>97</v>
+        <v>197</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>98</v>
+        <v>198</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>239</v>
+        <v>251</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>240</v>
+        <v>252</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>241</v>
+        <v>253</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>101</v>
+        <v>198</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="1" t="s">
-        <v>108</v>
+        <v>229</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>8</v>
+        <v>230</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>242</v>
+        <v>254</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>112</v>
+        <v>233</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="1" t="s">
-        <v>199</v>
+        <v>257</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>200</v>
+        <v>258</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>245</v>
+        <v>259</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>246</v>
+        <v>260</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>247</v>
+        <v>261</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>200</v>
+        <v>262</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="1" t="s">
-        <v>226</v>
+        <v>169</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>227</v>
+        <v>170</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>248</v>
+        <v>263</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>249</v>
+        <v>264</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>250</v>
+        <v>265</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>231</v>
+        <v>174</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="1" t="s">
-        <v>251</v>
+        <v>36</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>252</v>
+        <v>37</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>253</v>
+        <v>159</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>254</v>
+        <v>266</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>255</v>
+        <v>265</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>256</v>
+        <v>37</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="1" t="s">
-        <v>176</v>
+        <v>267</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>177</v>
+        <v>268</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>257</v>
+        <v>269</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>258</v>
+        <v>270</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>259</v>
+        <v>271</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>179</v>
+        <v>272</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="1" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>55</v>
+        <v>273</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>260</v>
+        <v>274</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>259</v>
+        <v>275</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="1" t="s">
-        <v>261</v>
+        <v>71</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>262</v>
+        <v>72</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>263</v>
+        <v>276</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>264</v>
+        <v>277</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>265</v>
+        <v>278</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>266</v>
+        <v>72</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="1" t="s">
-        <v>58</v>
+        <v>279</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>25</v>
+        <v>268</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>267</v>
+        <v>26</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>268</v>
+        <v>280</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>269</v>
+        <v>281</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>28</v>
+        <v>272</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="1" t="s">
-        <v>199</v>
+        <v>229</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>200</v>
+        <v>230</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>10</v>
+        <v>282</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>270</v>
+        <v>283</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>200</v>
+        <v>233</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="1" t="s">
-        <v>226</v>
+        <v>197</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>227</v>
+        <v>198</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>272</v>
+        <v>26</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>273</v>
+        <v>285</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>274</v>
+        <v>286</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>231</v>
+        <v>198</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="1" t="s">
-        <v>275</v>
+        <v>50</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>262</v>
+        <v>51</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>10</v>
+        <v>287</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>276</v>
+        <v>288</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>266</v>
+        <v>54</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="1" t="s">
-        <v>39</v>
+        <v>290</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>40</v>
+        <v>268</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>278</v>
+        <v>26</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>280</v>
+        <v>291</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>44</v>
+        <v>272</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="1" t="s">
-        <v>281</v>
+        <v>71</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>262</v>
+        <v>72</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>276</v>
+        <v>106</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>266</v>
+        <v>72</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>283</v>
+        <v>292</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>284</v>
+        <v>293</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>285</v>
+        <v>294</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="1" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>286</v>
+        <v>295</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="E82" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="G82" s="1" t="s">
         <v>214</v>
-      </c>
-[...16 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="1" t="s">
-        <v>7</v>
+        <v>299</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>288</v>
+        <v>300</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>289</v>
+        <v>301</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>13</v>
+        <v>302</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="1" t="s">
-        <v>290</v>
+        <v>65</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>25</v>
+        <v>66</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>31</v>
+        <v>303</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>32</v>
+        <v>304</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>291</v>
+        <v>305</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="1" t="s">
-        <v>97</v>
+        <v>306</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>98</v>
+        <v>14</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>292</v>
+        <v>179</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>293</v>
+        <v>180</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>294</v>
+        <v>307</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>101</v>
+        <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="1" t="s">
         <v>188</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>189</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>295</v>
+        <v>308</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>296</v>
+        <v>309</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>297</v>
+        <v>310</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="1" t="s">
-        <v>154</v>
+        <v>143</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>299</v>
+        <v>312</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>300</v>
+        <v>313</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="1" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>301</v>
+        <v>314</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>302</v>
+        <v>315</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>300</v>
+        <v>313</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="1" t="s">
         <v>188</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>189</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>303</v>
+        <v>316</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>304</v>
+        <v>317</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>305</v>
+        <v>318</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="1" t="s">
-        <v>306</v>
+        <v>319</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>307</v>
+        <v>320</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>308</v>
+        <v>321</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>309</v>
+        <v>322</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>310</v>
+        <v>323</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="1" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>311</v>
+        <v>324</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>312</v>
+        <v>325</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>313</v>
+        <v>326</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="1" t="s">
-        <v>199</v>
+        <v>327</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>200</v>
+        <v>328</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>314</v>
+        <v>26</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>315</v>
+        <v>329</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>316</v>
+        <v>330</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>200</v>
+        <v>331</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="1" t="s">
-        <v>290</v>
+        <v>197</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>25</v>
+        <v>198</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>317</v>
+        <v>332</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>318</v>
+        <v>333</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>319</v>
+        <v>334</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>28</v>
+        <v>198</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" s="1" t="s">
-        <v>290</v>
+        <v>306</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>317</v>
+        <v>335</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>320</v>
+        <v>336</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>319</v>
+        <v>337</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" s="1" t="s">
-        <v>92</v>
+        <v>306</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>93</v>
+        <v>14</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>321</v>
+        <v>335</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>322</v>
+        <v>338</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>323</v>
+        <v>337</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>93</v>
+        <v>18</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" s="1" t="s">
-        <v>306</v>
+        <v>71</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>208</v>
+        <v>72</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>239</v>
+        <v>339</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>240</v>
+        <v>340</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>324</v>
+        <v>341</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>310</v>
+        <v>72</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7">
+      <c r="A97" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="E97" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="F97" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7">
+      <c r="A98" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="E98" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="F98" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7">
+      <c r="A99" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="E99" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="F99" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>119</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>