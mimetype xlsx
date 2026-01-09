--- v2 (2025-12-01)
+++ v3 (2026-01-09)
@@ -12,607 +12,499 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Éditions Théâtrales" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="349">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="314">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
-    <t>Jeune Mort</t>
-[...2 lines deleted...]
-    <t>Guillaume Cayet</t>
+    <t>Oiseau</t>
+  </si>
+  <si>
+    <t>Anna Nozière</t>
   </si>
   <si>
     <t>Éditions Théâtrales</t>
   </si>
   <si>
-    <t>FR-Saint-Ouen</t>
-[...8 lines deleted...]
-    <t>La Vie invisible</t>
+    <t>FR-Dieppe</t>
+  </si>
+  <si>
+    <t>DSN - Dieppe Scène Nationale</t>
+  </si>
+  <si>
+    <t>09 janv. 2026</t>
+  </si>
+  <si>
+    <t>Chère écharpe</t>
+  </si>
+  <si>
+    <t>Sarah Carré</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Théâtre Dunois</t>
+  </si>
+  <si>
+    <t>09 janv. &gt; 12 janv. 2026</t>
+  </si>
+  <si>
+    <t>Sarah Carré, Sophie Mayeux, Sylviane Fortuny</t>
+  </si>
+  <si>
+    <t>Les Abîmés</t>
+  </si>
+  <si>
+    <t>Catherine Verlaguet</t>
+  </si>
+  <si>
+    <t>FR-Cherbourg-en-Cotentin</t>
+  </si>
+  <si>
+    <t>Le Trident</t>
+  </si>
+  <si>
+    <t>Catherine Verlaguet, Bénédicte Guichardon</t>
+  </si>
+  <si>
+    <t>A love suprême</t>
+  </si>
+  <si>
+    <t>Xavier Durringer</t>
+  </si>
+  <si>
+    <t>Théâtre 14</t>
+  </si>
+  <si>
+    <t>09 janv. &gt; 24 janv. 2026</t>
+  </si>
+  <si>
+    <t>Dominique Pitoiset, Xavier Durringer</t>
+  </si>
+  <si>
+    <t>Pour un temps sois peu</t>
+  </si>
+  <si>
+    <t>Laurène Marx</t>
+  </si>
+  <si>
+    <t>BE-Namur</t>
+  </si>
+  <si>
+    <t>Théâtre de Namur</t>
+  </si>
+  <si>
+    <t>13 janv. &gt; 17 janv. 2026</t>
+  </si>
+  <si>
+    <t>Laurène Marx, Fanny Sintès</t>
+  </si>
+  <si>
+    <t>La Sœur de Jésus-Christ</t>
+  </si>
+  <si>
+    <t>Oscar De Summa</t>
+  </si>
+  <si>
+    <t>FR-Vienne</t>
+  </si>
+  <si>
+    <t>Théâtre François Ponsard</t>
+  </si>
+  <si>
+    <t>13 janv. 2026</t>
+  </si>
+  <si>
+    <t>Oscar De Summa, Georges Lini</t>
+  </si>
+  <si>
+    <t>CroiZades (Jozef &amp; Zelda)</t>
+  </si>
+  <si>
+    <t>Sandrine Roche</t>
+  </si>
+  <si>
+    <t>FR-Mende</t>
+  </si>
+  <si>
+    <t>Scènes Croisées de Lozère</t>
+  </si>
+  <si>
+    <t>13 janv. &gt; 15 janv. 2026</t>
+  </si>
+  <si>
+    <t>FR-La Courneuve</t>
+  </si>
+  <si>
+    <t>Centre culturel Jean Houdremont - La Courneuve</t>
+  </si>
+  <si>
+    <t>14 janv. &gt; 15 janv. 2026</t>
+  </si>
+  <si>
+    <t>Fille</t>
+  </si>
+  <si>
+    <t>Matt Hartley</t>
+  </si>
+  <si>
+    <t>FR-Valenciennes</t>
+  </si>
+  <si>
+    <t>Le Phénix Scène Nationale</t>
+  </si>
+  <si>
+    <t>Matt Hartley, Henri Botte, Cyril Brisse, Céline Dupuis, Marion Zaboïtzeff</t>
+  </si>
+  <si>
+    <t>Bois brûlé</t>
+  </si>
+  <si>
+    <t>Marcos Caramés-Blanco</t>
+  </si>
+  <si>
+    <t>FR-Fouesnant-les-Glénan</t>
+  </si>
+  <si>
+    <t>L'Archipel</t>
+  </si>
+  <si>
+    <t>15 janv. 2026</t>
+  </si>
+  <si>
+    <t>Marcos Caramés-Blanco, Jonathan Mallard</t>
+  </si>
+  <si>
+    <t>La crèche</t>
+  </si>
+  <si>
+    <t>François Hien</t>
+  </si>
+  <si>
+    <t>FR-Châtenay-Malabry</t>
+  </si>
+  <si>
+    <t>L'azimut</t>
+  </si>
+  <si>
+    <t>20 janv. 2026</t>
+  </si>
+  <si>
+    <t>FR-Lille</t>
+  </si>
+  <si>
+    <t>Le Grand Bleu</t>
+  </si>
+  <si>
+    <t>20 janv. &gt; 24 janv. 2026</t>
+  </si>
+  <si>
+    <t>Déesses, je me maquille pour ne pas pleurer</t>
+  </si>
+  <si>
+    <t>Héloïse Desrivières</t>
+  </si>
+  <si>
+    <t>FR-Saran</t>
+  </si>
+  <si>
+    <t>Théâtre de la Tête Noire</t>
+  </si>
+  <si>
+    <t>22 janv. 2026</t>
+  </si>
+  <si>
+    <t>FR-Tremblay-en-France</t>
+  </si>
+  <si>
+    <t>Théâtre Louis Aragon</t>
+  </si>
+  <si>
+    <t>23 janv. &gt; 24 janv. 2026</t>
+  </si>
+  <si>
+    <t>Lucienne Eden</t>
+  </si>
+  <si>
+    <t>Stéphane Jaubertie</t>
+  </si>
+  <si>
+    <t>FR-Wasquehal</t>
+  </si>
+  <si>
+    <t>La Manivelle Théâtre</t>
+  </si>
+  <si>
+    <t>Stéphane Jaubertie, Florence Bisiaux</t>
+  </si>
+  <si>
+    <t>Léviathan</t>
   </si>
   <si>
     <t>Guillaume Poix</t>
   </si>
   <si>
-    <t>FR-Annecy</t>
-[...5 lines deleted...]
-    <t>04 déc. &gt; 06 déc. 2025</t>
+    <t>BE-Charleroi</t>
+  </si>
+  <si>
+    <t>Palais des Beaux-Arts de Charleroi</t>
+  </si>
+  <si>
+    <t>24 janv. 2026</t>
   </si>
   <si>
     <t>Guillaume Poix, Lorraine De Sagazan</t>
   </si>
   <si>
-    <t>Déesses, je me maquille pour ne pas pleurer</t>
-[...47 lines deleted...]
-    <t>Marcos Caramés-Blanco, Jonathan Mallard</t>
+    <t>≈[Presque égal à] &amp; J’appelle mes frères</t>
+  </si>
+  <si>
+    <t>Jonas Hassen Khemiri</t>
+  </si>
+  <si>
+    <t>FR-Nanterre</t>
+  </si>
+  <si>
+    <t>Théâtre Nanterre-Amandiers</t>
+  </si>
+  <si>
+    <t>28 janv. &gt; 21 févr. 2026</t>
+  </si>
+  <si>
+    <t>Jonas Hassen Khemiri, Christophe Rauck</t>
+  </si>
+  <si>
+    <t>corde. raide</t>
+  </si>
+  <si>
+    <t>debbie tucker green</t>
+  </si>
+  <si>
+    <t>FR-Ivry-sur-Seine</t>
+  </si>
+  <si>
+    <t>Théâtre des Quartiers d'Ivry</t>
+  </si>
+  <si>
+    <t>28 janv. &gt; 01 févr. 2026</t>
+  </si>
+  <si>
+    <t>debbie tucker green, Cédric Gourmelon</t>
+  </si>
+  <si>
+    <t>FR-Beauvais</t>
+  </si>
+  <si>
+    <t>Théâtre du Beauvaisis</t>
+  </si>
+  <si>
+    <t>29 janv. &gt; 30 janv. 2026</t>
+  </si>
+  <si>
+    <t>FR-Faches-Thumesnil</t>
+  </si>
+  <si>
+    <t>Les Arcades</t>
+  </si>
+  <si>
+    <t>29 janv. 2026</t>
+  </si>
+  <si>
+    <t>La Peur</t>
+  </si>
+  <si>
+    <t>FR-Calais</t>
+  </si>
+  <si>
+    <t>Le Channel</t>
+  </si>
+  <si>
+    <t>31 janv. &gt; 01 févr. 2026</t>
+  </si>
+  <si>
+    <t>François Hien, Arthur Fourcade</t>
+  </si>
+  <si>
+    <t>Scaphandre</t>
+  </si>
+  <si>
+    <t>Julie Rossello Rochet</t>
+  </si>
+  <si>
+    <t>FR-Nîmes</t>
+  </si>
+  <si>
+    <t>Théâtre de Nîmes</t>
+  </si>
+  <si>
+    <t>04 févr. 2026</t>
+  </si>
+  <si>
+    <t>Julie Rossello Rochet, Liza Blanchard, Julie Guichard</t>
+  </si>
+  <si>
+    <t>FR-Le Mans</t>
+  </si>
+  <si>
+    <t>Les Quinconces-L'Espal</t>
+  </si>
+  <si>
+    <t>05 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>LE ZEF - scène nationale</t>
+  </si>
+  <si>
+    <t>05 févr. &gt; 06 févr. 2026</t>
+  </si>
+  <si>
+    <t>Théâtre Le Pasino</t>
   </si>
   <si>
     <t>Monde nouveau</t>
   </si>
   <si>
     <t>Olivier Saccomano, Nathalie Garraud</t>
   </si>
   <si>
-    <t>FR-Malakoff</t>
-[...23 lines deleted...]
-    <t>François Hien</t>
+    <t>FR-Gennevilliers</t>
+  </si>
+  <si>
+    <t>T2G</t>
+  </si>
+  <si>
+    <t>05 févr. &gt; 14 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Chevilly-Larue</t>
+  </si>
+  <si>
+    <t>Théâtre André Malraux de Chevilly-Larue</t>
+  </si>
+  <si>
+    <t>06 févr. 2026</t>
+  </si>
+  <si>
+    <t>08 févr. &gt; 09 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Saint-Nazaire</t>
+  </si>
+  <si>
+    <t>Le Théâtre - Saint-Nazaire</t>
+  </si>
+  <si>
+    <t>11 févr. &gt; 12 févr. 2026</t>
+  </si>
+  <si>
+    <t>L'Arbre à sang</t>
+  </si>
+  <si>
+    <t>Angus Cerini</t>
+  </si>
+  <si>
+    <t>FR-Besançon</t>
+  </si>
+  <si>
+    <t>Nouveau Théâtre Besançon (NTB)</t>
+  </si>
+  <si>
+    <t>24 févr. &gt; 05 mars 2026</t>
+  </si>
+  <si>
+    <t>Angus Cerini, Tommy Milliot</t>
+  </si>
+  <si>
+    <t>Fondre</t>
   </si>
   <si>
     <t>FR-Grenoble</t>
   </si>
   <si>
-    <t>MC2:</t>
-[...382 lines deleted...]
-  <si>
     <t>Espace 600</t>
   </si>
   <si>
     <t>27 févr. 2026</t>
   </si>
   <si>
     <t>Natacha Dubois, Guillaume Poix</t>
   </si>
   <si>
     <t>FR-Saint-Etienne</t>
   </si>
   <si>
     <t>La Comédie de Saint-Étienne</t>
   </si>
   <si>
     <t>03 mars &gt; 05 mars 2026</t>
   </si>
   <si>
-    <t>BE-Bruxelles</t>
-[...7 lines deleted...]
-  <si>
     <t>FR-Béthune</t>
   </si>
   <si>
     <t>La Comédie de Béthune</t>
   </si>
   <si>
     <t>05 mars &gt; 06 mars 2026</t>
   </si>
   <si>
     <t>Que d'espoir !</t>
   </si>
   <si>
     <t>Hanokh Levin</t>
   </si>
   <si>
     <t>FR-Lyon</t>
   </si>
   <si>
     <t>Les Célestins, Théâtre de Lyon</t>
   </si>
   <si>
     <t>05 mars &gt; 14 mars 2026</t>
   </si>
   <si>
     <t>Hanokh Levin, Valérie Lesort</t>
@@ -629,140 +521,140 @@
   <si>
     <t>Biosphère</t>
   </si>
   <si>
     <t>Frédéric Sonntag</t>
   </si>
   <si>
     <t>FR-Toulouse</t>
   </si>
   <si>
     <t>ThéâtredelaCité</t>
   </si>
   <si>
     <t>12 mars &gt; 19 mars 2026</t>
   </si>
   <si>
     <t>12 mars &gt; 13 mars 2026</t>
   </si>
   <si>
     <t>Le Manège Maubeuge</t>
   </si>
   <si>
     <t>13 mars 2026</t>
   </si>
   <si>
+    <t>Laughton</t>
+  </si>
+  <si>
+    <t>17 mars &gt; 18 mars 2026</t>
+  </si>
+  <si>
+    <t>Stéphane Jaubertie, Emilie Le Roux</t>
+  </si>
+  <si>
+    <t>Il a beaucoup souffert Lucifer</t>
+  </si>
+  <si>
+    <t>Antonio Carmona</t>
+  </si>
+  <si>
+    <t>FR-Cergy-Pontoise</t>
+  </si>
+  <si>
+    <t>Points communs</t>
+  </si>
+  <si>
+    <t>17 mars &gt; 20 mars 2026</t>
+  </si>
+  <si>
+    <t>Mélissa Zehner</t>
+  </si>
+  <si>
     <t>17 mars &gt; 19 mars 2026</t>
   </si>
   <si>
-    <t>Il a beaucoup souffert Lucifer</t>
-[...23 lines deleted...]
-    <t>Stéphane Jaubertie, Emilie Le Roux</t>
+    <t>Maison Folie de Wazemmes</t>
+  </si>
+  <si>
+    <t>19 mars 2026</t>
   </si>
   <si>
     <t>Requin Velours</t>
   </si>
   <si>
     <t>Gaëlle Axelbrun</t>
   </si>
   <si>
     <t>FR-Metz</t>
   </si>
   <si>
     <t>Espace Bernard-Marie Koltès - Metz</t>
   </si>
   <si>
     <t>19 mars &gt; 20 mars 2026</t>
   </si>
   <si>
-    <t>Maison Folie de Wazemmes</t>
-[...4 lines deleted...]
-  <si>
     <t>Gretel et Hansel</t>
   </si>
   <si>
     <t>Suzanne Lebeau</t>
   </si>
   <si>
     <t>22 mars &gt; 23 mars 2026</t>
   </si>
   <si>
     <t>Suzanne Lebeau, François Gerard</t>
   </si>
   <si>
+    <t>24 mars &gt; 27 mars 2026</t>
+  </si>
+  <si>
     <t>FR-Lorient</t>
   </si>
   <si>
     <t>Théâtre de Lorient - CDN</t>
   </si>
   <si>
     <t>24 mars &gt; 26 mars 2026</t>
   </si>
   <si>
     <t>Woyzeck ou la vocation</t>
   </si>
   <si>
     <t>Georg Büchner</t>
   </si>
   <si>
     <t>FR-Valence</t>
   </si>
   <si>
     <t>La Comédie de Valence</t>
   </si>
   <si>
     <t>Georg Büchner, Tünde Deak</t>
   </si>
   <si>
-    <t>24 mars &gt; 27 mars 2026</t>
-[...1 lines deleted...]
-  <si>
     <t>FR-Saint-Omer</t>
   </si>
   <si>
     <t>La Barcarolle</t>
   </si>
   <si>
     <t>24 mars 2026</t>
   </si>
   <si>
     <t>FR-Clermont-Ferrand</t>
   </si>
   <si>
     <t>La Comédie de Clermont-Ferrand</t>
   </si>
   <si>
     <t>25 mars &gt; 27 mars 2026</t>
   </si>
   <si>
     <t>25 mars &gt; 28 mars 2026</t>
   </si>
   <si>
     <t>FR-Hérouville-Saint-Clair</t>
   </si>
   <si>
     <t>Comédie de Caen</t>
@@ -803,297 +695,300 @@
   <si>
     <t>Comédie de Colmar</t>
   </si>
   <si>
     <t>31 mars &gt; 02 avr. 2026</t>
   </si>
   <si>
     <t>Michelle doit-on t'en vouloir d'avoir fait un selfie à Auschwitz ?</t>
   </si>
   <si>
     <t>Sylvain Levey</t>
   </si>
   <si>
     <t>FR-Privas</t>
   </si>
   <si>
     <t>Théâtre de Privas</t>
   </si>
   <si>
     <t>31 mars 2026</t>
   </si>
   <si>
     <t>Sylvain Levey, Franck Regnier</t>
   </si>
   <si>
+    <t>Théâtre Joliette</t>
+  </si>
+  <si>
+    <t>31 mars &gt; 03 avr. 2026</t>
+  </si>
+  <si>
     <t>FR-Aubervilliers</t>
   </si>
   <si>
     <t>La Commune - CDN d’Aubervilliers</t>
   </si>
   <si>
-    <t>31 mars &gt; 03 avr. 2026</t>
-[...4 lines deleted...]
-  <si>
     <t>Les applaudissements ne se mangent pas</t>
   </si>
   <si>
     <t>Maguy Marin, Olivier Neveux</t>
   </si>
   <si>
     <t>FR-Créteil</t>
   </si>
   <si>
     <t>MAC - Maison des Arts de Créteil</t>
   </si>
   <si>
     <t>01 avr. &gt; 02 avr. 2026</t>
   </si>
   <si>
     <t>Maguy Marin</t>
   </si>
   <si>
     <t>FR-Martigues</t>
   </si>
   <si>
     <t>Théâtre des Salins</t>
   </si>
   <si>
     <t>02 avr. 2026</t>
   </si>
   <si>
     <t>FR-Brest</t>
   </si>
   <si>
     <t>La Maison du Théâtre - Brest</t>
   </si>
   <si>
     <t>03 avr. 2026</t>
   </si>
   <si>
+    <t>FR-Mulhouse</t>
+  </si>
+  <si>
+    <t>La Filature, Scène nationale de Mulhouse</t>
+  </si>
+  <si>
+    <t>08 avr. &gt; 09 avr. 2026</t>
+  </si>
+  <si>
+    <t>Le Monfort</t>
+  </si>
+  <si>
+    <t>08 avr. &gt; 18 avr. 2026</t>
+  </si>
+  <si>
     <t>May B</t>
   </si>
   <si>
     <t>Chaillot - Théâtre national de la Danse</t>
   </si>
   <si>
     <t>08 avr. &gt; 12 avr. 2026</t>
   </si>
   <si>
-    <t>FR-Mulhouse</t>
-[...13 lines deleted...]
-  <si>
     <t>FR-Carros</t>
   </si>
   <si>
     <t>Forum Jacques Prévert</t>
   </si>
   <si>
     <t>09 avr. &gt; 10 avr. 2026</t>
   </si>
   <si>
     <t>Singspiele</t>
   </si>
   <si>
     <t>10 avr. &gt; 11 avr. 2026</t>
   </si>
   <si>
     <t>FR-Alès</t>
   </si>
   <si>
     <t>Le Cratère</t>
   </si>
   <si>
     <t>14 avr. 2026</t>
   </si>
   <si>
+    <t>FR-Albi</t>
+  </si>
+  <si>
+    <t>Scène Nationale d'Albi</t>
+  </si>
+  <si>
+    <t>15 avr. 2026</t>
+  </si>
+  <si>
     <t>15 avr. &gt; 18 avr. 2026</t>
   </si>
   <si>
-    <t>FR-Albi</t>
-[...17 lines deleted...]
-    <t>Laurène Marx, Jessica Guilloud</t>
+    <t>Un sacre</t>
+  </si>
+  <si>
+    <t>21 avr. &gt; 24 avr. 2026</t>
   </si>
   <si>
     <t>FR-Aubusson</t>
   </si>
   <si>
     <t>Théâtre Jean Lurçat - Scène nationale d'Aubusson</t>
   </si>
   <si>
     <t>21 avr. &gt; 22 avr. 2026</t>
   </si>
   <si>
-    <t>Un sacre</t>
-[...4 lines deleted...]
-  <si>
     <t>FR-Nevers</t>
   </si>
   <si>
     <t>La Maison</t>
   </si>
   <si>
     <t>23 avr. 2026</t>
   </si>
   <si>
+    <t>FR-Château-Arnoux-Saint-Auban</t>
+  </si>
+  <si>
+    <t>Théâtre Durance</t>
+  </si>
+  <si>
+    <t>28 avr. &gt; 29 avr. 2026</t>
+  </si>
+  <si>
     <t>FR-La Rochelle</t>
   </si>
   <si>
     <t>La Coursive</t>
   </si>
   <si>
-    <t>28 avr. &gt; 29 avr. 2026</t>
-[...7 lines deleted...]
-  <si>
     <t>FR-Dunkerque</t>
   </si>
   <si>
     <t>Le Bateau Feu</t>
   </si>
   <si>
     <t>05 mai &gt; 06 mai 2026</t>
   </si>
   <si>
     <t>Le Chat sur la photo</t>
   </si>
   <si>
     <t>FR-Bourges</t>
   </si>
   <si>
     <t>Maison de la Culture de Bourges</t>
   </si>
   <si>
     <t>06 mai 2026</t>
   </si>
   <si>
     <t>Antonio Carmona, Odile Grosset-Grange</t>
   </si>
   <si>
     <t>FR-Vire</t>
   </si>
   <si>
     <t>Le Préau</t>
   </si>
   <si>
     <t>13 mai &gt; 21 mai 2026</t>
   </si>
   <si>
-    <t>LUMIÈRES, LUMIÈRES, LUMIÈRES</t>
+    <t>Lumières, Lumières, Lumières</t>
   </si>
   <si>
     <t>Evelyne De La Chenelière</t>
   </si>
   <si>
     <t>Comédie-Française</t>
   </si>
   <si>
     <t>13 mai &gt; 28 juin 2026</t>
   </si>
   <si>
     <t>Florent Siaud, Evelyne De La Chenelière</t>
   </si>
   <si>
     <t>FR-Evreux</t>
   </si>
   <si>
     <t>Le Tangram</t>
   </si>
   <si>
     <t>18 mai 2026</t>
   </si>
   <si>
     <t>FR-Amiens</t>
   </si>
   <si>
+    <t>Comédie de Picardie</t>
+  </si>
+  <si>
+    <t>20 mai &gt; 21 mai 2026</t>
+  </si>
+  <si>
     <t>Maison de la Culture d'Amiens</t>
   </si>
   <si>
-    <t>20 mai &gt; 21 mai 2026</t>
-[...4 lines deleted...]
-  <si>
     <t>FR-Châlons-en-Champagne</t>
   </si>
   <si>
     <t>La Comète</t>
   </si>
   <si>
     <t>21 mai &gt; 22 mai 2026</t>
   </si>
   <si>
     <t>26 mai &gt; 30 mai 2026</t>
   </si>
   <si>
     <t>FR-Lomme</t>
   </si>
   <si>
     <t>Maison Folie Beaulieu</t>
   </si>
   <si>
     <t>28 mai 2026</t>
+  </si>
+  <si>
+    <t>La clairière</t>
+  </si>
+  <si>
+    <t>FR-Avignon</t>
+  </si>
+  <si>
+    <t>Théâtre de l'Oulle</t>
+  </si>
+  <si>
+    <t>01 juil. &gt; 13 juil. 2026</t>
+  </si>
+  <si>
+    <t>Stéphane Jaubertie, Jérôme Wacquiez</t>
   </si>
   <si>
     <t>FR-Méricourt</t>
   </si>
   <si>
     <t>Espace Culturel la Gare</t>
   </si>
   <si>
     <t>13 nov. 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1409,54 +1304,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G99"/>
+  <dimension ref="A1:G88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G99"/>
+      <selection activeCell="A1" sqref="A1:G88"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="87.122" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -1512,2235 +1407,1982 @@
       </c>
       <c r="F3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" s="1" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="C6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="1" t="s">
+      <c r="E6" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="E6" s="1" t="s">
+      <c r="F6" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="F6" s="1" t="s">
+      <c r="G6" s="1" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C7" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D7" s="1" t="s">
+      <c r="E7" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="E7" s="1" t="s">
+      <c r="F7" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="F7" s="1" t="s">
+      <c r="G7" s="1" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>42</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="B9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D9" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C9" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D9" s="1" t="s">
+      <c r="E9" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="E9" s="1" t="s">
+      <c r="F9" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="F9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G9" s="1" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="1" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>52</v>
       </c>
       <c r="F10" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="C11" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D11" s="1" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>57</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>61</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>62</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>63</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>64</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D13" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="E13" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D13" s="1" t="s">
+      <c r="F13" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="E13" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G13" s="1" t="s">
-        <v>70</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="E14" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="F14" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="C14" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F14" s="1" t="s">
+      <c r="G14" s="1" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F15" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="B15" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G15" s="1" t="s">
-        <v>79</v>
+        <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G16" s="1" t="s">
         <v>80</v>
-      </c>
-[...16 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="F17" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="G17" s="1" t="s">
         <v>86</v>
-      </c>
-[...13 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>50</v>
+        <v>87</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>51</v>
+        <v>88</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="F18" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="E18" s="1" t="s">
+      <c r="G18" s="1" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D19" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="C19" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D19" s="1" t="s">
+      <c r="E19" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="E19" s="1" t="s">
+      <c r="F19" s="1" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>30</v>
+        <v>81</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>31</v>
+        <v>82</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>100</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>101</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>35</v>
+        <v>86</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>50</v>
+        <v>76</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>51</v>
+        <v>77</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>103</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>104</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>54</v>
+        <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>45</v>
+        <v>105</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>46</v>
+        <v>109</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>60</v>
+        <v>110</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>61</v>
+        <v>111</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>61</v>
+        <v>115</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>19</v>
+        <v>81</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>20</v>
+        <v>82</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>20</v>
+        <v>86</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>114</v>
+        <v>7</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>115</v>
+        <v>8</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>119</v>
+        <v>8</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>72</v>
+        <v>14</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D26" s="1"/>
       <c r="E26" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="F26" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="F26" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G26" s="1" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>41</v>
+        <v>123</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>14</v>
+        <v>124</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="F27" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>125</v>
+        <v>19</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>126</v>
+        <v>20</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>130</v>
+        <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="F29" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="B29" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G29" s="1" t="s">
-        <v>136</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>114</v>
+        <v>81</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>115</v>
+        <v>82</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>119</v>
+        <v>86</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>41</v>
+        <v>135</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>14</v>
+        <v>136</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="G31" s="1" t="s">
         <v>140</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="E32" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="B32" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D32" s="1" t="s">
+      <c r="F32" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="E32" s="1" t="s">
+      <c r="G32" s="1" t="s">
         <v>145</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="F33" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="B33" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G33" s="1" t="s">
-        <v>153</v>
+        <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>36</v>
+        <v>81</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>37</v>
+        <v>82</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>37</v>
+        <v>86</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
-        <v>50</v>
+        <v>152</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>51</v>
+        <v>153</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D35" s="1"/>
+      <c r="D35" s="1" t="s">
+        <v>154</v>
+      </c>
       <c r="E35" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="G35" s="1" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E36" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="E36" s="1" t="s">
+      <c r="F36" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="F36" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G36" s="1" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>41</v>
+        <v>161</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>14</v>
+        <v>162</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>62</v>
+        <v>163</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>63</v>
+        <v>164</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>18</v>
+        <v>162</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D38" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="E38" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C38" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F38" s="1" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>70</v>
+        <v>8</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
-        <v>50</v>
+        <v>123</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>51</v>
+        <v>124</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D39" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D39" s="1"/>
       <c r="E39" s="1" t="s">
-        <v>117</v>
+        <v>167</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>54</v>
+        <v>124</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
-        <v>41</v>
+        <v>169</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>14</v>
+        <v>77</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>166</v>
+        <v>116</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>167</v>
+        <v>117</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>18</v>
+        <v>171</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="1" t="s">
-        <v>175</v>
+        <v>123</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>14</v>
+        <v>124</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>47</v>
+        <v>149</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>176</v>
+        <v>150</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>178</v>
+        <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="1" t="s">
-        <v>131</v>
+        <v>76</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>132</v>
+        <v>77</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E43" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="E43" s="1" t="s">
+      <c r="F43" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="F43" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G43" s="1" t="s">
-        <v>136</v>
+        <v>80</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="1" t="s">
-        <v>60</v>
+        <v>181</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>61</v>
+        <v>182</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E44" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="G44" s="1" t="s">
         <v>182</v>
-      </c>
-[...7 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="1" t="s">
-        <v>41</v>
+        <v>186</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>14</v>
+        <v>187</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>185</v>
+        <v>78</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>186</v>
+        <v>79</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>18</v>
+        <v>189</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="1" t="s">
-        <v>188</v>
+        <v>161</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D46" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F46" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="E46" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G46" s="1" t="s">
-        <v>193</v>
+        <v>162</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="1" t="s">
-        <v>41</v>
+        <v>135</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>14</v>
+        <v>136</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>18</v>
+        <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="E48" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="B48" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F48" s="1" t="s">
-        <v>201</v>
+        <v>193</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>102</v>
+        <v>199</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>103</v>
+        <v>200</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="1" t="s">
-        <v>36</v>
+        <v>81</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>37</v>
+        <v>82</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D50" s="1"/>
+      <c r="D50" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="E50" s="1" t="s">
         <v>203</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>204</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>37</v>
+        <v>86</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="1" t="s">
-        <v>36</v>
+        <v>123</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>37</v>
+        <v>124</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>185</v>
+        <v>154</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>186</v>
+        <v>155</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>205</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>37</v>
+        <v>124</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D52" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="B52" s="1" t="s">
+      <c r="E52" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="C52" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D52" s="1" t="s">
+      <c r="F52" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="E52" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G52" s="1" t="s">
-        <v>211</v>
+        <v>59</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="1" t="s">
-        <v>212</v>
+        <v>19</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>115</v>
+        <v>20</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>62</v>
+        <v>209</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>63</v>
+        <v>210</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>214</v>
+        <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="1" t="s">
-        <v>215</v>
+        <v>29</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>216</v>
+        <v>30</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>216</v>
+        <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="1" t="s">
-        <v>114</v>
+        <v>161</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>115</v>
+        <v>162</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>102</v>
+        <v>215</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>119</v>
+        <v>162</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="1" t="s">
-        <v>222</v>
+        <v>194</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>223</v>
+        <v>195</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>116</v>
+        <v>218</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>117</v>
+        <v>219</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>225</v>
+        <v>198</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="1" t="s">
-        <v>169</v>
+        <v>221</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>170</v>
+        <v>222</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D57" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="E57" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>226</v>
-      </c>
-[...7 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="1" t="s">
-        <v>229</v>
+        <v>123</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>230</v>
+        <v>124</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>231</v>
+        <v>119</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>228</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>233</v>
+        <v>124</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="1" t="s">
-        <v>197</v>
+        <v>135</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>198</v>
+        <v>136</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>67</v>
+        <v>229</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>68</v>
+        <v>230</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>198</v>
+        <v>140</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="1" t="s">
-        <v>114</v>
+        <v>231</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>115</v>
+        <v>232</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D60" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E60" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="F60" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="E60" s="1" t="s">
+      <c r="G60" s="1" t="s">
         <v>236</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="1" t="s">
-        <v>41</v>
+        <v>81</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>14</v>
+        <v>82</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D61" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="E61" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="E61" s="1" t="s">
+      <c r="F61" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="F61" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G61" s="1" t="s">
-        <v>18</v>
+        <v>86</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="1" t="s">
-        <v>36</v>
+        <v>7</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>37</v>
+        <v>8</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>190</v>
+        <v>240</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>191</v>
+        <v>241</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>37</v>
+        <v>8</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="1" t="s">
-        <v>30</v>
+        <v>194</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>31</v>
+        <v>195</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>35</v>
+        <v>198</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="1" t="s">
-        <v>65</v>
+        <v>161</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>66</v>
+        <v>162</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>245</v>
+        <v>15</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>246</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>247</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>70</v>
+        <v>162</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="1" t="s">
-        <v>75</v>
+        <v>248</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>61</v>
+        <v>232</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>248</v>
+        <v>15</v>
       </c>
       <c r="E65" s="1" t="s">
         <v>249</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>250</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>79</v>
+        <v>236</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="1" t="s">
-        <v>197</v>
+        <v>13</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>198</v>
+        <v>14</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>251</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>252</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>253</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>198</v>
+        <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="1" t="s">
-        <v>229</v>
+        <v>254</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>254</v>
+        <v>15</v>
       </c>
       <c r="E67" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="F67" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="F67" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G67" s="1" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="1" t="s">
-        <v>257</v>
+        <v>7</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>258</v>
+        <v>8</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>259</v>
+        <v>62</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>262</v>
+        <v>8</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="1" t="s">
-        <v>169</v>
+        <v>123</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>170</v>
+        <v>124</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>174</v>
+        <v>124</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="1" t="s">
-        <v>36</v>
+        <v>169</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>37</v>
+        <v>77</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>159</v>
+        <v>259</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>37</v>
+        <v>171</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="1" t="s">
-        <v>267</v>
+        <v>231</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>268</v>
+        <v>232</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>269</v>
+        <v>15</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>270</v>
+        <v>249</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>272</v>
+        <v>236</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="1" t="s">
-        <v>41</v>
+        <v>263</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>14</v>
+        <v>82</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>273</v>
+        <v>146</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>274</v>
+        <v>147</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>275</v>
+        <v>264</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>18</v>
+        <v>86</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="1" t="s">
-        <v>71</v>
+        <v>19</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>276</v>
+        <v>265</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>277</v>
+        <v>266</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>278</v>
+        <v>267</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="1" t="s">
-        <v>279</v>
+        <v>152</v>
       </c>
       <c r="B74" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D74" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="C74" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E74" s="1" t="s">
-        <v>280</v>
+        <v>269</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>281</v>
+        <v>270</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>272</v>
+        <v>157</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="1" t="s">
-        <v>229</v>
+        <v>135</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>230</v>
+        <v>136</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>282</v>
+        <v>271</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>283</v>
+        <v>272</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>284</v>
+        <v>273</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>233</v>
+        <v>140</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="1" t="s">
-        <v>197</v>
+        <v>105</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>198</v>
+        <v>61</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>26</v>
+        <v>274</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>285</v>
+        <v>275</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>286</v>
+        <v>273</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>198</v>
+        <v>109</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="1" t="s">
-        <v>50</v>
+        <v>152</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>51</v>
+        <v>153</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>287</v>
+        <v>276</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>288</v>
+        <v>277</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>289</v>
+        <v>278</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="1" t="s">
-        <v>290</v>
+        <v>279</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>268</v>
+        <v>173</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>26</v>
+        <v>280</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>291</v>
+        <v>282</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>272</v>
+        <v>283</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="1" t="s">
-        <v>71</v>
+        <v>135</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>72</v>
+        <v>136</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>105</v>
+        <v>284</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>106</v>
+        <v>285</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>72</v>
+        <v>140</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="1" t="s">
-        <v>36</v>
+        <v>287</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>37</v>
+        <v>288</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>292</v>
+        <v>15</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>37</v>
+        <v>291</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="1" t="s">
-        <v>267</v>
+        <v>161</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>268</v>
+        <v>162</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>26</v>
+        <v>292</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>280</v>
+        <v>293</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>272</v>
+        <v>162</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="1" t="s">
-        <v>212</v>
+        <v>263</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>115</v>
+        <v>82</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D82" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="E82" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="E82" s="1" t="s">
+      <c r="F82" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="F82" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G82" s="1" t="s">
-        <v>214</v>
+        <v>86</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="1" t="s">
-        <v>299</v>
+        <v>263</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>61</v>
+        <v>82</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>194</v>
+        <v>295</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>302</v>
+        <v>86</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="1" t="s">
-        <v>65</v>
+        <v>7</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>66</v>
+        <v>8</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>70</v>
+        <v>8</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="1" t="s">
-        <v>306</v>
+        <v>279</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>14</v>
+        <v>173</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>179</v>
+        <v>209</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>180</v>
+        <v>210</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>18</v>
+        <v>283</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="1" t="s">
-        <v>188</v>
+        <v>76</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>189</v>
+        <v>77</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>309</v>
+        <v>304</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>193</v>
+        <v>80</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="1" t="s">
-        <v>143</v>
+        <v>306</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>46</v>
+        <v>77</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>147</v>
+        <v>310</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="1" t="s">
-        <v>169</v>
+        <v>76</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>170</v>
+        <v>77</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>313</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>174</v>
-[...252 lines deleted...]
-        <v>119</v>
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>