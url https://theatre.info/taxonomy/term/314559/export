--- v3 (2026-01-09)
+++ v4 (2026-02-18)
@@ -12,926 +12,728 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Éditions Théâtrales" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="314">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="248">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
+    <t>Presque égal, presque frère</t>
+  </si>
+  <si>
+    <t>Jonas Hassen Khemiri</t>
+  </si>
+  <si>
+    <t>Éditions Théâtrales</t>
+  </si>
+  <si>
+    <t>FR-Nanterre</t>
+  </si>
+  <si>
+    <t>Théâtre Nanterre-Amandiers</t>
+  </si>
+  <si>
+    <t>18 févr. &gt; 21 févr. 2026</t>
+  </si>
+  <si>
+    <t>Jonas Hassen Khemiri, Christophe Rauck</t>
+  </si>
+  <si>
+    <t>Nuit, un mur, deux hommes suivi de Deux tibias</t>
+  </si>
+  <si>
+    <t>Daniel Keene</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Théâtre de Nesle</t>
+  </si>
+  <si>
+    <t>20 févr. &gt; 29 mars 2026</t>
+  </si>
+  <si>
+    <t>Daniel Keene, Mouss Zouheyri</t>
+  </si>
+  <si>
+    <t>L'Arbre à sang</t>
+  </si>
+  <si>
+    <t>Angus Cerini</t>
+  </si>
+  <si>
+    <t>FR-Besançon</t>
+  </si>
+  <si>
+    <t>Nouveau Théâtre Besançon (NTB)</t>
+  </si>
+  <si>
+    <t>24 févr. &gt; 05 mars 2026</t>
+  </si>
+  <si>
+    <t>Angus Cerini, Tommy Milliot</t>
+  </si>
+  <si>
+    <t>Fondre</t>
+  </si>
+  <si>
+    <t>Guillaume Poix</t>
+  </si>
+  <si>
+    <t>FR-Grenoble</t>
+  </si>
+  <si>
+    <t>Espace 600</t>
+  </si>
+  <si>
+    <t>27 févr. 2026</t>
+  </si>
+  <si>
+    <t>Natacha Dubois, Guillaume Poix</t>
+  </si>
+  <si>
+    <t>corde. raide</t>
+  </si>
+  <si>
+    <t>debbie tucker green</t>
+  </si>
+  <si>
+    <t>FR-Saint-Etienne</t>
+  </si>
+  <si>
+    <t>La Comédie de Saint-Étienne</t>
+  </si>
+  <si>
+    <t>03 mars &gt; 05 mars 2026</t>
+  </si>
+  <si>
+    <t>debbie tucker green, Cédric Gourmelon</t>
+  </si>
+  <si>
+    <t>A tous ceux qui</t>
+  </si>
+  <si>
+    <t>Noëlle Renaude</t>
+  </si>
+  <si>
+    <t>Théâtre du Soleil</t>
+  </si>
+  <si>
+    <t>04 mars &gt; 22 mars 2026</t>
+  </si>
+  <si>
+    <t>Thimothée De Fombelle</t>
+  </si>
+  <si>
+    <t>Léviathan</t>
+  </si>
+  <si>
+    <t>FR-Béthune</t>
+  </si>
+  <si>
+    <t>La Comédie de Béthune</t>
+  </si>
+  <si>
+    <t>05 mars &gt; 06 mars 2026</t>
+  </si>
+  <si>
+    <t>Guillaume Poix, Lorraine De Sagazan</t>
+  </si>
+  <si>
+    <t>Que d'espoir !</t>
+  </si>
+  <si>
+    <t>Hanokh Levin</t>
+  </si>
+  <si>
+    <t>FR-Lyon</t>
+  </si>
+  <si>
+    <t>Les Célestins, Théâtre de Lyon</t>
+  </si>
+  <si>
+    <t>05 mars &gt; 14 mars 2026</t>
+  </si>
+  <si>
+    <t>Hanokh Levin, Valérie Lesort</t>
+  </si>
+  <si>
+    <t>FR-Montpellier</t>
+  </si>
+  <si>
+    <t>Domaine d'O</t>
+  </si>
+  <si>
+    <t>11 mars &gt; 14 mars 2026</t>
+  </si>
+  <si>
+    <t>Biosphère</t>
+  </si>
+  <si>
+    <t>Frédéric Sonntag</t>
+  </si>
+  <si>
+    <t>FR-Toulouse</t>
+  </si>
+  <si>
+    <t>ThéâtredelaCité</t>
+  </si>
+  <si>
+    <t>12 mars &gt; 19 mars 2026</t>
+  </si>
+  <si>
     <t>Oiseau</t>
   </si>
   <si>
     <t>Anna Nozière</t>
   </si>
   <si>
-    <t>Éditions Théâtrales</t>
-[...8 lines deleted...]
-    <t>09 janv. 2026</t>
+    <t>FR-Lille</t>
+  </si>
+  <si>
+    <t>Le Grand Bleu</t>
+  </si>
+  <si>
+    <t>12 mars &gt; 13 mars 2026</t>
+  </si>
+  <si>
+    <t>Monde nouveau</t>
+  </si>
+  <si>
+    <t>Olivier Saccomano, Nathalie Garraud</t>
+  </si>
+  <si>
+    <t>Le Manège Maubeuge</t>
+  </si>
+  <si>
+    <t>13 mars 2026</t>
+  </si>
+  <si>
+    <t>Judith</t>
+  </si>
+  <si>
+    <t>Howard Barker</t>
+  </si>
+  <si>
+    <t>Théâtre de la Cité internationale</t>
+  </si>
+  <si>
+    <t>13 mars &gt; 14 mars 2026</t>
+  </si>
+  <si>
+    <t>Lucile Rose</t>
+  </si>
+  <si>
+    <t>17 mars &gt; 19 mars 2026</t>
+  </si>
+  <si>
+    <t>Il a beaucoup souffert Lucifer</t>
+  </si>
+  <si>
+    <t>Antonio Carmona</t>
+  </si>
+  <si>
+    <t>FR-Cergy-Pontoise</t>
+  </si>
+  <si>
+    <t>Points communs</t>
+  </si>
+  <si>
+    <t>17 mars &gt; 20 mars 2026</t>
+  </si>
+  <si>
+    <t>Mélissa Zehner</t>
+  </si>
+  <si>
+    <t>Laughton</t>
+  </si>
+  <si>
+    <t>Stéphane Jaubertie</t>
+  </si>
+  <si>
+    <t>FR-Le Mans</t>
+  </si>
+  <si>
+    <t>Les Quinconces-L'Espal</t>
+  </si>
+  <si>
+    <t>17 mars &gt; 18 mars 2026</t>
+  </si>
+  <si>
+    <t>Stéphane Jaubertie, Emilie Le Roux</t>
+  </si>
+  <si>
+    <t>Requin Velours</t>
+  </si>
+  <si>
+    <t>Gaëlle Axelbrun</t>
+  </si>
+  <si>
+    <t>FR-Metz</t>
+  </si>
+  <si>
+    <t>Espace Bernard-Marie Koltès - Metz</t>
+  </si>
+  <si>
+    <t>19 mars &gt; 20 mars 2026</t>
+  </si>
+  <si>
+    <t>Lucienne Eden</t>
+  </si>
+  <si>
+    <t>Maison Folie de Wazemmes</t>
+  </si>
+  <si>
+    <t>19 mars 2026</t>
+  </si>
+  <si>
+    <t>Stéphane Jaubertie, Florence Bisiaux</t>
+  </si>
+  <si>
+    <t>Gretel et Hansel</t>
+  </si>
+  <si>
+    <t>Suzanne Lebeau</t>
+  </si>
+  <si>
+    <t>FR-Wasquehal</t>
+  </si>
+  <si>
+    <t>La Manivelle Théâtre</t>
+  </si>
+  <si>
+    <t>22 mars &gt; 23 mars 2026</t>
+  </si>
+  <si>
+    <t>Suzanne Lebeau, François Gerard</t>
+  </si>
+  <si>
+    <t>FR-Lorient</t>
+  </si>
+  <si>
+    <t>Théâtre de Lorient - CDN</t>
+  </si>
+  <si>
+    <t>24 mars &gt; 26 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Saint-Omer</t>
+  </si>
+  <si>
+    <t>La Barcarolle</t>
+  </si>
+  <si>
+    <t>24 mars 2026</t>
+  </si>
+  <si>
+    <t>Woyzeck ou la vocation</t>
+  </si>
+  <si>
+    <t>Georg Büchner</t>
+  </si>
+  <si>
+    <t>FR-Valence</t>
+  </si>
+  <si>
+    <t>La Comédie de Valence</t>
+  </si>
+  <si>
+    <t>Georg Büchner, Tünde Deak</t>
+  </si>
+  <si>
+    <t>FR-Cherbourg-en-Cotentin</t>
+  </si>
+  <si>
+    <t>Le Trident</t>
+  </si>
+  <si>
+    <t>24 mars &gt; 27 mars 2026</t>
+  </si>
+  <si>
+    <t>Bois brûlé</t>
+  </si>
+  <si>
+    <t>Marcos Caramés-Blanco</t>
+  </si>
+  <si>
+    <t>FR-Hérouville-Saint-Clair</t>
+  </si>
+  <si>
+    <t>Comédie de Caen</t>
+  </si>
+  <si>
+    <t>25 mars &gt; 26 mars 2026</t>
+  </si>
+  <si>
+    <t>Marcos Caramés-Blanco, Jonathan Mallard</t>
+  </si>
+  <si>
+    <t>FR-Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>La Comédie de Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>25 mars &gt; 27 mars 2026</t>
+  </si>
+  <si>
+    <t>25 mars &gt; 28 mars 2026</t>
+  </si>
+  <si>
+    <t>Les Abîmés</t>
+  </si>
+  <si>
+    <t>Catherine Verlaguet</t>
+  </si>
+  <si>
+    <t>FR-Villejuif</t>
+  </si>
+  <si>
+    <t>Théâtre Romain Rolland</t>
+  </si>
+  <si>
+    <t>26 mars &gt; 28 mars 2026</t>
+  </si>
+  <si>
+    <t>Catherine Verlaguet, Bénédicte Guichardon</t>
+  </si>
+  <si>
+    <t>Pour un temps sois peu</t>
+  </si>
+  <si>
+    <t>Laurène Marx</t>
+  </si>
+  <si>
+    <t>CH-Genève</t>
+  </si>
+  <si>
+    <t>Comédie de Genève</t>
+  </si>
+  <si>
+    <t>27 mars &gt; 02 avr. 2026</t>
+  </si>
+  <si>
+    <t>Laurène Marx, Fanny Sintès</t>
+  </si>
+  <si>
+    <t>FR-Alençon</t>
+  </si>
+  <si>
+    <t>Théâtre d'Alençon</t>
+  </si>
+  <si>
+    <t>30 mars &gt; 31 mars 2026</t>
+  </si>
+  <si>
+    <t>Michelle doit-on t'en vouloir d'avoir fait un selfie à Auschwitz ?</t>
+  </si>
+  <si>
+    <t>Sylvain Levey</t>
+  </si>
+  <si>
+    <t>FR-Privas</t>
+  </si>
+  <si>
+    <t>Théâtre de Privas</t>
+  </si>
+  <si>
+    <t>31 mars 2026</t>
+  </si>
+  <si>
+    <t>Sylvain Levey, Franck Regnier</t>
+  </si>
+  <si>
+    <t>FR-Colmar</t>
+  </si>
+  <si>
+    <t>Comédie de Colmar</t>
+  </si>
+  <si>
+    <t>31 mars &gt; 02 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>Théâtre Joliette</t>
+  </si>
+  <si>
+    <t>31 mars &gt; 03 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Aubervilliers</t>
+  </si>
+  <si>
+    <t>La Commune - CDN d’Aubervilliers</t>
+  </si>
+  <si>
+    <t>Les applaudissements ne se mangent pas</t>
+  </si>
+  <si>
+    <t>Maguy Marin, Olivier Neveux</t>
+  </si>
+  <si>
+    <t>FR-Créteil</t>
+  </si>
+  <si>
+    <t>MAC - Maison des Arts de Créteil</t>
+  </si>
+  <si>
+    <t>01 avr. &gt; 02 avr. 2026</t>
+  </si>
+  <si>
+    <t>Maguy Marin</t>
+  </si>
+  <si>
+    <t>FR-Martigues</t>
+  </si>
+  <si>
+    <t>Théâtre des Salins</t>
+  </si>
+  <si>
+    <t>02 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Brest</t>
+  </si>
+  <si>
+    <t>La Maison du Théâtre - Brest</t>
+  </si>
+  <si>
+    <t>03 avr. 2026</t>
+  </si>
+  <si>
+    <t>Le Monfort</t>
+  </si>
+  <si>
+    <t>08 avr. &gt; 18 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Mulhouse</t>
+  </si>
+  <si>
+    <t>La Filature, Scène nationale de Mulhouse</t>
+  </si>
+  <si>
+    <t>08 avr. &gt; 09 avr. 2026</t>
+  </si>
+  <si>
+    <t>May B</t>
+  </si>
+  <si>
+    <t>Chaillot - Théâtre national de la Danse</t>
+  </si>
+  <si>
+    <t>08 avr. &gt; 12 avr. 2026</t>
   </si>
   <si>
     <t>Chère écharpe</t>
   </si>
   <si>
     <t>Sarah Carré</t>
   </si>
   <si>
-    <t>FR-Paris</t>
-[...5 lines deleted...]
-    <t>09 janv. &gt; 12 janv. 2026</t>
+    <t>FR-Carros</t>
+  </si>
+  <si>
+    <t>Forum Jacques Prévert</t>
+  </si>
+  <si>
+    <t>09 avr. &gt; 10 avr. 2026</t>
   </si>
   <si>
     <t>Sarah Carré, Sophie Mayeux, Sylviane Fortuny</t>
   </si>
   <si>
-    <t>Les Abîmés</t>
-[...122 lines deleted...]
-    <t>La crèche</t>
+    <t>FR-Châtenay-Malabry</t>
+  </si>
+  <si>
+    <t>L'azimut</t>
+  </si>
+  <si>
+    <t>10 avr. &gt; 11 avr. 2026</t>
+  </si>
+  <si>
+    <t>Singspiele</t>
+  </si>
+  <si>
+    <t>FR-Alès</t>
+  </si>
+  <si>
+    <t>Le Cratère</t>
+  </si>
+  <si>
+    <t>14 avr. 2026</t>
+  </si>
+  <si>
+    <t>15 avr. &gt; 18 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Albi</t>
+  </si>
+  <si>
+    <t>Scène Nationale d'Albi</t>
+  </si>
+  <si>
+    <t>15 avr. 2026</t>
+  </si>
+  <si>
+    <t>Un sacre</t>
+  </si>
+  <si>
+    <t>21 avr. &gt; 24 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Aubusson</t>
+  </si>
+  <si>
+    <t>Théâtre Jean Lurçat - Scène nationale d'Aubusson</t>
+  </si>
+  <si>
+    <t>21 avr. &gt; 22 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Nevers</t>
+  </si>
+  <si>
+    <t>La Maison</t>
+  </si>
+  <si>
+    <t>23 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Château-Arnoux-Saint-Auban</t>
+  </si>
+  <si>
+    <t>Théâtre Durance</t>
+  </si>
+  <si>
+    <t>28 avr. &gt; 29 avr. 2026</t>
+  </si>
+  <si>
+    <t>La Peur</t>
   </si>
   <si>
     <t>François Hien</t>
   </si>
   <si>
-    <t>FR-Châtenay-Malabry</t>
-[...137 lines deleted...]
-    <t>31 janv. &gt; 01 févr. 2026</t>
+    <t>FR-La Rochelle</t>
+  </si>
+  <si>
+    <t>La Coursive</t>
   </si>
   <si>
     <t>François Hien, Arthur Fourcade</t>
   </si>
   <si>
-    <t>Scaphandre</t>
-[...496 lines deleted...]
-  <si>
     <t>FR-Dunkerque</t>
   </si>
   <si>
     <t>Le Bateau Feu</t>
   </si>
   <si>
     <t>05 mai &gt; 06 mai 2026</t>
   </si>
   <si>
     <t>Le Chat sur la photo</t>
   </si>
   <si>
     <t>FR-Bourges</t>
   </si>
   <si>
     <t>Maison de la Culture de Bourges</t>
   </si>
   <si>
     <t>06 mai 2026</t>
   </si>
   <si>
     <t>Antonio Carmona, Odile Grosset-Grange</t>
   </si>
   <si>
+    <t>Lumières, Lumières, Lumières</t>
+  </si>
+  <si>
+    <t>Evelyne De La Chenelière</t>
+  </si>
+  <si>
+    <t>Comédie-Française</t>
+  </si>
+  <si>
+    <t>13 mai &gt; 28 juin 2026</t>
+  </si>
+  <si>
+    <t>Florent Siaud, Evelyne De La Chenelière</t>
+  </si>
+  <si>
     <t>FR-Vire</t>
   </si>
   <si>
     <t>Le Préau</t>
   </si>
   <si>
     <t>13 mai &gt; 21 mai 2026</t>
-  </si>
-[...13 lines deleted...]
-    <t>Florent Siaud, Evelyne De La Chenelière</t>
   </si>
   <si>
     <t>FR-Evreux</t>
   </si>
   <si>
     <t>Le Tangram</t>
   </si>
   <si>
     <t>18 mai 2026</t>
   </si>
   <si>
     <t>FR-Amiens</t>
   </si>
   <si>
     <t>Comédie de Picardie</t>
   </si>
   <si>
     <t>20 mai &gt; 21 mai 2026</t>
   </si>
   <si>
     <t>Maison de la Culture d'Amiens</t>
   </si>
   <si>
     <t>FR-Châlons-en-Champagne</t>
   </si>
@@ -1304,2085 +1106,1512 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G88"/>
+  <dimension ref="A1:G63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G88"/>
+      <selection activeCell="A1" sqref="A1:G63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="52.987" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>14</v>
+        <v>49</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="F11" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E12" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>14</v>
+        <v>68</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D13" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D13" s="1"/>
       <c r="E13" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>18</v>
+        <v>68</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>70</v>
+        <v>16</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>7</v>
+        <v>67</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>8</v>
+        <v>68</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>73</v>
+        <v>44</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>74</v>
+        <v>45</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>8</v>
+        <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E18" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E19" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="E19" s="1" t="s">
+      <c r="F19" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="F19" s="1" t="s">
+      <c r="G19" s="1" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>81</v>
+        <v>98</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>82</v>
+        <v>99</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>77</v>
+        <v>21</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>80</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
         <v>110</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>111</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>113</v>
       </c>
       <c r="F23" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="G23" s="1" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>82</v>
+        <v>58</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="E24" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="E24" s="1" t="s">
+      <c r="F24" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="F24" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G24" s="1" t="s">
-        <v>86</v>
+        <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>7</v>
+        <v>118</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>8</v>
+        <v>123</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D26" s="1"/>
+      <c r="D26" s="1" t="s">
+        <v>124</v>
+      </c>
       <c r="E26" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>123</v>
+        <v>67</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>124</v>
+        <v>68</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>125</v>
+        <v>50</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>126</v>
+        <v>51</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>127</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>124</v>
+        <v>68</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>19</v>
+        <v>128</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>20</v>
+        <v>129</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>23</v>
+        <v>133</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>13</v>
+        <v>134</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>14</v>
+        <v>135</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>78</v>
+        <v>136</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>79</v>
+        <v>137</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>18</v>
+        <v>139</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>82</v>
+        <v>58</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>86</v>
+        <v>58</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>141</v>
+        <v>110</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>82</v>
+        <v>111</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>145</v>
+        <v>114</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
-        <v>93</v>
+        <v>67</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>94</v>
+        <v>68</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>98</v>
+        <v>68</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>81</v>
+        <v>20</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>86</v>
+        <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>81</v>
+        <v>43</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>86</v>
+        <v>47</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>161</v>
+        <v>62</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>162</v>
+        <v>63</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>162</v>
+        <v>63</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>7</v>
+        <v>57</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>8</v>
+        <v>58</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>66</v>
+        <v>169</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>8</v>
+        <v>58</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
-        <v>123</v>
+        <v>110</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>124</v>
+        <v>111</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D39" s="1"/>
+      <c r="D39" s="1" t="s">
+        <v>171</v>
+      </c>
       <c r="E39" s="1" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>77</v>
+        <v>158</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>116</v>
+        <v>16</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>117</v>
+        <v>175</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>171</v>
+        <v>162</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="1" t="s">
-        <v>123</v>
+        <v>62</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>124</v>
+        <v>63</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>149</v>
+        <v>183</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>150</v>
+        <v>184</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>124</v>
+        <v>63</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="1" t="s">
-        <v>76</v>
+        <v>186</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>77</v>
+        <v>158</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>80</v>
+        <v>162</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="1" t="s">
-        <v>181</v>
+        <v>67</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>182</v>
+        <v>68</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>182</v>
+        <v>68</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="1" t="s">
-        <v>186</v>
+        <v>157</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>187</v>
+        <v>158</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>78</v>
+        <v>16</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>79</v>
+        <v>175</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="1" t="s">
-        <v>161</v>
+        <v>83</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>162</v>
+        <v>84</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>21</v>
+        <v>191</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>22</v>
+        <v>192</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>162</v>
+        <v>88</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="1" t="s">
-        <v>135</v>
+        <v>194</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>136</v>
+        <v>27</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>191</v>
+        <v>34</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>192</v>
+        <v>35</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>140</v>
+        <v>47</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="1" t="s">
-        <v>194</v>
+        <v>128</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>195</v>
+        <v>129</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>196</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>197</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>198</v>
+        <v>133</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="1" t="s">
-        <v>76</v>
+        <v>48</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>77</v>
+        <v>49</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>199</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>200</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>201</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>80</v>
+        <v>53</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="1" t="s">
-        <v>81</v>
+        <v>20</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>202</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>203</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>204</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>86</v>
+        <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="1" t="s">
-        <v>123</v>
+        <v>205</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>124</v>
+        <v>206</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>154</v>
+        <v>207</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>155</v>
+        <v>208</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>124</v>
+        <v>209</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="1" t="s">
-        <v>19</v>
+        <v>213</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>23</v>
+        <v>217</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="1" t="s">
-        <v>29</v>
+        <v>218</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>30</v>
+        <v>219</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>212</v>
+        <v>16</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>214</v>
+        <v>221</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>34</v>
+        <v>222</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="1" t="s">
-        <v>161</v>
+        <v>20</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>162</v>
+        <v>21</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>215</v>
+        <v>223</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>162</v>
+        <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="1" t="s">
-        <v>194</v>
+        <v>57</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>195</v>
+        <v>58</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>198</v>
+        <v>58</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="1" t="s">
-        <v>221</v>
+        <v>194</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>222</v>
+        <v>27</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>226</v>
+        <v>47</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="1" t="s">
-        <v>123</v>
+        <v>194</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>124</v>
+        <v>27</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>124</v>
+        <v>47</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="1" t="s">
-        <v>135</v>
+        <v>62</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>136</v>
+        <v>63</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>140</v>
+        <v>63</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="1" t="s">
-        <v>231</v>
+        <v>213</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>232</v>
+        <v>78</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>233</v>
+        <v>130</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>234</v>
+        <v>131</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>236</v>
+        <v>217</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="1" t="s">
-        <v>81</v>
+        <v>94</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>237</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>238</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>239</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="1" t="s">
-        <v>7</v>
+        <v>240</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>8</v>
+        <v>84</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>8</v>
+        <v>244</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="1" t="s">
-        <v>194</v>
+        <v>94</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>195</v>
+        <v>84</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>198</v>
-[...574 lines deleted...]
-        <v>80</v>
+        <v>97</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>