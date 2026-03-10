--- v4 (2026-02-18)
+++ v5 (2026-03-10)
@@ -12,682 +12,646 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Éditions Théâtrales" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="248">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="235">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
-    <t>Presque égal, presque frère</t>
-[...2 lines deleted...]
-    <t>Jonas Hassen Khemiri</t>
+    <t>Requin Velours</t>
+  </si>
+  <si>
+    <t>Gaëlle Axelbrun</t>
   </si>
   <si>
     <t>Éditions Théâtrales</t>
   </si>
   <si>
-    <t>FR-Nanterre</t>
-[...8 lines deleted...]
-    <t>Jonas Hassen Khemiri, Christophe Rauck</t>
+    <t>FR-Colmar</t>
+  </si>
+  <si>
+    <t>Salle Europe</t>
+  </si>
+  <si>
+    <t>10 mars 2026</t>
+  </si>
+  <si>
+    <t>Que d'espoir !</t>
+  </si>
+  <si>
+    <t>Hanokh Levin</t>
+  </si>
+  <si>
+    <t>FR-Lyon</t>
+  </si>
+  <si>
+    <t>Les Célestins, Théâtre de Lyon</t>
+  </si>
+  <si>
+    <t>10 mars &gt; 14 mars 2026</t>
+  </si>
+  <si>
+    <t>Hanokh Levin, Valérie Lesort</t>
+  </si>
+  <si>
+    <t>A tous ceux qui</t>
+  </si>
+  <si>
+    <t>Noëlle Renaude</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Théâtre du Soleil</t>
+  </si>
+  <si>
+    <t>10 mars &gt; 22 mars 2026</t>
+  </si>
+  <si>
+    <t>Thimothée De Fombelle, Noëlle Renaude</t>
+  </si>
+  <si>
+    <t>Léviathan</t>
+  </si>
+  <si>
+    <t>Guillaume Poix</t>
+  </si>
+  <si>
+    <t>FR-Montpellier</t>
+  </si>
+  <si>
+    <t>Domaine d'O</t>
+  </si>
+  <si>
+    <t>11 mars &gt; 14 mars 2026</t>
+  </si>
+  <si>
+    <t>Guillaume Poix, Lorraine De Sagazan</t>
+  </si>
+  <si>
+    <t>Biosphère</t>
+  </si>
+  <si>
+    <t>Frédéric Sonntag</t>
+  </si>
+  <si>
+    <t>FR-Toulouse</t>
+  </si>
+  <si>
+    <t>ThéâtredelaCité</t>
+  </si>
+  <si>
+    <t>12 mars &gt; 19 mars 2026</t>
+  </si>
+  <si>
+    <t>Oiseau</t>
+  </si>
+  <si>
+    <t>Anna Nozière</t>
+  </si>
+  <si>
+    <t>FR-Lille</t>
+  </si>
+  <si>
+    <t>Le Grand Bleu</t>
+  </si>
+  <si>
+    <t>12 mars &gt; 13 mars 2026</t>
+  </si>
+  <si>
+    <t>Judith</t>
+  </si>
+  <si>
+    <t>Howard Barker</t>
+  </si>
+  <si>
+    <t>Théâtre de la Cité internationale</t>
+  </si>
+  <si>
+    <t>13 mars &gt; 14 mars 2026</t>
+  </si>
+  <si>
+    <t>Lucile Rose, Howard Barker</t>
+  </si>
+  <si>
+    <t>Monde nouveau</t>
+  </si>
+  <si>
+    <t>Olivier Saccomano, Nathalie Garraud</t>
+  </si>
+  <si>
+    <t>Le Manège Maubeuge</t>
+  </si>
+  <si>
+    <t>13 mars 2026</t>
   </si>
   <si>
     <t>Nuit, un mur, deux hommes suivi de Deux tibias</t>
   </si>
   <si>
     <t>Daniel Keene</t>
   </si>
   <si>
-    <t>FR-Paris</t>
-[...1 lines deleted...]
-  <si>
     <t>Théâtre de Nesle</t>
   </si>
   <si>
-    <t>20 févr. &gt; 29 mars 2026</t>
+    <t>13 mars &gt; 29 mars 2026</t>
   </si>
   <si>
     <t>Daniel Keene, Mouss Zouheyri</t>
   </si>
   <si>
+    <t>Laughton</t>
+  </si>
+  <si>
+    <t>Stéphane Jaubertie</t>
+  </si>
+  <si>
+    <t>FR-Le Mans</t>
+  </si>
+  <si>
+    <t>Les Quinconces-L'Espal</t>
+  </si>
+  <si>
+    <t>17 mars &gt; 18 mars 2026</t>
+  </si>
+  <si>
+    <t>Stéphane Jaubertie, Emilie Le Roux</t>
+  </si>
+  <si>
+    <t>FR-Béthune</t>
+  </si>
+  <si>
+    <t>La Comédie de Béthune</t>
+  </si>
+  <si>
+    <t>17 mars &gt; 19 mars 2026</t>
+  </si>
+  <si>
+    <t>Il a beaucoup souffert Lucifer</t>
+  </si>
+  <si>
+    <t>Antonio Carmona</t>
+  </si>
+  <si>
+    <t>FR-Cergy-Pontoise</t>
+  </si>
+  <si>
+    <t>Points communs</t>
+  </si>
+  <si>
+    <t>17 mars &gt; 20 mars 2026</t>
+  </si>
+  <si>
+    <t>Mélissa Zehner, Antonio Carmona</t>
+  </si>
+  <si>
+    <t>Lucienne Eden</t>
+  </si>
+  <si>
+    <t>Maison Folie de Wazemmes</t>
+  </si>
+  <si>
+    <t>19 mars 2026</t>
+  </si>
+  <si>
+    <t>Stéphane Jaubertie, Florence Bisiaux</t>
+  </si>
+  <si>
+    <t>FR-Metz</t>
+  </si>
+  <si>
+    <t>Espace Bernard-Marie Koltès - Metz</t>
+  </si>
+  <si>
+    <t>19 mars &gt; 20 mars 2026</t>
+  </si>
+  <si>
+    <t>Gretel et Hansel</t>
+  </si>
+  <si>
+    <t>Suzanne Lebeau</t>
+  </si>
+  <si>
+    <t>FR-Wasquehal</t>
+  </si>
+  <si>
+    <t>La Manivelle Théâtre</t>
+  </si>
+  <si>
+    <t>22 mars &gt; 23 mars 2026</t>
+  </si>
+  <si>
+    <t>Suzanne Lebeau, François Gerard</t>
+  </si>
+  <si>
+    <t>FR-Cherbourg-en-Cotentin</t>
+  </si>
+  <si>
+    <t>Le Trident</t>
+  </si>
+  <si>
+    <t>24 mars &gt; 27 mars 2026</t>
+  </si>
+  <si>
+    <t>Woyzeck ou la vocation</t>
+  </si>
+  <si>
+    <t>Georg Büchner</t>
+  </si>
+  <si>
+    <t>FR-Valence</t>
+  </si>
+  <si>
+    <t>La Comédie de Valence</t>
+  </si>
+  <si>
+    <t>24 mars &gt; 26 mars 2026</t>
+  </si>
+  <si>
+    <t>Georg Büchner, Tünde Deak</t>
+  </si>
+  <si>
+    <t>FR-Saint-Omer</t>
+  </si>
+  <si>
+    <t>La Barcarolle</t>
+  </si>
+  <si>
+    <t>24 mars 2026</t>
+  </si>
+  <si>
     <t>L'Arbre à sang</t>
   </si>
   <si>
     <t>Angus Cerini</t>
   </si>
   <si>
-    <t>FR-Besançon</t>
-[...5 lines deleted...]
-    <t>24 févr. &gt; 05 mars 2026</t>
+    <t>FR-Lorient</t>
+  </si>
+  <si>
+    <t>Théâtre de Lorient - CDN</t>
   </si>
   <si>
     <t>Angus Cerini, Tommy Milliot</t>
   </si>
   <si>
-    <t>Fondre</t>
-[...20 lines deleted...]
-    <t>debbie tucker green</t>
+    <t>FR-Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>La Comédie de Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>25 mars &gt; 27 mars 2026</t>
+  </si>
+  <si>
+    <t>Bois brûlé</t>
+  </si>
+  <si>
+    <t>Marcos Caramés-Blanco</t>
+  </si>
+  <si>
+    <t>FR-Hérouville-Saint-Clair</t>
+  </si>
+  <si>
+    <t>Comédie de Caen</t>
+  </si>
+  <si>
+    <t>25 mars &gt; 26 mars 2026</t>
+  </si>
+  <si>
+    <t>Marcos Caramés-Blanco, Jonathan Mallard</t>
+  </si>
+  <si>
+    <t>25 mars &gt; 28 mars 2026</t>
+  </si>
+  <si>
+    <t>Les Abîmés</t>
+  </si>
+  <si>
+    <t>Catherine Verlaguet</t>
+  </si>
+  <si>
+    <t>FR-Villejuif</t>
+  </si>
+  <si>
+    <t>Théâtre Romain Rolland</t>
+  </si>
+  <si>
+    <t>26 mars &gt; 28 mars 2026</t>
+  </si>
+  <si>
+    <t>Catherine Verlaguet, Bénédicte Guichardon</t>
+  </si>
+  <si>
+    <t>Pour un temps sois peu</t>
+  </si>
+  <si>
+    <t>Laurène Marx</t>
+  </si>
+  <si>
+    <t>CH-Genève</t>
+  </si>
+  <si>
+    <t>Comédie de Genève</t>
+  </si>
+  <si>
+    <t>27 mars &gt; 02 avr. 2026</t>
+  </si>
+  <si>
+    <t>Laurène Marx, Fanny Sintès</t>
+  </si>
+  <si>
+    <t>FR-Huningue</t>
+  </si>
+  <si>
+    <t>Le Triangle - Huningue</t>
+  </si>
+  <si>
+    <t>27 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Alençon</t>
+  </si>
+  <si>
+    <t>Théâtre d'Alençon</t>
+  </si>
+  <si>
+    <t>30 mars &gt; 31 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Aubervilliers</t>
+  </si>
+  <si>
+    <t>La Commune - CDN d’Aubervilliers</t>
+  </si>
+  <si>
+    <t>31 mars &gt; 03 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>Théâtre Joliette</t>
+  </si>
+  <si>
+    <t>Michelle doit-on t'en vouloir d'avoir fait un selfie à Auschwitz ?</t>
+  </si>
+  <si>
+    <t>Sylvain Levey</t>
+  </si>
+  <si>
+    <t>FR-Privas</t>
+  </si>
+  <si>
+    <t>Théâtre de Privas</t>
+  </si>
+  <si>
+    <t>31 mars 2026</t>
+  </si>
+  <si>
+    <t>Sylvain Levey, Franck Regnier</t>
+  </si>
+  <si>
+    <t>Comédie de Colmar</t>
+  </si>
+  <si>
+    <t>31 mars &gt; 02 avr. 2026</t>
+  </si>
+  <si>
+    <t>Les applaudissements ne se mangent pas</t>
+  </si>
+  <si>
+    <t>Maguy Marin, Olivier Neveux</t>
+  </si>
+  <si>
+    <t>FR-Créteil</t>
+  </si>
+  <si>
+    <t>MAC - Maison des Arts de Créteil</t>
+  </si>
+  <si>
+    <t>01 avr. &gt; 02 avr. 2026</t>
+  </si>
+  <si>
+    <t>Maguy Marin</t>
+  </si>
+  <si>
+    <t>FR-Martigues</t>
+  </si>
+  <si>
+    <t>Théâtre des Salins</t>
+  </si>
+  <si>
+    <t>02 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Brest</t>
+  </si>
+  <si>
+    <t>La Maison du Théâtre - Brest</t>
+  </si>
+  <si>
+    <t>03 avr. 2026</t>
+  </si>
+  <si>
+    <t>May B</t>
+  </si>
+  <si>
+    <t>Chaillot - Théâtre national de la Danse</t>
+  </si>
+  <si>
+    <t>08 avr. &gt; 12 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Mulhouse</t>
+  </si>
+  <si>
+    <t>La Filature, Scène nationale de Mulhouse</t>
+  </si>
+  <si>
+    <t>08 avr. &gt; 09 avr. 2026</t>
+  </si>
+  <si>
+    <t>Le Monfort</t>
+  </si>
+  <si>
+    <t>08 avr. &gt; 18 avr. 2026</t>
+  </si>
+  <si>
+    <t>Chère écharpe</t>
+  </si>
+  <si>
+    <t>Sarah Carré</t>
+  </si>
+  <si>
+    <t>FR-Carros</t>
+  </si>
+  <si>
+    <t>Forum Jacques Prévert</t>
+  </si>
+  <si>
+    <t>09 avr. &gt; 10 avr. 2026</t>
+  </si>
+  <si>
+    <t>Sarah Carré, Sophie Mayeux, Sylviane Fortuny</t>
+  </si>
+  <si>
+    <t>FR-Châtenay-Malabry</t>
+  </si>
+  <si>
+    <t>L'azimut</t>
+  </si>
+  <si>
+    <t>10 avr. &gt; 11 avr. 2026</t>
+  </si>
+  <si>
+    <t>Singspiele</t>
+  </si>
+  <si>
+    <t>FR-Boulogne-sur-Mer</t>
+  </si>
+  <si>
+    <t>Le Carré Sam</t>
+  </si>
+  <si>
+    <t>FR-Alès</t>
+  </si>
+  <si>
+    <t>Le Cratère</t>
+  </si>
+  <si>
+    <t>14 avr. 2026</t>
+  </si>
+  <si>
+    <t>15 avr. &gt; 18 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Albi</t>
+  </si>
+  <si>
+    <t>Scène Nationale d'Albi</t>
+  </si>
+  <si>
+    <t>15 avr. 2026</t>
+  </si>
+  <si>
+    <t>Un sacre</t>
   </si>
   <si>
     <t>FR-Saint-Etienne</t>
   </si>
   <si>
     <t>La Comédie de Saint-Étienne</t>
   </si>
   <si>
-    <t>03 mars &gt; 05 mars 2026</t>
-[...475 lines deleted...]
-  <si>
     <t>21 avr. &gt; 24 avr. 2026</t>
   </si>
   <si>
     <t>FR-Aubusson</t>
   </si>
   <si>
     <t>Théâtre Jean Lurçat - Scène nationale d'Aubusson</t>
   </si>
   <si>
     <t>21 avr. &gt; 22 avr. 2026</t>
   </si>
   <si>
     <t>FR-Nevers</t>
   </si>
   <si>
     <t>La Maison</t>
   </si>
   <si>
     <t>23 avr. 2026</t>
   </si>
   <si>
+    <t>La Peur</t>
+  </si>
+  <si>
+    <t>François Hien</t>
+  </si>
+  <si>
+    <t>FR-La Rochelle</t>
+  </si>
+  <si>
+    <t>La Coursive</t>
+  </si>
+  <si>
+    <t>28 avr. &gt; 29 avr. 2026</t>
+  </si>
+  <si>
+    <t>François Hien, Arthur Fourcade</t>
+  </si>
+  <si>
     <t>FR-Château-Arnoux-Saint-Auban</t>
   </si>
   <si>
     <t>Théâtre Durance</t>
   </si>
   <si>
-    <t>28 avr. &gt; 29 avr. 2026</t>
-[...16 lines deleted...]
-  <si>
     <t>FR-Dunkerque</t>
   </si>
   <si>
     <t>Le Bateau Feu</t>
   </si>
   <si>
     <t>05 mai &gt; 06 mai 2026</t>
   </si>
   <si>
     <t>Le Chat sur la photo</t>
   </si>
   <si>
     <t>FR-Bourges</t>
   </si>
   <si>
     <t>Maison de la Culture de Bourges</t>
   </si>
   <si>
     <t>06 mai 2026</t>
   </si>
   <si>
     <t>Antonio Carmona, Odile Grosset-Grange</t>
   </si>
   <si>
     <t>Lumières, Lumières, Lumières</t>
@@ -704,57 +668,54 @@
   <si>
     <t>Florent Siaud, Evelyne De La Chenelière</t>
   </si>
   <si>
     <t>FR-Vire</t>
   </si>
   <si>
     <t>Le Préau</t>
   </si>
   <si>
     <t>13 mai &gt; 21 mai 2026</t>
   </si>
   <si>
     <t>FR-Evreux</t>
   </si>
   <si>
     <t>Le Tangram</t>
   </si>
   <si>
     <t>18 mai 2026</t>
   </si>
   <si>
     <t>FR-Amiens</t>
   </si>
   <si>
-    <t>Comédie de Picardie</t>
+    <t>Maison de la Culture d'Amiens</t>
   </si>
   <si>
     <t>20 mai &gt; 21 mai 2026</t>
-  </si>
-[...1 lines deleted...]
-    <t>Maison de la Culture d'Amiens</t>
   </si>
   <si>
     <t>FR-Châlons-en-Champagne</t>
   </si>
   <si>
     <t>La Comète</t>
   </si>
   <si>
     <t>21 mai &gt; 22 mai 2026</t>
   </si>
   <si>
     <t>26 mai &gt; 30 mai 2026</t>
   </si>
   <si>
     <t>FR-Lomme</t>
   </si>
   <si>
     <t>Maison Folie Beaulieu</t>
   </si>
   <si>
     <t>28 mai 2026</t>
   </si>
   <si>
     <t>La clairière</t>
   </si>
@@ -1106,54 +1067,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G63"/>
+  <dimension ref="A1:G60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G63"/>
+      <selection activeCell="A1" sqref="A1:G60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="52.987" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -1166,1452 +1127,1383 @@
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="C3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="1" t="s">
+      <c r="E3" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="F3" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="F3" s="1" t="s">
+      <c r="G3" s="1" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="1" t="s">
+      <c r="E4" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="F4" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="F4" s="1" t="s">
+      <c r="G4" s="1" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D5" s="1" t="s">
+      <c r="E5" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="1" t="s">
+      <c r="E6" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="E6" s="1" t="s">
+      <c r="F6" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="F6" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G6" s="1" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="E7" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="C7" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E7" s="1" t="s">
+      <c r="F7" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="F7" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G7" s="1" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D8" s="1" t="s">
+      <c r="F8" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="E8" s="1" t="s">
+      <c r="G8" s="1" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D9" s="1"/>
+      <c r="E9" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="F9" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="C9" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G9" s="1" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D11" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="E11" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="C11" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D11" s="1" t="s">
+      <c r="F11" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="E11" s="1" t="s">
+      <c r="G11" s="1" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="E12" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="F12" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="C12" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G12" s="1" t="s">
-        <v>63</v>
+        <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E13" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="F13" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...3 lines deleted...]
-      <c r="E13" s="1" t="s">
+      <c r="G13" s="1" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E14" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="F14" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="C14" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E14" s="1" t="s">
+      <c r="G14" s="1" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>67</v>
+        <v>7</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>68</v>
+        <v>8</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>44</v>
+        <v>74</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>45</v>
+        <v>75</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>76</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>68</v>
+        <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
         <v>77</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>78</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>79</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>80</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>81</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D17" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="E17" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="C17" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D17" s="1" t="s">
+      <c r="F17" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="E17" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G17" s="1" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="E18" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="F18" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="C18" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="1" t="s">
+      <c r="G18" s="1" t="s">
         <v>91</v>
-      </c>
-[...7 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="F19" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="B19" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G19" s="1" t="s">
-        <v>97</v>
+        <v>73</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="E20" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="F20" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="G20" s="1" t="s">
         <v>99</v>
-      </c>
-[...13 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="F22" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="E22" s="1" t="s">
+      <c r="G22" s="1" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>110</v>
+        <v>46</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>111</v>
+        <v>47</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>112</v>
+        <v>15</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>113</v>
+        <v>16</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>114</v>
+        <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>57</v>
+        <v>110</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>58</v>
+        <v>111</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="G24" s="1" t="s">
         <v>115</v>
-      </c>
-[...7 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D25" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="E25" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="C25" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D25" s="1" t="s">
+      <c r="F25" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="E25" s="1" t="s">
+      <c r="G25" s="1" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>43</v>
+        <v>7</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="F26" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="E26" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G26" s="1" t="s">
-        <v>47</v>
+        <v>8</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>67</v>
+        <v>31</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>68</v>
+        <v>32</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>50</v>
+        <v>125</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>51</v>
+        <v>126</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>127</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>68</v>
+        <v>32</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D28" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="E28" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="C28" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D28" s="1" t="s">
+      <c r="F28" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="E28" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G28" s="1" t="s">
-        <v>133</v>
+        <v>99</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>134</v>
+        <v>46</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>135</v>
+        <v>47</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>139</v>
+        <v>47</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>57</v>
+        <v>133</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>58</v>
+        <v>134</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>58</v>
+        <v>138</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>143</v>
+        <v>86</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>144</v>
+        <v>87</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>145</v>
+        <v>10</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>148</v>
+        <v>91</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>110</v>
+        <v>141</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>111</v>
+        <v>142</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>114</v>
+        <v>146</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
-        <v>67</v>
+        <v>25</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>68</v>
+        <v>26</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>158</v>
+        <v>142</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>159</v>
+        <v>21</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>162</v>
+        <v>146</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>43</v>
+        <v>86</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>27</v>
+        <v>87</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>47</v>
+        <v>91</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>166</v>
+        <v>21</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>57</v>
+        <v>161</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>58</v>
+        <v>162</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>16</v>
+        <v>163</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>58</v>
+        <v>166</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
-        <v>110</v>
+        <v>36</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>111</v>
+        <v>37</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>114</v>
+        <v>37</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>158</v>
+        <v>142</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>175</v>
+        <v>154</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>162</v>
+        <v>146</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
-        <v>177</v>
+        <v>7</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>178</v>
+        <v>8</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>181</v>
+        <v>169</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>182</v>
+        <v>8</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="1" t="s">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>63</v>
+        <v>47</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>184</v>
+        <v>174</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>185</v>
+        <v>175</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>63</v>
+        <v>47</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="1" t="s">
-        <v>186</v>
+        <v>141</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>158</v>
+        <v>142</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>175</v>
+        <v>154</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>185</v>
+        <v>176</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>162</v>
+        <v>146</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="1" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>189</v>
+        <v>179</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="1" t="s">
-        <v>157</v>
+        <v>180</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>158</v>
+        <v>26</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>16</v>
+        <v>181</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>162</v>
+        <v>30</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="1" t="s">
-        <v>83</v>
+        <v>110</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>84</v>
+        <v>111</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>88</v>
+        <v>115</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="1" t="s">
-        <v>194</v>
+        <v>13</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>34</v>
+        <v>187</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>35</v>
+        <v>188</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="1" t="s">
-        <v>128</v>
+        <v>190</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>129</v>
+        <v>191</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>133</v>
+        <v>195</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="1" t="s">
-        <v>48</v>
+        <v>95</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>49</v>
+        <v>96</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>53</v>
+        <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="1" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>206</v>
+        <v>65</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>204</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="1" t="s">
-        <v>48</v>
+        <v>206</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>49</v>
+        <v>207</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D52" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>210</v>
-      </c>
-[...7 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="E53" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="F53" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="B53" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G53" s="1" t="s">
-        <v>217</v>
+        <v>99</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="1" t="s">
-        <v>218</v>
+        <v>31</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>219</v>
+        <v>32</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>16</v>
+        <v>214</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>222</v>
+        <v>32</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="1" t="s">
-        <v>20</v>
+        <v>180</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="1" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="1" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>229</v>
+        <v>112</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>230</v>
+        <v>113</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>231</v>
+        <v>223</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>47</v>
+        <v>205</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="1" t="s">
-        <v>194</v>
+        <v>70</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>47</v>
+        <v>73</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="1" t="s">
-        <v>62</v>
+        <v>227</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>63</v>
+        <v>231</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="1" t="s">
-        <v>213</v>
+        <v>70</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>78</v>
+        <v>56</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>130</v>
+        <v>232</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>131</v>
+        <v>233</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>217</v>
-[...68 lines deleted...]
-        <v>97</v>
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>