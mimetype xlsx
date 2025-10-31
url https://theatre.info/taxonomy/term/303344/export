--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -12,157 +12,133 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="L&amp;#039;Œil du Prince" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
+    <t>Méduses</t>
+  </si>
+  <si>
+    <t>Mélie Néel</t>
+  </si>
+  <si>
+    <t>L'Œil du Prince</t>
+  </si>
+  <si>
+    <t>FR-Strasbourg</t>
+  </si>
+  <si>
+    <t>TAPS</t>
+  </si>
+  <si>
+    <t>13 nov. &gt; 14 nov. 2025</t>
+  </si>
+  <si>
+    <t>Mélie Néel, Noémie Schreiber, Cécile Roqué Alsina</t>
+  </si>
+  <si>
+    <t>Cosmos</t>
+  </si>
+  <si>
+    <t>Kevin Keiss, Maëlle Poésy</t>
+  </si>
+  <si>
+    <t>FR-Chambéry</t>
+  </si>
+  <si>
+    <t>Malraux - scène nationale Chambéry Savoie</t>
+  </si>
+  <si>
+    <t>26 nov. &gt; 28 nov. 2025</t>
+  </si>
+  <si>
+    <t>Maëlle Poésy</t>
+  </si>
+  <si>
     <t>Psychodrame</t>
   </si>
   <si>
     <t>Lisa Guez</t>
   </si>
   <si>
-    <t>L'Œil du Prince</t>
-[...11 lines deleted...]
-    <t>Désobéir</t>
+    <t>FR-Chevilly-Larue</t>
+  </si>
+  <si>
+    <t>Théâtre André Malraux de Chevilly-Larue</t>
+  </si>
+  <si>
+    <t>28 nov. 2025</t>
+  </si>
+  <si>
+    <t>La Tendresse</t>
   </si>
   <si>
     <t>Alice Zeniter, Julie Bérès, Kevin Keiss, Lisa Guez</t>
   </si>
   <si>
-    <t>FR-Perpignan</t>
-[...58 lines deleted...]
-  <si>
     <t>FR-Forbach</t>
   </si>
   <si>
     <t>Le Carreau</t>
   </si>
   <si>
     <t>04 déc. 2025</t>
   </si>
   <si>
     <t>Julie Bérès, Kevin Keiss, Lisa Guez, Alice Zeniter</t>
   </si>
   <si>
     <t>Loin dans la mer</t>
   </si>
   <si>
     <t>05 déc. 2025</t>
   </si>
   <si>
     <t>Hans Christian Andersen, Lisa Guez</t>
   </si>
   <si>
     <t>FR-Bar-le-Duc</t>
   </si>
   <si>
     <t>ACB - Scène nationale de Bar-le-Duc</t>
@@ -281,66 +257,66 @@
   <si>
     <t>Les Femmes de Barbe-Bleue</t>
   </si>
   <si>
     <t>FR-Toulouse</t>
   </si>
   <si>
     <t>ThéâtredelaCité</t>
   </si>
   <si>
     <t>31 mars &gt; 03 avr. 2026</t>
   </si>
   <si>
     <t>Lisa Guez, Valentine Krasnochok</t>
   </si>
   <si>
     <t>FR-Lieusaint</t>
   </si>
   <si>
     <t>Théâtre-Sénart, Scène nationale</t>
   </si>
   <si>
     <t>14 avr. &gt; 16 avr. 2026</t>
   </si>
   <si>
-    <t>FR-Besançon</t>
-[...7 lines deleted...]
-  <si>
     <t>FR-Dijon</t>
   </si>
   <si>
     <t>Théâtre Dijon Bourgogne [TDB]</t>
   </si>
   <si>
     <t>21 avr. &gt; 24 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Annecy</t>
+  </si>
+  <si>
+    <t>Bonlieu Scène nationale</t>
+  </si>
+  <si>
+    <t>28 avr. &gt; 29 avr. 2026</t>
   </si>
   <si>
     <t>FR-Orléans</t>
   </si>
   <si>
     <t>Théâtre d'Orléans</t>
   </si>
   <si>
     <t>12 mai &gt; 13 mai 2026</t>
   </si>
   <si>
     <t>FR-Angoulême</t>
   </si>
   <si>
     <t>Théâtre d'Angoulême</t>
   </si>
   <si>
     <t>19 mai 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -665,54 +641,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G24"/>
+  <dimension ref="A1:G22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G24"/>
+      <selection activeCell="A1" sqref="A1:G22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="60.128" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -725,553 +701,507 @@
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="G4" s="1" t="s">
         <v>21</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="B6" s="1"/>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="E6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="F6" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="F6" s="1" t="s">
+      <c r="G6" s="1" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="B7" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D7" s="1" t="s">
+      <c r="E7" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="E7" s="1" t="s">
+      <c r="F7" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="F7" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G7" s="1" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B8" s="1"/>
-[...5 lines deleted...]
-      </c>
       <c r="E8" s="1" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>43</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>44</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
         <v>45</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>48</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="G10" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G10" s="1"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E11" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>55</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>56</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="G12" s="1"/>
+      <c r="G12" s="1" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>59</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>61</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>63</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>64</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>65</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="E15" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D15" s="1" t="s">
+      <c r="F15" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="E15" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G15" s="1" t="s">
-        <v>67</v>
+        <v>51</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>7</v>
+        <v>69</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="F16" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="E16" s="1" t="s">
+      <c r="G16" s="1" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>59</v>
+        <v>21</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>75</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>76</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>59</v>
+        <v>77</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
       <c r="B18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D18" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="C18" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E18" s="1" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>80</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D19" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="B19" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D19" s="1" t="s">
+      <c r="E19" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="E19" s="1" t="s">
+      <c r="F19" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="F19" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G19" s="1" t="s">
-        <v>85</v>
+        <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="F20" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="E20" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G20" s="1" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="F21" s="1" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="F22" s="1" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>30</v>
-      </c>
-[...44 lines deleted...]
-        <v>38</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>