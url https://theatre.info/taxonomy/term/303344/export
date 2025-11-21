--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -12,100 +12,82 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="L&amp;#039;Œil du Prince" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
-    <t>Méduses</t>
-[...2 lines deleted...]
-    <t>Mélie Néel</t>
+    <t>Cosmos</t>
+  </si>
+  <si>
+    <t>Kevin Keiss, Maëlle Poésy</t>
   </si>
   <si>
     <t>L'Œil du Prince</t>
   </si>
   <si>
-    <t>FR-Strasbourg</t>
-[...16 lines deleted...]
-  <si>
     <t>FR-Chambéry</t>
   </si>
   <si>
     <t>Malraux - scène nationale Chambéry Savoie</t>
   </si>
   <si>
     <t>26 nov. &gt; 28 nov. 2025</t>
   </si>
   <si>
     <t>Maëlle Poésy</t>
   </si>
   <si>
     <t>Psychodrame</t>
   </si>
   <si>
     <t>Lisa Guez</t>
   </si>
   <si>
     <t>FR-Chevilly-Larue</t>
   </si>
   <si>
     <t>Théâtre André Malraux de Chevilly-Larue</t>
   </si>
   <si>
     <t>28 nov. 2025</t>
@@ -188,72 +170,72 @@
   <si>
     <t>Nous étions la forêt</t>
   </si>
   <si>
     <t>Agathe Charnet</t>
   </si>
   <si>
     <t>FR-Vire</t>
   </si>
   <si>
     <t>Le Préau</t>
   </si>
   <si>
     <t>04 févr. &gt; 05 févr. 2026</t>
   </si>
   <si>
     <t>FR-Martigues</t>
   </si>
   <si>
     <t>Théâtre des Salins</t>
   </si>
   <si>
     <t>06 févr. 2026</t>
   </si>
   <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Théâtre 13</t>
+  </si>
+  <si>
+    <t>10 févr. &gt; 20 févr. 2026</t>
+  </si>
+  <si>
     <t>La Famille</t>
   </si>
   <si>
     <t>Samuel Benchetrit</t>
   </si>
   <si>
     <t>FR-Marseille</t>
   </si>
   <si>
     <t>Théâtre du Gymnase</t>
   </si>
   <si>
     <t>10 févr. &gt; 14 févr. 2026</t>
-  </si>
-[...7 lines deleted...]
-    <t>10 févr. &gt; 20 févr. 2026</t>
   </si>
   <si>
     <t>FR-Brive</t>
   </si>
   <si>
     <t>L'Empreinte - Scène nationale Brive-Tulle</t>
   </si>
   <si>
     <t>12 mars &gt; 13 mars 2026</t>
   </si>
   <si>
     <t>Douze hommes en colère</t>
   </si>
   <si>
     <t>Reginald Rose</t>
   </si>
   <si>
     <t>17 mars &gt; 21 mars 2026</t>
   </si>
   <si>
     <t>Reginald Rose, Charles Tordjman</t>
   </si>
   <si>
     <t>Les Femmes de Barbe-Bleue</t>
   </si>
@@ -641,54 +623,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G22"/>
+  <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G22"/>
+      <selection activeCell="A1" sqref="A1:G21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="60.128" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -724,484 +706,461 @@
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="1" t="s">
+      <c r="E4" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="F4" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="F4" s="1" t="s">
+      <c r="G4" s="1" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="B5" s="1"/>
+      <c r="C5" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>27</v>
-      </c>
-[...7 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="B6" s="1"/>
+        <v>19</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>20</v>
+      </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="E7" s="1" t="s">
+      <c r="F7" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="F7" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G7" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="E8" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="F8" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="C8" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G8" s="1" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E9" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="E9" s="1" t="s">
+      <c r="F9" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="F9" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G9" s="1"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C10" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D10" s="1" t="s">
+      <c r="E10" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="E10" s="1" t="s">
+      <c r="F10" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="F10" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G10" s="1"/>
+      <c r="G10" s="1" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E11" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="F11" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="C11" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G11" s="1" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="E13" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="F13" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G13" s="1" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="G15" s="1" t="s">
         <v>66</v>
-      </c>
-[...7 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E16" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="F16" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C16" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F16" s="1" t="s">
+      <c r="G16" s="1" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="E17" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="B17" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D17" s="1" t="s">
+      <c r="F17" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="E17" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G17" s="1" t="s">
-        <v>77</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>30</v>
-[...22 lines deleted...]
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>