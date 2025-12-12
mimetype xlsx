--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -12,275 +12,230 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="L&amp;#039;Œil du Prince" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
+    <t>Les liaisons dangereuses</t>
+  </si>
+  <si>
+    <t>Arnaud Denis</t>
+  </si>
+  <si>
+    <t>L'Œil du Prince</t>
+  </si>
+  <si>
+    <t>FR-Amiens</t>
+  </si>
+  <si>
+    <t>Comédie de Picardie</t>
+  </si>
+  <si>
+    <t>07 janv. &gt; 09 janv. 2026</t>
+  </si>
+  <si>
+    <t>La Tendresse</t>
+  </si>
+  <si>
+    <t>Alice Zeniter, Julie Bérès, Kevin Keiss, Lisa Guez</t>
+  </si>
+  <si>
+    <t>FR-Dieppe</t>
+  </si>
+  <si>
+    <t>DSN - Dieppe Scène Nationale</t>
+  </si>
+  <si>
+    <t>09 janv. &gt; 10 janv. 2026</t>
+  </si>
+  <si>
+    <t>Julie Bérès, Kevin Keiss, Lisa Guez, Alice Zeniter</t>
+  </si>
+  <si>
+    <t>“Qu’il fait beau cela vous suffit”</t>
+  </si>
+  <si>
+    <t>Mélanie Charvy, Millie Duyé</t>
+  </si>
+  <si>
+    <t>FR-Valenciennes</t>
+  </si>
+  <si>
+    <t>Le Phénix Scène Nationale</t>
+  </si>
+  <si>
+    <t>29 janv. &gt; 30 janv. 2026</t>
+  </si>
+  <si>
+    <t>Nous étions la forêt</t>
+  </si>
+  <si>
+    <t>Agathe Charnet</t>
+  </si>
+  <si>
+    <t>FR-Vire</t>
+  </si>
+  <si>
+    <t>Le Préau</t>
+  </si>
+  <si>
+    <t>04 févr. &gt; 05 févr. 2026</t>
+  </si>
+  <si>
+    <t>Psychodrame</t>
+  </si>
+  <si>
+    <t>Lisa Guez</t>
+  </si>
+  <si>
+    <t>FR-Martigues</t>
+  </si>
+  <si>
+    <t>Théâtre des Salins</t>
+  </si>
+  <si>
+    <t>06 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Théâtre 13</t>
+  </si>
+  <si>
+    <t>10 févr. &gt; 20 févr. 2026</t>
+  </si>
+  <si>
+    <t>La Famille</t>
+  </si>
+  <si>
+    <t>Samuel Benchetrit</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>Théâtre du Gymnase</t>
+  </si>
+  <si>
+    <t>10 févr. &gt; 14 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Brive</t>
+  </si>
+  <si>
+    <t>L'Empreinte - Scène nationale Brive-Tulle</t>
+  </si>
+  <si>
+    <t>12 mars &gt; 13 mars 2026</t>
+  </si>
+  <si>
+    <t>Douze hommes en colère</t>
+  </si>
+  <si>
+    <t>Reginald Rose</t>
+  </si>
+  <si>
+    <t>17 mars &gt; 21 mars 2026</t>
+  </si>
+  <si>
+    <t>Reginald Rose, Charles Tordjman</t>
+  </si>
+  <si>
+    <t>Les Femmes de Barbe-Bleue</t>
+  </si>
+  <si>
+    <t>FR-Toulouse</t>
+  </si>
+  <si>
+    <t>ThéâtredelaCité</t>
+  </si>
+  <si>
+    <t>31 mars &gt; 03 avr. 2026</t>
+  </si>
+  <si>
+    <t>Lisa Guez, Valentine Krasnochok</t>
+  </si>
+  <si>
     <t>Cosmos</t>
   </si>
   <si>
     <t>Kevin Keiss, Maëlle Poésy</t>
   </si>
   <si>
-    <t>L'Œil du Prince</t>
-[...8 lines deleted...]
-    <t>26 nov. &gt; 28 nov. 2025</t>
+    <t>FR-Lieusaint</t>
+  </si>
+  <si>
+    <t>Théâtre-Sénart, Scène nationale</t>
+  </si>
+  <si>
+    <t>14 avr. &gt; 16 avr. 2026</t>
   </si>
   <si>
     <t>Maëlle Poésy</t>
-  </si>
-[...181 lines deleted...]
-    <t>14 avr. &gt; 16 avr. 2026</t>
   </si>
   <si>
     <t>FR-Dijon</t>
   </si>
   <si>
     <t>Théâtre Dijon Bourgogne [TDB]</t>
   </si>
   <si>
     <t>21 avr. &gt; 24 avr. 2026</t>
   </si>
   <si>
     <t>FR-Annecy</t>
   </si>
   <si>
     <t>Bonlieu Scène nationale</t>
   </si>
   <si>
     <t>28 avr. &gt; 29 avr. 2026</t>
   </si>
   <si>
     <t>FR-Orléans</t>
   </si>
   <si>
     <t>Théâtre d'Orléans</t>
   </si>
@@ -623,544 +578,431 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G21"/>
+  <dimension ref="A1:G16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G21"/>
+      <selection activeCell="A1" sqref="A1:G16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="60.128" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="C3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="1" t="s">
+      <c r="E3" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="F3" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="F3" s="1" t="s">
+      <c r="G3" s="1" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="G4" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G4" s="1"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="B5" s="1"/>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F6" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F8" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G9" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="E10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="F10" s="1" t="s">
+      <c r="G10" s="1" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>14</v>
+        <v>49</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="B13" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="F13" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>64</v>
+        <v>14</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>71</v>
-[...114 lines deleted...]
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>