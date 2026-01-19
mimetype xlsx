--- v3 (2025-12-12)
+++ v4 (2026-01-19)
@@ -12,266 +12,311 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="L&amp;#039;Œil du Prince" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
-    <t>Les liaisons dangereuses</t>
-[...2 lines deleted...]
-    <t>Arnaud Denis</t>
+    <t>“Qu’il fait beau cela vous suffit”</t>
+  </si>
+  <si>
+    <t>Mélanie Charvy, Millie Duyé</t>
   </si>
   <si>
     <t>L'Œil du Prince</t>
   </si>
   <si>
-    <t>FR-Amiens</t>
-[...5 lines deleted...]
-    <t>07 janv. &gt; 09 janv. 2026</t>
+    <t>FR-Valenciennes</t>
+  </si>
+  <si>
+    <t>Le Phénix Scène Nationale</t>
+  </si>
+  <si>
+    <t>29 janv. &gt; 30 janv. 2026</t>
+  </si>
+  <si>
+    <t>Nous étions la forêt</t>
+  </si>
+  <si>
+    <t>Agathe Charnet</t>
+  </si>
+  <si>
+    <t>FR-Vire</t>
+  </si>
+  <si>
+    <t>Le Préau</t>
+  </si>
+  <si>
+    <t>04 févr. &gt; 05 févr. 2026</t>
+  </si>
+  <si>
+    <t>Psychodrame</t>
+  </si>
+  <si>
+    <t>Lisa Guez</t>
+  </si>
+  <si>
+    <t>FR-Martigues</t>
+  </si>
+  <si>
+    <t>Théâtre des Salins</t>
+  </si>
+  <si>
+    <t>06 févr. 2026</t>
+  </si>
+  <si>
+    <t>La Famille</t>
+  </si>
+  <si>
+    <t>Samuel Benchetrit</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>Théâtre du Gymnase</t>
+  </si>
+  <si>
+    <t>10 févr. &gt; 14 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Théâtre 13</t>
+  </si>
+  <si>
+    <t>10 févr. &gt; 20 févr. 2026</t>
+  </si>
+  <si>
+    <t>Psicofonía</t>
+  </si>
+  <si>
+    <t>Espace Marcel Carné</t>
+  </si>
+  <si>
+    <t>10 mars 2026</t>
+  </si>
+  <si>
+    <t>Faustine Noguès</t>
+  </si>
+  <si>
+    <t>Anatomie d’un suicide</t>
+  </si>
+  <si>
+    <t>Alice Birch</t>
+  </si>
+  <si>
+    <t>FR-Reims</t>
+  </si>
+  <si>
+    <t>Comédie - CDN de Reims</t>
+  </si>
+  <si>
+    <t>11 mars &gt; 12 mars 2026</t>
+  </si>
+  <si>
+    <t>Alice Birch, Christophe Rauck</t>
+  </si>
+  <si>
+    <t>FR-Brive</t>
+  </si>
+  <si>
+    <t>L'Empreinte - Scène nationale Brive-Tulle</t>
+  </si>
+  <si>
+    <t>12 mars &gt; 13 mars 2026</t>
+  </si>
+  <si>
+    <t>Douze hommes en colère</t>
+  </si>
+  <si>
+    <t>Reginald Rose</t>
+  </si>
+  <si>
+    <t>17 mars &gt; 21 mars 2026</t>
+  </si>
+  <si>
+    <t>Reginald Rose, Charles Tordjman</t>
+  </si>
+  <si>
+    <t>FR-Saint-Etienne</t>
+  </si>
+  <si>
+    <t>La Comédie de Saint-Étienne</t>
+  </si>
+  <si>
+    <t>18 mars &gt; 19 mars 2026</t>
+  </si>
+  <si>
+    <t>Les Femmes de Barbe-Bleue</t>
+  </si>
+  <si>
+    <t>FR-Toulouse</t>
+  </si>
+  <si>
+    <t>ThéâtredelaCité</t>
+  </si>
+  <si>
+    <t>31 mars &gt; 03 avr. 2026</t>
+  </si>
+  <si>
+    <t>Lisa Guez, Valentine Krasnochok</t>
+  </si>
+  <si>
+    <t>FR-Rennes</t>
+  </si>
+  <si>
+    <t>TNB</t>
+  </si>
+  <si>
+    <t>01 avr. &gt; 09 avr. 2026</t>
+  </si>
+  <si>
+    <t>Théâtre de la Cité internationale</t>
+  </si>
+  <si>
+    <t>02 avr. &gt; 13 avr. 2026</t>
+  </si>
+  <si>
+    <t>Cosmos</t>
+  </si>
+  <si>
+    <t>Kevin Keiss, Maëlle Poésy</t>
+  </si>
+  <si>
+    <t>FR-Lieusaint</t>
+  </si>
+  <si>
+    <t>Théâtre-Sénart, Scène nationale</t>
+  </si>
+  <si>
+    <t>14 avr. &gt; 16 avr. 2026</t>
+  </si>
+  <si>
+    <t>Maëlle Poésy</t>
+  </si>
+  <si>
+    <t>FR-Vélizy-Villacoublay</t>
+  </si>
+  <si>
+    <t>L'Onde Théâtre Centre d'Art</t>
+  </si>
+  <si>
+    <t>15 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Dijon</t>
+  </si>
+  <si>
+    <t>Théâtre Dijon Bourgogne [TDB]</t>
+  </si>
+  <si>
+    <t>21 avr. &gt; 24 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Annecy</t>
+  </si>
+  <si>
+    <t>Bonlieu Scène nationale</t>
+  </si>
+  <si>
+    <t>28 avr. &gt; 29 avr. 2026</t>
   </si>
   <si>
     <t>La Tendresse</t>
   </si>
   <si>
     <t>Alice Zeniter, Julie Bérès, Kevin Keiss, Lisa Guez</t>
   </si>
   <si>
-    <t>FR-Dieppe</t>
-[...5 lines deleted...]
-    <t>09 janv. &gt; 10 janv. 2026</t>
+    <t>FR-Orléans</t>
+  </si>
+  <si>
+    <t>Théâtre d'Orléans</t>
+  </si>
+  <si>
+    <t>12 mai &gt; 13 mai 2026</t>
   </si>
   <si>
     <t>Julie Bérès, Kevin Keiss, Lisa Guez, Alice Zeniter</t>
   </si>
   <si>
-    <t>“Qu’il fait beau cela vous suffit”</t>
-[...146 lines deleted...]
-    <t>12 mai &gt; 13 mai 2026</t>
+    <t>FR-Aurillac</t>
+  </si>
+  <si>
+    <t>Théâtre d'Aurillac</t>
+  </si>
+  <si>
+    <t>19 mai 2026</t>
   </si>
   <si>
     <t>FR-Angoulême</t>
   </si>
   <si>
     <t>Théâtre d'Angoulême</t>
-  </si>
-[...1 lines deleted...]
-    <t>19 mai 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -578,431 +623,538 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G16"/>
+  <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G16"/>
+      <selection activeCell="A1" sqref="A1:G21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="60.128" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G2" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G2" s="1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C4" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="1" t="s">
+      <c r="E4" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="F4" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="F4" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G4" s="1"/>
+      <c r="G4" s="1" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D5" s="1" t="s">
+      <c r="E5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="F5" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G5" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E6" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="F6" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="C6" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G6" s="1" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="B7" s="1"/>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="D7" s="1"/>
+      <c r="E7" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>34</v>
-      </c>
-[...7 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="E8" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="C8" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D8" s="1" t="s">
+      <c r="F8" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="E8" s="1" t="s">
+      <c r="G8" s="1" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E9" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="E9" s="1" t="s">
+      <c r="F9" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="F9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G9" s="1" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C10" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F10" s="1" t="s">
+      <c r="G10" s="1" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E11" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D11" s="1" t="s">
+      <c r="F11" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="E11" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G11" s="1" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="G12" s="1" t="s">
         <v>55</v>
-      </c>
-[...13 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>55</v>
+        <v>36</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="B14" s="1"/>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>63</v>
+        <v>28</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="G15" s="1" t="s">
         <v>66</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="E16" s="1" t="s">
+      <c r="G16" s="1" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7">
+      <c r="A17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D17" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="F16" s="1" t="s">
+      <c r="E17" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="G16" s="1" t="s">
-        <v>18</v>
+      <c r="F17" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7">
+      <c r="A18" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7">
+      <c r="A19" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7">
+      <c r="A20" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B20" s="1"/>
+      <c r="C20" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7">
+      <c r="A21" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>81</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>