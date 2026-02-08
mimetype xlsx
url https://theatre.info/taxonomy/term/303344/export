--- v4 (2026-01-19)
+++ v5 (2026-02-08)
@@ -12,175 +12,142 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="L&amp;#039;Œil du Prince" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
-    <t>“Qu’il fait beau cela vous suffit”</t>
-[...2 lines deleted...]
-    <t>Mélanie Charvy, Millie Duyé</t>
+    <t>La Famille</t>
+  </si>
+  <si>
+    <t>Samuel Benchetrit</t>
   </si>
   <si>
     <t>L'Œil du Prince</t>
   </si>
   <si>
-    <t>FR-Valenciennes</t>
-[...5 lines deleted...]
-    <t>29 janv. &gt; 30 janv. 2026</t>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>Théâtre du Gymnase</t>
+  </si>
+  <si>
+    <t>10 févr. &gt; 14 févr. 2026</t>
+  </si>
+  <si>
+    <t>Psychodrame</t>
+  </si>
+  <si>
+    <t>Lisa Guez</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Théâtre 13</t>
+  </si>
+  <si>
+    <t>10 févr. &gt; 20 févr. 2026</t>
+  </si>
+  <si>
+    <t>Psicofonía</t>
+  </si>
+  <si>
+    <t>Espace Marcel Carné</t>
+  </si>
+  <si>
+    <t>10 mars 2026</t>
+  </si>
+  <si>
+    <t>Faustine Noguès</t>
+  </si>
+  <si>
+    <t>Anatomie d’un suicide</t>
+  </si>
+  <si>
+    <t>Alice Birch</t>
+  </si>
+  <si>
+    <t>FR-Reims</t>
+  </si>
+  <si>
+    <t>Comédie - CDN de Reims</t>
+  </si>
+  <si>
+    <t>11 mars &gt; 12 mars 2026</t>
+  </si>
+  <si>
+    <t>Alice Birch, Christophe Rauck</t>
   </si>
   <si>
     <t>Nous étions la forêt</t>
   </si>
   <si>
     <t>Agathe Charnet</t>
   </si>
   <si>
-    <t>FR-Vire</t>
-[...76 lines deleted...]
-  <si>
     <t>FR-Brive</t>
   </si>
   <si>
     <t>L'Empreinte - Scène nationale Brive-Tulle</t>
   </si>
   <si>
     <t>12 mars &gt; 13 mars 2026</t>
   </si>
   <si>
     <t>Douze hommes en colère</t>
   </si>
   <si>
     <t>Reginald Rose</t>
   </si>
   <si>
     <t>17 mars &gt; 21 mars 2026</t>
   </si>
   <si>
     <t>Reginald Rose, Charles Tordjman</t>
   </si>
   <si>
     <t>FR-Saint-Etienne</t>
   </si>
   <si>
     <t>La Comédie de Saint-Étienne</t>
@@ -260,63 +227,63 @@
   <si>
     <t>Bonlieu Scène nationale</t>
   </si>
   <si>
     <t>28 avr. &gt; 29 avr. 2026</t>
   </si>
   <si>
     <t>La Tendresse</t>
   </si>
   <si>
     <t>Alice Zeniter, Julie Bérès, Kevin Keiss, Lisa Guez</t>
   </si>
   <si>
     <t>FR-Orléans</t>
   </si>
   <si>
     <t>Théâtre d'Orléans</t>
   </si>
   <si>
     <t>12 mai &gt; 13 mai 2026</t>
   </si>
   <si>
     <t>Julie Bérès, Kevin Keiss, Lisa Guez, Alice Zeniter</t>
   </si>
   <si>
+    <t>FR-Angoulême</t>
+  </si>
+  <si>
+    <t>Théâtre d'Angoulême</t>
+  </si>
+  <si>
+    <t>19 mai 2026</t>
+  </si>
+  <si>
     <t>FR-Aurillac</t>
   </si>
   <si>
     <t>Théâtre d'Aurillac</t>
-  </si>
-[...7 lines deleted...]
-    <t>Théâtre d'Angoulême</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -623,538 +590,471 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G21"/>
+  <dimension ref="A1:G18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G21"/>
+      <selection activeCell="A1" sqref="A1:G18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="60.128" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G2" s="1"/>
+      <c r="G2" s="1" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="B4" s="1"/>
+      <c r="C4" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="1"/>
+      <c r="E4" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C4" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="1" t="s">
+      <c r="F4" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="G4" s="1" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D5" s="1" t="s">
+      <c r="E5" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E6" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="B7" s="1"/>
+        <v>33</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>34</v>
+      </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D7" s="1"/>
+      <c r="D7" s="1" t="s">
+        <v>10</v>
+      </c>
       <c r="E7" s="1" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>38</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>39</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>42</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>43</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="B10" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="C10" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E10" s="1" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="B11" s="1"/>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="E11" s="1" t="s">
+      <c r="F11" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="F11" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" s="1" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>53</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>54</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>57</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="B14" s="1"/>
+        <v>50</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>51</v>
+      </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>61</v>
+        <v>50</v>
       </c>
       <c r="B15" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D15" s="1" t="s">
+      <c r="E15" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="E15" s="1" t="s">
+      <c r="F15" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="F15" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G15" s="1" t="s">
-        <v>66</v>
+        <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>36</v>
+        <v>66</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>68</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>69</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="G17" s="1" t="s">
         <v>70</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="B18" s="1"/>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="F18" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="E18" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G18" s="1" t="s">
-        <v>66</v>
-[...66 lines deleted...]
-        <v>81</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>