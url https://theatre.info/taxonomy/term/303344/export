--- v5 (2026-02-08)
+++ v6 (2026-02-28)
@@ -12,196 +12,178 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="L&amp;#039;Œil du Prince" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
-    <t>La Famille</t>
-[...2 lines deleted...]
-    <t>Samuel Benchetrit</t>
+    <t>Psicofonía</t>
   </si>
   <si>
     <t>L'Œil du Prince</t>
   </si>
   <si>
+    <t>Espace Marcel Carné</t>
+  </si>
+  <si>
+    <t>10 mars 2026</t>
+  </si>
+  <si>
+    <t>Faustine Noguès</t>
+  </si>
+  <si>
+    <t>Anatomie d’un suicide</t>
+  </si>
+  <si>
+    <t>Alice Birch</t>
+  </si>
+  <si>
+    <t>FR-Reims</t>
+  </si>
+  <si>
+    <t>Comédie - CDN de Reims</t>
+  </si>
+  <si>
+    <t>11 mars &gt; 12 mars 2026</t>
+  </si>
+  <si>
+    <t>Alice Birch, Christophe Rauck</t>
+  </si>
+  <si>
+    <t>Nous étions la forêt</t>
+  </si>
+  <si>
+    <t>Agathe Charnet</t>
+  </si>
+  <si>
+    <t>FR-Brive</t>
+  </si>
+  <si>
+    <t>L'Empreinte - Scène nationale Brive-Tulle</t>
+  </si>
+  <si>
+    <t>12 mars &gt; 13 mars 2026</t>
+  </si>
+  <si>
+    <t>Douze hommes en colère</t>
+  </si>
+  <si>
+    <t>Reginald Rose</t>
+  </si>
+  <si>
     <t>FR-Marseille</t>
   </si>
   <si>
     <t>Théâtre du Gymnase</t>
   </si>
   <si>
-    <t>10 févr. &gt; 14 févr. 2026</t>
-[...2 lines deleted...]
-    <t>Psychodrame</t>
+    <t>17 mars &gt; 21 mars 2026</t>
+  </si>
+  <si>
+    <t>Reginald Rose, Charles Tordjman</t>
+  </si>
+  <si>
+    <t>FR-Saint-Etienne</t>
+  </si>
+  <si>
+    <t>La Comédie de Saint-Étienne</t>
+  </si>
+  <si>
+    <t>18 mars &gt; 19 mars 2026</t>
+  </si>
+  <si>
+    <t>Les Femmes de Barbe-Bleue</t>
   </si>
   <si>
     <t>Lisa Guez</t>
   </si>
   <si>
+    <t>FR-Toulouse</t>
+  </si>
+  <si>
+    <t>ThéâtredelaCité</t>
+  </si>
+  <si>
+    <t>31 mars &gt; 03 avr. 2026</t>
+  </si>
+  <si>
+    <t>Lisa Guez, Valentine Krasnochok</t>
+  </si>
+  <si>
+    <t>FR-Rennes</t>
+  </si>
+  <si>
+    <t>TNB</t>
+  </si>
+  <si>
+    <t>01 avr. &gt; 09 avr. 2026</t>
+  </si>
+  <si>
     <t>FR-Paris</t>
   </si>
   <si>
-    <t>Théâtre 13</t>
-[...94 lines deleted...]
-  <si>
     <t>Théâtre de la Cité internationale</t>
   </si>
   <si>
     <t>02 avr. &gt; 13 avr. 2026</t>
   </si>
   <si>
     <t>Cosmos</t>
   </si>
   <si>
     <t>Kevin Keiss, Maëlle Poésy</t>
   </si>
   <si>
     <t>FR-Lieusaint</t>
   </si>
   <si>
     <t>Théâtre-Sénart, Scène nationale</t>
   </si>
   <si>
     <t>14 avr. &gt; 16 avr. 2026</t>
   </si>
   <si>
     <t>Maëlle Poésy</t>
   </si>
   <si>
     <t>FR-Vélizy-Villacoublay</t>
@@ -227,63 +209,63 @@
   <si>
     <t>Bonlieu Scène nationale</t>
   </si>
   <si>
     <t>28 avr. &gt; 29 avr. 2026</t>
   </si>
   <si>
     <t>La Tendresse</t>
   </si>
   <si>
     <t>Alice Zeniter, Julie Bérès, Kevin Keiss, Lisa Guez</t>
   </si>
   <si>
     <t>FR-Orléans</t>
   </si>
   <si>
     <t>Théâtre d'Orléans</t>
   </si>
   <si>
     <t>12 mai &gt; 13 mai 2026</t>
   </si>
   <si>
     <t>Julie Bérès, Kevin Keiss, Lisa Guez, Alice Zeniter</t>
   </si>
   <si>
+    <t>FR-Aurillac</t>
+  </si>
+  <si>
+    <t>Théâtre d'Aurillac</t>
+  </si>
+  <si>
+    <t>19 mai 2026</t>
+  </si>
+  <si>
     <t>FR-Angoulême</t>
   </si>
   <si>
     <t>Théâtre d'Angoulême</t>
-  </si>
-[...7 lines deleted...]
-    <t>Théâtre d'Aurillac</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -590,471 +572,425 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G18"/>
+  <dimension ref="A1:G16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G18"/>
+      <selection activeCell="A1" sqref="A1:G16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="60.128" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="B2" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B2" s="1"/>
       <c r="C2" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D2" s="1" t="s">
+      <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="E2" s="1" t="s">
+      <c r="G2" s="1" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="C3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="1" t="s">
+      <c r="E3" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="F3" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="F3" s="1" t="s">
+      <c r="G3" s="1" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="B4" s="1"/>
+      <c r="B4" s="1" t="s">
+        <v>19</v>
+      </c>
       <c r="C4" s="1" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D4" s="1"/>
+        <v>8</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>20</v>
+      </c>
       <c r="E4" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="G4" s="1" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="B6" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="D6" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="C6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="1" t="s">
+      <c r="E6" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="E6" s="1" t="s">
+      <c r="F6" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="F6" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G6" s="1" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="C7" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E7" s="1" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="B9" s="1"/>
       <c r="C9" s="1" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>42</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>43</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="B11" s="1"/>
+        <v>12</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="C11" s="1" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>57</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="B15" s="1"/>
       <c r="C15" s="1" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="F16" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="E16" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G16" s="1" t="s">
-        <v>70</v>
-[...43 lines deleted...]
-        <v>21</v>
+        <v>64</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>