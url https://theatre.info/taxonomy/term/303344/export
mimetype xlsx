--- v6 (2026-02-28)
+++ v7 (2026-03-20)
@@ -12,182 +12,143 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="L&amp;#039;Œil du Prince" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
+    <t>Douze hommes en colère</t>
+  </si>
+  <si>
+    <t>Reginald Rose</t>
+  </si>
+  <si>
+    <t>L'Œil du Prince</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>Théâtre du Gymnase</t>
+  </si>
+  <si>
+    <t>20 mars &gt; 21 mars 2026</t>
+  </si>
+  <si>
+    <t>Reginald Rose, Charles Tordjman</t>
+  </si>
+  <si>
+    <t>Les Femmes de Barbe-Bleue</t>
+  </si>
+  <si>
+    <t>Lisa Guez</t>
+  </si>
+  <si>
+    <t>FR-Toulouse</t>
+  </si>
+  <si>
+    <t>ThéâtredelaCité</t>
+  </si>
+  <si>
+    <t>31 mars &gt; 03 avr. 2026</t>
+  </si>
+  <si>
+    <t>Lisa Guez, Valentine Krasnochok</t>
+  </si>
+  <si>
+    <t>Anatomie d’un suicide</t>
+  </si>
+  <si>
+    <t>Alice Birch</t>
+  </si>
+  <si>
+    <t>FR-Rennes</t>
+  </si>
+  <si>
+    <t>TNB</t>
+  </si>
+  <si>
+    <t>01 avr. &gt; 09 avr. 2026</t>
+  </si>
+  <si>
+    <t>Alice Birch, Christophe Rauck</t>
+  </si>
+  <si>
     <t>Psicofonía</t>
   </si>
   <si>
-    <t>L'Œil du Prince</t>
-[...5 lines deleted...]
-    <t>10 mars 2026</t>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Théâtre de la Cité internationale</t>
+  </si>
+  <si>
+    <t>02 avr. &gt; 13 avr. 2026</t>
   </si>
   <si>
     <t>Faustine Noguès</t>
-  </si>
-[...94 lines deleted...]
-    <t>02 avr. &gt; 13 avr. 2026</t>
   </si>
   <si>
     <t>Cosmos</t>
   </si>
   <si>
     <t>Kevin Keiss, Maëlle Poésy</t>
   </si>
   <si>
     <t>FR-Lieusaint</t>
   </si>
   <si>
     <t>Théâtre-Sénart, Scène nationale</t>
   </si>
   <si>
     <t>14 avr. &gt; 16 avr. 2026</t>
   </si>
   <si>
     <t>Maëlle Poésy</t>
   </si>
   <si>
     <t>FR-Vélizy-Villacoublay</t>
   </si>
   <si>
     <t>L'Onde Théâtre Centre d'Art</t>
   </si>
@@ -572,425 +533,337 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G16"/>
+  <dimension ref="A1:G12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G16"/>
+      <selection activeCell="A1" sqref="A1:G12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="60.128" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="B2" s="1"/>
+      <c r="B2" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="C2" s="1" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D2" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>10</v>
+      </c>
       <c r="E2" s="1" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="B5" s="1"/>
       <c r="C5" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="B9" s="1"/>
+        <v>31</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="C9" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="B11" s="1"/>
       <c r="C11" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="F12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G12" s="1" t="s">
-        <v>49</v>
-[...89 lines deleted...]
-        <v>64</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>