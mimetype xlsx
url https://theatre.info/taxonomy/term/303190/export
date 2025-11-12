--- v0 (2025-10-08)
+++ v1 (2025-11-12)
@@ -50,90 +50,90 @@
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
     <t>La Vérité</t>
   </si>
   <si>
     <t>Florian Zeller</t>
   </si>
   <si>
     <t>L'Avant-Scène</t>
   </si>
   <si>
     <t>FR-Paris</t>
   </si>
   <si>
     <t>Théâtre Edouard VII</t>
   </si>
   <si>
-    <t>08 oct. &gt; 30 déc. 2026</t>
+    <t>12 nov. &gt; 30 déc. 2026</t>
   </si>
   <si>
     <t>Florian Zeller, Ladislas Chollat</t>
   </si>
   <si>
     <t>La Joconde parle enfin</t>
   </si>
   <si>
     <t>Laurent Ruquier</t>
   </si>
   <si>
+    <t>FR-Nantes</t>
+  </si>
+  <si>
+    <t>Auditorium 800 - Cité des Congrès</t>
+  </si>
+  <si>
+    <t>19 avr. 2026</t>
+  </si>
+  <si>
+    <t>Laurent Ruquier, Rodolphe Sand, Karina Marimon</t>
+  </si>
+  <si>
+    <t>FR-Jonzac</t>
+  </si>
+  <si>
+    <t>Agora _ Centre des congrès</t>
+  </si>
+  <si>
+    <t>23 avr. 2026</t>
+  </si>
+  <si>
     <t>FR-Cenon</t>
   </si>
   <si>
     <t>Le Rocher de Palmer</t>
   </si>
   <si>
-    <t>10 oct. &gt; 24 avr. 2026</t>
-[...20 lines deleted...]
-    <t>23 avr. 2026</t>
+    <t>24 avr. 2026</t>
   </si>
   <si>
     <t>4211 km</t>
   </si>
   <si>
     <t>Aïla Navidi</t>
   </si>
   <si>
     <t>FR-Antibes</t>
   </si>
   <si>
     <t>Anthéa - Antipolis</t>
   </si>
   <si>
     <t>22 mai 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>