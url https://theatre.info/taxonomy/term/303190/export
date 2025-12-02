--- v1 (2025-11-12)
+++ v2 (2025-12-02)
@@ -50,51 +50,51 @@
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
     <t>La Vérité</t>
   </si>
   <si>
     <t>Florian Zeller</t>
   </si>
   <si>
     <t>L'Avant-Scène</t>
   </si>
   <si>
     <t>FR-Paris</t>
   </si>
   <si>
     <t>Théâtre Edouard VII</t>
   </si>
   <si>
-    <t>12 nov. &gt; 30 déc. 2026</t>
+    <t>02 déc. &gt; 30 déc. 2026</t>
   </si>
   <si>
     <t>Florian Zeller, Ladislas Chollat</t>
   </si>
   <si>
     <t>La Joconde parle enfin</t>
   </si>
   <si>
     <t>Laurent Ruquier</t>
   </si>
   <si>
     <t>FR-Nantes</t>
   </si>
   <si>
     <t>Auditorium 800 - Cité des Congrès</t>
   </si>
   <si>
     <t>19 avr. 2026</t>
   </si>
   <si>
     <t>Laurent Ruquier, Rodolphe Sand, Karina Marimon</t>
   </si>
   <si>
     <t>FR-Jonzac</t>
   </si>