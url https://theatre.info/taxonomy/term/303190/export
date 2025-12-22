--- v2 (2025-12-02)
+++ v3 (2025-12-22)
@@ -50,51 +50,51 @@
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
     <t>La Vérité</t>
   </si>
   <si>
     <t>Florian Zeller</t>
   </si>
   <si>
     <t>L'Avant-Scène</t>
   </si>
   <si>
     <t>FR-Paris</t>
   </si>
   <si>
     <t>Théâtre Edouard VII</t>
   </si>
   <si>
-    <t>02 déc. &gt; 30 déc. 2026</t>
+    <t>23 déc. &gt; 30 déc. 2026</t>
   </si>
   <si>
     <t>Florian Zeller, Ladislas Chollat</t>
   </si>
   <si>
     <t>La Joconde parle enfin</t>
   </si>
   <si>
     <t>Laurent Ruquier</t>
   </si>
   <si>
     <t>FR-Nantes</t>
   </si>
   <si>
     <t>Auditorium 800 - Cité des Congrès</t>
   </si>
   <si>
     <t>19 avr. 2026</t>
   </si>
   <si>
     <t>Laurent Ruquier, Rodolphe Sand, Karina Marimon</t>
   </si>
   <si>
     <t>FR-Jonzac</t>
   </si>