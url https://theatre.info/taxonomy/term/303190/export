--- v3 (2025-12-22)
+++ v4 (2026-01-13)
@@ -12,98 +12,80 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="L&amp;#039;Avant-Scène" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
-    <t>La Vérité</t>
-[...2 lines deleted...]
-    <t>Florian Zeller</t>
+    <t>La Joconde parle enfin</t>
+  </si>
+  <si>
+    <t>Laurent Ruquier</t>
   </si>
   <si>
     <t>L'Avant-Scène</t>
-  </si>
-[...16 lines deleted...]
-    <t>Laurent Ruquier</t>
   </si>
   <si>
     <t>FR-Nantes</t>
   </si>
   <si>
     <t>Auditorium 800 - Cité des Congrès</t>
   </si>
   <si>
     <t>19 avr. 2026</t>
   </si>
   <si>
     <t>Laurent Ruquier, Rodolphe Sand, Karina Marimon</t>
   </si>
   <si>
     <t>FR-Jonzac</t>
   </si>
   <si>
     <t>Agora _ Centre des congrès</t>
   </si>
   <si>
     <t>23 avr. 2026</t>
   </si>
   <si>
     <t>FR-Cenon</t>
   </si>
@@ -455,64 +437,64 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G6"/>
+  <dimension ref="A1:G5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G6"/>
+      <selection activeCell="A1" sqref="A1:G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="55.272" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
@@ -520,138 +502,115 @@
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E3" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F3" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="E3" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G3" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E5" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="F5" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G5" s="1" t="s">
-        <v>19</v>
-[...22 lines deleted...]
-        <v>27</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>