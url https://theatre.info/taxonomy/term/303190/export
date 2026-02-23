--- v4 (2026-01-13)
+++ v5 (2026-02-23)
@@ -12,116 +12,125 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="L&amp;#039;Avant-Scène" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
+    <t>4211 km</t>
+  </si>
+  <si>
+    <t>Aïla Navidi</t>
+  </si>
+  <si>
+    <t>L'Avant-Scène</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Théâtre Marigny</t>
+  </si>
+  <si>
+    <t>25 févr. &gt; 28 mars 2026</t>
+  </si>
+  <si>
     <t>La Joconde parle enfin</t>
   </si>
   <si>
     <t>Laurent Ruquier</t>
   </si>
   <si>
-    <t>L'Avant-Scène</t>
-[...1 lines deleted...]
-  <si>
     <t>FR-Nantes</t>
   </si>
   <si>
     <t>Auditorium 800 - Cité des Congrès</t>
   </si>
   <si>
     <t>19 avr. 2026</t>
   </si>
   <si>
     <t>Laurent Ruquier, Rodolphe Sand, Karina Marimon</t>
   </si>
   <si>
     <t>FR-Jonzac</t>
   </si>
   <si>
     <t>Agora _ Centre des congrès</t>
   </si>
   <si>
     <t>23 avr. 2026</t>
   </si>
   <si>
     <t>FR-Cenon</t>
   </si>
   <si>
     <t>Le Rocher de Palmer</t>
   </si>
   <si>
     <t>24 avr. 2026</t>
-  </si>
-[...4 lines deleted...]
-    <t>Aïla Navidi</t>
   </si>
   <si>
     <t>FR-Antibes</t>
   </si>
   <si>
     <t>Anthéa - Antipolis</t>
   </si>
   <si>
     <t>22 mai 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -437,180 +446,203 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G5"/>
+  <dimension ref="A1:G6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G5"/>
+      <selection activeCell="A1" sqref="A1:G6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="55.272" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E4" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" s="1" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>21</v>
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7">
+      <c r="A6" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>8</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>