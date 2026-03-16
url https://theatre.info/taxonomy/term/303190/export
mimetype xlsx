--- v5 (2026-02-23)
+++ v6 (2026-03-16)
@@ -50,51 +50,51 @@
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
     <t>4211 km</t>
   </si>
   <si>
     <t>Aïla Navidi</t>
   </si>
   <si>
     <t>L'Avant-Scène</t>
   </si>
   <si>
     <t>FR-Paris</t>
   </si>
   <si>
     <t>Théâtre Marigny</t>
   </si>
   <si>
-    <t>25 févr. &gt; 28 mars 2026</t>
+    <t>18 mars &gt; 28 mars 2026</t>
   </si>
   <si>
     <t>La Joconde parle enfin</t>
   </si>
   <si>
     <t>Laurent Ruquier</t>
   </si>
   <si>
     <t>FR-Nantes</t>
   </si>
   <si>
     <t>Auditorium 800 - Cité des Congrès</t>
   </si>
   <si>
     <t>19 avr. 2026</t>
   </si>
   <si>
     <t>Laurent Ruquier, Rodolphe Sand, Karina Marimon</t>
   </si>
   <si>
     <t>FR-Jonzac</t>
   </si>
   <si>
     <t>Agora _ Centre des congrès</t>
   </si>
@@ -459,51 +459,51 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:G6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="55.272" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>