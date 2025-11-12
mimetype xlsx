--- v0 (2025-10-10)
+++ v1 (2025-11-12)
@@ -12,653 +12,581 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="L&amp;#039;Arche Editeur" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
-    <t>Vent fort</t>
+    <t>Superstructure</t>
+  </si>
+  <si>
+    <t>Sonia Chiambretto</t>
+  </si>
+  <si>
+    <t>L'Arche Editeur</t>
+  </si>
+  <si>
+    <t>FR-Nanterre</t>
+  </si>
+  <si>
+    <t>Théâtre Nanterre-Amandiers</t>
+  </si>
+  <si>
+    <t>12 nov. &gt; 22 nov. 2025</t>
+  </si>
+  <si>
+    <t>Sonia Chiambretto, Hubert Colas</t>
+  </si>
+  <si>
+    <t>L'Hôtel du Libre-Échange</t>
+  </si>
+  <si>
+    <t>Georges Feydeau, Maurice Desvallières</t>
+  </si>
+  <si>
+    <t>FR-Sceaux</t>
+  </si>
+  <si>
+    <t>Les Gémeaux</t>
+  </si>
+  <si>
+    <t>12 nov. &gt; 16 nov. 2025</t>
+  </si>
+  <si>
+    <t>Georges Feydeau, Stanislas Nordey</t>
+  </si>
+  <si>
+    <t>Barber Shop Chronicles</t>
+  </si>
+  <si>
+    <t>Inua Ellams</t>
+  </si>
+  <si>
+    <t>FR-Strasbourg</t>
+  </si>
+  <si>
+    <t>Théâtre National de Strasbourg - TNS</t>
+  </si>
+  <si>
+    <t>12 nov. &gt; 14 nov. 2025</t>
+  </si>
+  <si>
+    <t>Inua Ellams, Junior Mthombeni, Michael De Cock</t>
+  </si>
+  <si>
+    <t>Mère courage</t>
+  </si>
+  <si>
+    <t>Bertolt Brecht</t>
+  </si>
+  <si>
+    <t>BE-Bruxelles</t>
+  </si>
+  <si>
+    <t>Koninklijke Vlaamse Schouwburg (KVS)</t>
+  </si>
+  <si>
+    <t>13 nov. &gt; 15 nov. 2025</t>
+  </si>
+  <si>
+    <t>Bertolt Brecht, Lisaboa Houbrechts</t>
+  </si>
+  <si>
+    <t>Et jamais nous ne serons séparés</t>
   </si>
   <si>
     <t>Jon Fosse</t>
   </si>
   <si>
-    <t>L'Arche Editeur</t>
-[...14 lines deleted...]
-    <t>Étincelles</t>
+    <t>FR-Angers</t>
+  </si>
+  <si>
+    <t>Le Quai - Angers</t>
+  </si>
+  <si>
+    <t>18 nov. 2025</t>
+  </si>
+  <si>
+    <t>Jon Fosse, Daniel Jeanneteau, Mammar Benranou</t>
+  </si>
+  <si>
+    <t>FR-Lorient</t>
+  </si>
+  <si>
+    <t>Théâtre de Lorient - CDN</t>
+  </si>
+  <si>
+    <t>20 nov. &gt; 21 nov. 2025</t>
+  </si>
+  <si>
+    <t>La Lettre</t>
+  </si>
+  <si>
+    <t>Milo Rau</t>
+  </si>
+  <si>
+    <t>CH-Sierre</t>
+  </si>
+  <si>
+    <t>Théâtre Les Halles - Sierre</t>
+  </si>
+  <si>
+    <t>21 nov. &gt; 22 nov. 2025</t>
+  </si>
+  <si>
+    <t>Edith Beale au Reno Sweeney</t>
+  </si>
+  <si>
+    <t>Sara Stridsberg</t>
+  </si>
+  <si>
+    <t>CH-Bienne</t>
+  </si>
+  <si>
+    <t>Nebia</t>
+  </si>
+  <si>
+    <t>22 nov. &gt; 23 nov. 2025</t>
+  </si>
+  <si>
+    <t>Sara Stridsberg, Pierre Maillet</t>
+  </si>
+  <si>
+    <t>Au bon pasteur, peines mineures (2)</t>
+  </si>
+  <si>
+    <t>Le Qu4tre</t>
+  </si>
+  <si>
+    <t>24 nov. &gt; 25 nov. 2025</t>
+  </si>
+  <si>
+    <t>Sonia Chiambretto, Marcial Di Fonzo Bo</t>
+  </si>
+  <si>
+    <t>26 nov. &gt; 28 nov. 2025</t>
+  </si>
+  <si>
+    <t>FR-Lyon</t>
+  </si>
+  <si>
+    <t>Les Célestins, Théâtre de Lyon</t>
+  </si>
+  <si>
+    <t>27 nov. &gt; 05 déc. 2025</t>
+  </si>
+  <si>
+    <t>BE-Louvain</t>
+  </si>
+  <si>
+    <t>30CC Schouwburg</t>
+  </si>
+  <si>
+    <t>28 nov. &gt; 29 nov. 2025</t>
+  </si>
+  <si>
+    <t>Mon prof est un troll</t>
+  </si>
+  <si>
+    <t>Dennis Kelly</t>
+  </si>
+  <si>
+    <t>FR-Grenoble</t>
+  </si>
+  <si>
+    <t>MC2:</t>
+  </si>
+  <si>
+    <t>01 déc. &gt; 20 déc. 2025</t>
+  </si>
+  <si>
+    <t>FR-Valence</t>
+  </si>
+  <si>
+    <t>La Comédie de Valence</t>
+  </si>
+  <si>
+    <t>03 déc. &gt; 04 déc. 2025</t>
+  </si>
+  <si>
+    <t>16 déc. &gt; 17 déc. 2025</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>La Criée</t>
+  </si>
+  <si>
+    <t>17 déc. &gt; 19 déc. 2025</t>
+  </si>
+  <si>
+    <t>BE-Liège</t>
+  </si>
+  <si>
+    <t>Théâtre de Liège</t>
+  </si>
+  <si>
+    <t>31 déc. &gt; 04 janv. 2026</t>
+  </si>
+  <si>
+    <t>FR-Brest</t>
+  </si>
+  <si>
+    <t>Le Quartz</t>
+  </si>
+  <si>
+    <t>09 janv. &gt; 10 janv. 2026</t>
+  </si>
+  <si>
+    <t>Marie Stuart</t>
+  </si>
+  <si>
+    <t>Friedrich Von Schiller</t>
+  </si>
+  <si>
+    <t>FR-Saint-Denis</t>
+  </si>
+  <si>
+    <t>Théâtre Gérard Philipe - TGP</t>
+  </si>
+  <si>
+    <t>14 janv. &gt; 29 janv. 2026</t>
+  </si>
+  <si>
+    <t>Friedrich Von Schiller, Chloé Dabert</t>
+  </si>
+  <si>
+    <t>Grand-peur et misère du IIIe Reich</t>
+  </si>
+  <si>
+    <t>16 janv. &gt; 25 janv. 2026</t>
+  </si>
+  <si>
+    <t>Bertolt Brecht, Julie Duclos</t>
+  </si>
+  <si>
+    <t>Six personnages en quête d'auteur</t>
+  </si>
+  <si>
+    <t>Luigi Pirandello</t>
   </si>
   <si>
     <t>FR-Paris</t>
   </si>
   <si>
     <t>Comédie-Française</t>
   </si>
   <si>
-    <t>10 oct. &gt; 02 nov. 2025</t>
-[...47 lines deleted...]
-    <t>Georges Feydeau, Stanislas Nordey</t>
+    <t>20 janv. &gt; 01 mars 2026</t>
+  </si>
+  <si>
+    <t>Luigi Pirandello, Fabrice Melquiot, Marina Hands</t>
+  </si>
+  <si>
+    <t>La bonne âme du Se-tchouan</t>
+  </si>
+  <si>
+    <t>FR-Lille</t>
+  </si>
+  <si>
+    <t>Théâtre du Nord</t>
+  </si>
+  <si>
+    <t>20 janv. &gt; 24 janv. 2026</t>
+  </si>
+  <si>
+    <t>Bertolt Brecht, Nora Granovsky</t>
+  </si>
+  <si>
+    <t>FR-Saint-Nazaire</t>
+  </si>
+  <si>
+    <t>Le Théâtre - Saint-Nazaire</t>
+  </si>
+  <si>
+    <t>21 janv. &gt; 22 janv. 2026</t>
+  </si>
+  <si>
+    <t>FR-Mougins</t>
+  </si>
+  <si>
+    <t>Scène 55</t>
+  </si>
+  <si>
+    <t>23 janv. 2026</t>
+  </si>
+  <si>
+    <t>Le Monfort</t>
+  </si>
+  <si>
+    <t>28 janv. &gt; 31 janv. 2026</t>
+  </si>
+  <si>
+    <t>Le cercle de craie caucasien</t>
+  </si>
+  <si>
+    <t>Théâtre de la Ville - Paris</t>
+  </si>
+  <si>
+    <t>28 janv. &gt; 20 févr. 2026</t>
+  </si>
+  <si>
+    <t>Bertolt Brecht, Emmanuel Demarcy-Mota</t>
+  </si>
+  <si>
+    <t>29 janv. &gt; 30 janv. 2026</t>
+  </si>
+  <si>
+    <t>03 févr. &gt; 07 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Bourges</t>
+  </si>
+  <si>
+    <t>Maison de la Culture de Bourges</t>
+  </si>
+  <si>
+    <t>04 févr. &gt; 05 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-La Rochelle</t>
+  </si>
+  <si>
+    <t>La Coursive</t>
+  </si>
+  <si>
+    <t>FR-Mulhouse</t>
+  </si>
+  <si>
+    <t>La Filature, Scène nationale de Mulhouse</t>
+  </si>
+  <si>
+    <t>11 févr. &gt; 12 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Béthune</t>
+  </si>
+  <si>
+    <t>La Comédie de Béthune</t>
+  </si>
+  <si>
+    <t>11 févr. &gt; 13 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Lieusaint</t>
+  </si>
+  <si>
+    <t>Théâtre-Sénart, Scène nationale</t>
+  </si>
+  <si>
+    <t>17 févr. &gt; 19 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Villeurbanne</t>
+  </si>
+  <si>
+    <t>Théâtre National Populaire (TNP)</t>
+  </si>
+  <si>
+    <t>25 févr. &gt; 04 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Nice</t>
+  </si>
+  <si>
+    <t>Théâtre National de Nice</t>
+  </si>
+  <si>
+    <t>04 mars &gt; 05 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Toulouse</t>
+  </si>
+  <si>
+    <t>ThéâtredelaCité</t>
+  </si>
+  <si>
+    <t>10 mars &gt; 18 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Annecy</t>
+  </si>
+  <si>
+    <t>Bonlieu Scène nationale</t>
+  </si>
+  <si>
+    <t>11 mars &gt; 13 mars 2026</t>
+  </si>
+  <si>
+    <t>11 mars &gt; 12 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Nancy</t>
+  </si>
+  <si>
+    <t>La Manufacture CDN Nancy-Lorraine</t>
+  </si>
+  <si>
+    <t>20 mars &gt; 22 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Rennes</t>
+  </si>
+  <si>
+    <t>TNB</t>
+  </si>
+  <si>
+    <t>24 mars &gt; 27 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Hérouville-Saint-Clair</t>
+  </si>
+  <si>
+    <t>Comédie de Caen</t>
+  </si>
+  <si>
+    <t>01 avr. &gt; 02 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Montpellier</t>
+  </si>
+  <si>
+    <t>Théâtre des 13 Vents</t>
+  </si>
+  <si>
+    <t>08 avr. &gt; 10 avr. 2026</t>
+  </si>
+  <si>
+    <t>08 avr. &gt; 09 avr. 2026</t>
+  </si>
+  <si>
+    <t>Théâtre à Pau</t>
+  </si>
+  <si>
+    <t>14 avr. &gt; 17 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Reims</t>
+  </si>
+  <si>
+    <t>Comédie - CDN de Reims</t>
+  </si>
+  <si>
+    <t>28 avr. &gt; 30 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Redon</t>
+  </si>
+  <si>
+    <t>Le Canal - Théâtre du Pays de Redon</t>
+  </si>
+  <si>
+    <t>06 mai &gt; 07 mai 2026</t>
+  </si>
+  <si>
+    <t>Théâtre du Rond-Point</t>
+  </si>
+  <si>
+    <t>19 mai &gt; 31 mai 2026</t>
+  </si>
+  <si>
+    <t>FR-Montreuil</t>
+  </si>
+  <si>
+    <t>Théâtre Public de Montreuil [TPM]</t>
+  </si>
+  <si>
+    <t>20 mai &gt; 30 mai 2026</t>
   </si>
   <si>
     <t>Je suis le vent</t>
   </si>
   <si>
-    <t>FR-Annemasse</t>
-[...2 lines deleted...]
-    <t>Château Rouge</t>
+    <t>FR-Valenciennes</t>
+  </si>
+  <si>
+    <t>Le Phénix Scène Nationale</t>
+  </si>
+  <si>
+    <t>27 mai &gt; 28 mai 2026</t>
   </si>
   <si>
     <t>Jon Fosse, Emma Gustafsson</t>
   </si>
   <si>
-    <t>Et jamais nous ne serons séparés</t>
-[...13 lines deleted...]
-  <si>
     <t>Tout est calme dans les hauteurs</t>
   </si>
   <si>
     <t>Thomas Bernhard</t>
   </si>
   <si>
-    <t>FR-Nice</t>
-[...5 lines deleted...]
-    <t>14 oct. &gt; 17 oct. 2025</t>
+    <t>18 juin &gt; 04 juil. 2026</t>
   </si>
   <si>
     <t>Thomas Bernhard, Jean-François Sivadier</t>
-  </si>
-[...454 lines deleted...]
-    <t>18 juin &gt; 04 juil. 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -965,54 +893,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G59"/>
+  <dimension ref="A1:G52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G59"/>
+      <selection activeCell="A1" sqref="A1:G52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="57.7" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -1033,1350 +961,1189 @@
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="B11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="F11" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="C11" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G11" s="1" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="F14" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="E14" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G14" s="1"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="F15" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="B15" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G15" s="1" t="s">
-        <v>74</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>78</v>
+        <v>14</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>83</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>90</v>
+        <v>81</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>84</v>
+        <v>16</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>22</v>
+        <v>89</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>30</v>
+        <v>91</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="G23" s="1" t="s">
         <v>100</v>
-      </c>
-[...7 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="F24" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="B24" s="1" t="s">
-[...14 lines deleted...]
-      <c r="G24" s="1"/>
+      <c r="G24" s="1" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="F26" s="1" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>112</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>29</v>
+        <v>52</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>115</v>
+        <v>34</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>30</v>
+        <v>82</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>118</v>
+        <v>97</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>119</v>
+        <v>98</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>33</v>
+        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>124</v>
+        <v>14</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>75</v>
+        <v>118</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>76</v>
+        <v>119</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>126</v>
+        <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>127</v>
+        <v>14</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>131</v>
+        <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
-        <v>132</v>
+        <v>81</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>133</v>
+        <v>82</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>15</v>
+        <v>123</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>16</v>
+        <v>124</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>135</v>
+        <v>86</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>29</v>
+        <v>87</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
-        <v>90</v>
+        <v>81</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>139</v>
+        <v>129</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>141</v>
+        <v>131</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>91</v>
+        <v>27</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>15</v>
+        <v>132</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>142</v>
+        <v>133</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>143</v>
+        <v>134</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>144</v>
+        <v>87</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>15</v>
+        <v>135</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>145</v>
+        <v>136</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>146</v>
+        <v>137</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>147</v>
+        <v>89</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>84</v>
+        <v>138</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>85</v>
+        <v>139</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
-        <v>55</v>
+        <v>81</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>56</v>
+        <v>82</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>128</v>
+        <v>68</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>129</v>
+        <v>69</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>60</v>
+        <v>86</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>30</v>
+        <v>82</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>33</v>
+        <v>86</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="1" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>30</v>
+        <v>82</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>33</v>
+        <v>86</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="1" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>56</v>
+        <v>33</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>60</v>
+        <v>37</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="1" t="s">
-        <v>124</v>
+        <v>46</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>79</v>
+        <v>47</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>161</v>
+        <v>148</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>162</v>
+        <v>149</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>163</v>
+        <v>154</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>126</v>
+        <v>51</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="1" t="s">
-        <v>55</v>
+        <v>81</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>56</v>
+        <v>82</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D45" s="1"/>
       <c r="E45" s="1" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>166</v>
+        <v>154</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>60</v>
+        <v>86</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="1" t="s">
-        <v>124</v>
+        <v>81</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>45</v>
+        <v>135</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>46</v>
+        <v>136</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>167</v>
+        <v>156</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>126</v>
+        <v>86</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="1" t="s">
-        <v>124</v>
+        <v>32</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>79</v>
+        <v>33</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>168</v>
+        <v>157</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>169</v>
+        <v>158</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>170</v>
+        <v>159</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>126</v>
+        <v>37</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="1" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>171</v>
+        <v>160</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>172</v>
+        <v>161</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>173</v>
+        <v>162</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="1" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>108</v>
+        <v>92</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>109</v>
+        <v>163</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="1" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>91</v>
+        <v>42</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>175</v>
+        <v>165</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>176</v>
+        <v>166</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>91</v>
+        <v>42</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="1" t="s">
-        <v>55</v>
+        <v>168</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>56</v>
+        <v>33</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>178</v>
+        <v>169</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>179</v>
+        <v>170</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>180</v>
+        <v>171</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>60</v>
+        <v>172</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="1" t="s">
-        <v>55</v>
+        <v>173</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>56</v>
+        <v>174</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>181</v>
+        <v>92</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>182</v>
+        <v>163</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>60</v>
-[...158 lines deleted...]
-        <v>48</v>
+        <v>176</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>