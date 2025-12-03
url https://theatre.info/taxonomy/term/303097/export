--- v1 (2025-11-12)
+++ v2 (2025-12-03)
@@ -12,518 +12,428 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="L&amp;#039;Arche Editeur" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
-    <t>Superstructure</t>
+    <t>Barber Shop Chronicles</t>
+  </si>
+  <si>
+    <t>Inua Ellams</t>
+  </si>
+  <si>
+    <t>L'Arche Editeur</t>
+  </si>
+  <si>
+    <t>FR-Valence</t>
+  </si>
+  <si>
+    <t>La Comédie de Valence</t>
+  </si>
+  <si>
+    <t>03 déc. &gt; 04 déc. 2025</t>
+  </si>
+  <si>
+    <t>Inua Ellams, Junior Mthombeni, Michael De Cock</t>
+  </si>
+  <si>
+    <t>L'Hôtel du Libre-Échange</t>
+  </si>
+  <si>
+    <t>Georges Feydeau, Maurice Desvallières</t>
+  </si>
+  <si>
+    <t>FR-Lyon</t>
+  </si>
+  <si>
+    <t>Les Célestins, Théâtre de Lyon</t>
+  </si>
+  <si>
+    <t>03 déc. &gt; 05 déc. 2025</t>
+  </si>
+  <si>
+    <t>Georges Feydeau, Stanislas Nordey</t>
+  </si>
+  <si>
+    <t>Et jamais nous ne serons séparés</t>
+  </si>
+  <si>
+    <t>Jon Fosse</t>
+  </si>
+  <si>
+    <t>16 déc. &gt; 17 déc. 2025</t>
+  </si>
+  <si>
+    <t>Jon Fosse, Daniel Jeanneteau, Mammar Benranou</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>La Criée</t>
+  </si>
+  <si>
+    <t>17 déc. &gt; 19 déc. 2025</t>
+  </si>
+  <si>
+    <t>Mon prof est un troll</t>
+  </si>
+  <si>
+    <t>Dennis Kelly</t>
+  </si>
+  <si>
+    <t>FR-Grenoble</t>
+  </si>
+  <si>
+    <t>MC2:</t>
+  </si>
+  <si>
+    <t>20 déc. 2025</t>
+  </si>
+  <si>
+    <t>BE-Liège</t>
+  </si>
+  <si>
+    <t>Théâtre de Liège</t>
+  </si>
+  <si>
+    <t>31 déc. &gt; 04 janv. 2026</t>
+  </si>
+  <si>
+    <t>FR-Brest</t>
+  </si>
+  <si>
+    <t>Le Quartz</t>
+  </si>
+  <si>
+    <t>09 janv. &gt; 10 janv. 2026</t>
+  </si>
+  <si>
+    <t>Marie Stuart</t>
+  </si>
+  <si>
+    <t>Friedrich Von Schiller</t>
+  </si>
+  <si>
+    <t>FR-Saint-Denis</t>
+  </si>
+  <si>
+    <t>Théâtre Gérard Philipe - TGP</t>
+  </si>
+  <si>
+    <t>14 janv. &gt; 29 janv. 2026</t>
+  </si>
+  <si>
+    <t>Friedrich Von Schiller, Chloé Dabert</t>
+  </si>
+  <si>
+    <t>Grand-peur et misère du IIIe Reich</t>
+  </si>
+  <si>
+    <t>Bertolt Brecht</t>
+  </si>
+  <si>
+    <t>FR-Sceaux</t>
+  </si>
+  <si>
+    <t>Les Gémeaux</t>
+  </si>
+  <si>
+    <t>16 janv. &gt; 25 janv. 2026</t>
+  </si>
+  <si>
+    <t>Bertolt Brecht, Julie Duclos</t>
+  </si>
+  <si>
+    <t>Six personnages en quête d'auteur</t>
+  </si>
+  <si>
+    <t>Luigi Pirandello</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Comédie-Française</t>
+  </si>
+  <si>
+    <t>20 janv. &gt; 01 mars 2026</t>
+  </si>
+  <si>
+    <t>Luigi Pirandello, Fabrice Melquiot, Marina Hands</t>
+  </si>
+  <si>
+    <t>La bonne âme du Se-tchouan</t>
+  </si>
+  <si>
+    <t>FR-Lille</t>
+  </si>
+  <si>
+    <t>Théâtre du Nord</t>
+  </si>
+  <si>
+    <t>20 janv. &gt; 24 janv. 2026</t>
+  </si>
+  <si>
+    <t>Bertolt Brecht, Nora Granovsky</t>
+  </si>
+  <si>
+    <t>FR-Saint-Nazaire</t>
+  </si>
+  <si>
+    <t>Le Théâtre - Saint-Nazaire</t>
+  </si>
+  <si>
+    <t>21 janv. &gt; 22 janv. 2026</t>
+  </si>
+  <si>
+    <t>La Lettre</t>
+  </si>
+  <si>
+    <t>Milo Rau</t>
+  </si>
+  <si>
+    <t>FR-Mougins</t>
+  </si>
+  <si>
+    <t>Scène 55</t>
+  </si>
+  <si>
+    <t>23 janv. 2026</t>
+  </si>
+  <si>
+    <t>Le Monfort</t>
+  </si>
+  <si>
+    <t>28 janv. &gt; 31 janv. 2026</t>
+  </si>
+  <si>
+    <t>Le cercle de craie caucasien</t>
+  </si>
+  <si>
+    <t>Théâtre de la Ville - Paris</t>
+  </si>
+  <si>
+    <t>28 janv. &gt; 20 févr. 2026</t>
+  </si>
+  <si>
+    <t>Bertolt Brecht, Emmanuel Demarcy-Mota</t>
+  </si>
+  <si>
+    <t>Au bon pasteur, peines mineures (2)</t>
   </si>
   <si>
     <t>Sonia Chiambretto</t>
   </si>
   <si>
-    <t>L'Arche Editeur</t>
-[...73 lines deleted...]
-  <si>
     <t>FR-Angers</t>
   </si>
   <si>
     <t>Le Quai - Angers</t>
   </si>
   <si>
-    <t>18 nov. 2025</t>
-[...26 lines deleted...]
-    <t>21 nov. &gt; 22 nov. 2025</t>
+    <t>29 janv. &gt; 30 janv. 2026</t>
+  </si>
+  <si>
+    <t>Sonia Chiambretto, Marcial Di Fonzo Bo</t>
+  </si>
+  <si>
+    <t>03 févr. &gt; 07 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Bourges</t>
+  </si>
+  <si>
+    <t>Maison de la Culture de Bourges</t>
+  </si>
+  <si>
+    <t>04 févr. &gt; 05 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-La Rochelle</t>
+  </si>
+  <si>
+    <t>La Coursive</t>
+  </si>
+  <si>
+    <t>FR-Mulhouse</t>
+  </si>
+  <si>
+    <t>La Filature, Scène nationale de Mulhouse</t>
+  </si>
+  <si>
+    <t>11 févr. &gt; 12 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Béthune</t>
+  </si>
+  <si>
+    <t>La Comédie de Béthune</t>
+  </si>
+  <si>
+    <t>11 févr. &gt; 13 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Lieusaint</t>
+  </si>
+  <si>
+    <t>Théâtre-Sénart, Scène nationale</t>
+  </si>
+  <si>
+    <t>17 févr. &gt; 19 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Villeurbanne</t>
+  </si>
+  <si>
+    <t>Théâtre National Populaire (TNP)</t>
+  </si>
+  <si>
+    <t>25 févr. &gt; 04 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Nice</t>
+  </si>
+  <si>
+    <t>Théâtre National de Nice</t>
+  </si>
+  <si>
+    <t>04 mars &gt; 05 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Toulouse</t>
+  </si>
+  <si>
+    <t>ThéâtredelaCité</t>
+  </si>
+  <si>
+    <t>10 mars &gt; 18 mars 2026</t>
+  </si>
+  <si>
+    <t>11 mars &gt; 12 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Annecy</t>
+  </si>
+  <si>
+    <t>Bonlieu Scène nationale</t>
+  </si>
+  <si>
+    <t>11 mars &gt; 13 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Nancy</t>
+  </si>
+  <si>
+    <t>La Manufacture CDN Nancy-Lorraine</t>
+  </si>
+  <si>
+    <t>20 mars &gt; 22 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Rennes</t>
+  </si>
+  <si>
+    <t>TNB</t>
+  </si>
+  <si>
+    <t>24 mars &gt; 27 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Hérouville-Saint-Clair</t>
+  </si>
+  <si>
+    <t>Comédie de Caen</t>
+  </si>
+  <si>
+    <t>01 avr. &gt; 02 avr. 2026</t>
   </si>
   <si>
     <t>Edith Beale au Reno Sweeney</t>
   </si>
   <si>
     <t>Sara Stridsberg</t>
   </si>
   <si>
-    <t>CH-Bienne</t>
-[...5 lines deleted...]
-    <t>22 nov. &gt; 23 nov. 2025</t>
+    <t>08 avr. &gt; 09 avr. 2026</t>
   </si>
   <si>
     <t>Sara Stridsberg, Pierre Maillet</t>
   </si>
   <si>
-    <t>Au bon pasteur, peines mineures (2)</t>
-[...293 lines deleted...]
-    <t>01 avr. &gt; 02 avr. 2026</t>
+    <t>Théâtre à Pau</t>
   </si>
   <si>
     <t>FR-Montpellier</t>
   </si>
   <si>
     <t>Théâtre des 13 Vents</t>
   </si>
   <si>
     <t>08 avr. &gt; 10 avr. 2026</t>
-  </si>
-[...4 lines deleted...]
-    <t>Théâtre à Pau</t>
   </si>
   <si>
     <t>14 avr. &gt; 17 avr. 2026</t>
   </si>
   <si>
     <t>FR-Reims</t>
   </si>
   <si>
     <t>Comédie - CDN de Reims</t>
   </si>
   <si>
     <t>28 avr. &gt; 30 avr. 2026</t>
   </si>
   <si>
     <t>FR-Redon</t>
   </si>
   <si>
     <t>Le Canal - Théâtre du Pays de Redon</t>
   </si>
   <si>
     <t>06 mai &gt; 07 mai 2026</t>
   </si>
   <si>
     <t>Théâtre du Rond-Point</t>
   </si>
@@ -893,54 +803,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G52"/>
+  <dimension ref="A1:G41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G52"/>
+      <selection activeCell="A1" sqref="A1:G41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="57.7" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -990,1160 +900,907 @@
       </c>
       <c r="D3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="G4" s="1" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="F5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="B5" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G5" s="1" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="G6" s="1"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>8</v>
+        <v>45</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>14</v>
+        <v>56</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>57</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>58</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>59</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="E14" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G14" s="1"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>21</v>
+        <v>65</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>69</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>70</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>25</v>
+        <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>37</v>
+        <v>74</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>75</v>
+        <v>57</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>76</v>
+        <v>58</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>81</v>
+        <v>14</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E20" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="F20" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="F20" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G20" s="1" t="s">
-        <v>86</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D21" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="B21" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E21" s="1" t="s">
-        <v>17</v>
+        <v>88</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>89</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="E22" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D22" s="1" t="s">
+      <c r="F22" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="E22" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G22" s="1" t="s">
-        <v>95</v>
+        <v>43</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>96</v>
+        <v>44</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>100</v>
+        <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>109</v>
+        <v>38</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>92</v>
+        <v>10</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>110</v>
+        <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>112</v>
+        <v>43</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>34</v>
+        <v>106</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>35</v>
+        <v>107</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>81</v>
+        <v>64</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>82</v>
+        <v>65</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>98</v>
+        <v>110</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>117</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>14</v>
+        <v>118</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>15</v>
+        <v>119</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="F32" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="E32" s="1" t="s">
+      <c r="G32" s="1" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
-        <v>81</v>
+        <v>38</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>82</v>
+        <v>39</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D33" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D33" s="1"/>
       <c r="E33" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>86</v>
+        <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>89</v>
+        <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
-        <v>81</v>
+        <v>38</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>82</v>
+        <v>39</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>129</v>
+        <v>102</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>130</v>
+        <v>103</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>86</v>
+        <v>43</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>89</v>
+        <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>87</v>
+        <v>118</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>27</v>
+        <v>119</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>89</v>
+        <v>121</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>32</v>
+        <v>118</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>33</v>
+        <v>119</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>138</v>
+        <v>52</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>37</v>
+        <v>121</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
-        <v>81</v>
+        <v>64</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>82</v>
+        <v>65</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>68</v>
+        <v>135</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>69</v>
+        <v>136</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
-        <v>41</v>
+        <v>138</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="G40" s="1" t="s">
         <v>142</v>
-      </c>
-[...7 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
-        <v>81</v>
+        <v>143</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>82</v>
+        <v>144</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="F41" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="E41" s="1" t="s">
+      <c r="G41" s="1" t="s">
         <v>146</v>
-      </c>
-[...255 lines deleted...]
-        <v>176</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>