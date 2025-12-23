--- v2 (2025-12-03)
+++ v3 (2025-12-23)
@@ -12,377 +12,329 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="L&amp;#039;Arche Editeur" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
-    <t>Barber Shop Chronicles</t>
-[...2 lines deleted...]
-    <t>Inua Ellams</t>
+    <t>L'Hôtel du Libre-Échange</t>
+  </si>
+  <si>
+    <t>Georges Feydeau, Maurice Desvallières</t>
   </si>
   <si>
     <t>L'Arche Editeur</t>
   </si>
   <si>
+    <t>BE-Liège</t>
+  </si>
+  <si>
+    <t>Théâtre de Liège</t>
+  </si>
+  <si>
+    <t>31 déc. &gt; 04 janv. 2026</t>
+  </si>
+  <si>
+    <t>Georges Feydeau, Stanislas Nordey</t>
+  </si>
+  <si>
+    <t>FR-Brest</t>
+  </si>
+  <si>
+    <t>Le Quartz</t>
+  </si>
+  <si>
+    <t>09 janv. &gt; 10 janv. 2026</t>
+  </si>
+  <si>
+    <t>Marie Stuart</t>
+  </si>
+  <si>
+    <t>Friedrich Von Schiller</t>
+  </si>
+  <si>
+    <t>FR-Saint-Denis</t>
+  </si>
+  <si>
+    <t>Théâtre Gérard Philipe - TGP</t>
+  </si>
+  <si>
+    <t>14 janv. &gt; 29 janv. 2026</t>
+  </si>
+  <si>
+    <t>Friedrich Von Schiller, Chloé Dabert</t>
+  </si>
+  <si>
+    <t>Grand-peur et misère du IIIe Reich</t>
+  </si>
+  <si>
+    <t>Bertolt Brecht</t>
+  </si>
+  <si>
+    <t>FR-Sceaux</t>
+  </si>
+  <si>
+    <t>Les Gémeaux</t>
+  </si>
+  <si>
+    <t>16 janv. &gt; 25 janv. 2026</t>
+  </si>
+  <si>
+    <t>Bertolt Brecht, Julie Duclos</t>
+  </si>
+  <si>
+    <t>La bonne âme du Se-tchouan</t>
+  </si>
+  <si>
+    <t>FR-Lille</t>
+  </si>
+  <si>
+    <t>Théâtre du Nord</t>
+  </si>
+  <si>
+    <t>20 janv. &gt; 24 janv. 2026</t>
+  </si>
+  <si>
+    <t>Bertolt Brecht, Nora Granovsky</t>
+  </si>
+  <si>
+    <t>Six personnages en quête d'auteur</t>
+  </si>
+  <si>
+    <t>Luigi Pirandello</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Comédie-Française</t>
+  </si>
+  <si>
+    <t>20 janv. &gt; 01 mars 2026</t>
+  </si>
+  <si>
+    <t>Luigi Pirandello, Fabrice Melquiot, Marina Hands</t>
+  </si>
+  <si>
+    <t>FR-Saint-Nazaire</t>
+  </si>
+  <si>
+    <t>Le Théâtre - Saint-Nazaire</t>
+  </si>
+  <si>
+    <t>21 janv. &gt; 22 janv. 2026</t>
+  </si>
+  <si>
+    <t>La Lettre</t>
+  </si>
+  <si>
+    <t>Milo Rau</t>
+  </si>
+  <si>
+    <t>FR-Mougins</t>
+  </si>
+  <si>
+    <t>Scène 55</t>
+  </si>
+  <si>
+    <t>23 janv. 2026</t>
+  </si>
+  <si>
+    <t>Le Monfort</t>
+  </si>
+  <si>
+    <t>28 janv. &gt; 31 janv. 2026</t>
+  </si>
+  <si>
+    <t>Le cercle de craie caucasien</t>
+  </si>
+  <si>
+    <t>Théâtre de la Ville - Paris</t>
+  </si>
+  <si>
+    <t>28 janv. &gt; 20 févr. 2026</t>
+  </si>
+  <si>
+    <t>Bertolt Brecht, Emmanuel Demarcy-Mota</t>
+  </si>
+  <si>
+    <t>Au bon pasteur, peines mineures (2)</t>
+  </si>
+  <si>
+    <t>Sonia Chiambretto</t>
+  </si>
+  <si>
+    <t>FR-Angers</t>
+  </si>
+  <si>
+    <t>Le Quai - Angers</t>
+  </si>
+  <si>
+    <t>29 janv. &gt; 30 janv. 2026</t>
+  </si>
+  <si>
+    <t>Sonia Chiambretto, Marcial Di Fonzo Bo</t>
+  </si>
+  <si>
+    <t>03 févr. &gt; 07 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Bourges</t>
+  </si>
+  <si>
+    <t>Maison de la Culture de Bourges</t>
+  </si>
+  <si>
+    <t>04 févr. &gt; 05 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-La Rochelle</t>
+  </si>
+  <si>
+    <t>La Coursive</t>
+  </si>
+  <si>
+    <t>FR-Béthune</t>
+  </si>
+  <si>
+    <t>La Comédie de Béthune</t>
+  </si>
+  <si>
+    <t>11 févr. &gt; 13 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Mulhouse</t>
+  </si>
+  <si>
+    <t>La Filature, Scène nationale de Mulhouse</t>
+  </si>
+  <si>
+    <t>11 févr. &gt; 12 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Lieusaint</t>
+  </si>
+  <si>
+    <t>Théâtre-Sénart, Scène nationale</t>
+  </si>
+  <si>
+    <t>17 févr. &gt; 19 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Villeurbanne</t>
+  </si>
+  <si>
+    <t>Théâtre National Populaire (TNP)</t>
+  </si>
+  <si>
+    <t>25 févr. &gt; 04 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Nice</t>
+  </si>
+  <si>
+    <t>Théâtre National de Nice</t>
+  </si>
+  <si>
+    <t>04 mars &gt; 05 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Toulouse</t>
+  </si>
+  <si>
+    <t>ThéâtredelaCité</t>
+  </si>
+  <si>
+    <t>10 mars &gt; 18 mars 2026</t>
+  </si>
+  <si>
+    <t>Et jamais nous ne serons séparés</t>
+  </si>
+  <si>
+    <t>Jon Fosse</t>
+  </si>
+  <si>
+    <t>FR-Annecy</t>
+  </si>
+  <si>
+    <t>Bonlieu Scène nationale</t>
+  </si>
+  <si>
+    <t>11 mars &gt; 13 mars 2026</t>
+  </si>
+  <si>
+    <t>Jon Fosse, Daniel Jeanneteau, Mammar Benranou</t>
+  </si>
+  <si>
     <t>FR-Valence</t>
   </si>
   <si>
     <t>La Comédie de Valence</t>
   </si>
   <si>
-    <t>03 déc. &gt; 04 déc. 2025</t>
-[...277 lines deleted...]
-  <si>
     <t>11 mars &gt; 12 mars 2026</t>
-  </si>
-[...7 lines deleted...]
-    <t>11 mars &gt; 13 mars 2026</t>
   </si>
   <si>
     <t>FR-Nancy</t>
   </si>
   <si>
     <t>La Manufacture CDN Nancy-Lorraine</t>
   </si>
   <si>
     <t>20 mars &gt; 22 mars 2026</t>
   </si>
   <si>
     <t>FR-Rennes</t>
   </si>
   <si>
     <t>TNB</t>
   </si>
   <si>
     <t>24 mars &gt; 27 mars 2026</t>
   </si>
   <si>
     <t>FR-Hérouville-Saint-Clair</t>
   </si>
   <si>
     <t>Comédie de Caen</t>
   </si>
@@ -803,54 +755,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G41"/>
+  <dimension ref="A1:G36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G41"/>
+      <selection activeCell="A1" sqref="A1:G36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="57.7" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -868,939 +820,826 @@
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="E3" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="C3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="1" t="s">
+      <c r="F3" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="E3" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G3" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="F4" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F4" s="1" t="s">
+      <c r="G4" s="1" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="G6" s="1"/>
+        <v>32</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B11" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="E11" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="C11" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D11" s="1" t="s">
+      <c r="F11" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="E11" s="1" t="s">
+      <c r="G11" s="1" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D12" s="1" t="s">
+      <c r="E12" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="E12" s="1" t="s">
+      <c r="F12" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="F12" s="1" t="s">
+      <c r="G12" s="1" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>64</v>
+        <v>7</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>65</v>
+        <v>8</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>65</v>
+        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="E15" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F15" s="1" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>65</v>
+        <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>71</v>
+        <v>17</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>75</v>
+        <v>7</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>76</v>
+        <v>8</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>38</v>
+        <v>84</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>39</v>
+        <v>85</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>43</v>
+        <v>89</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>38</v>
+        <v>102</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>39</v>
+        <v>103</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>10</v>
+        <v>99</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
       <c r="F27" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D28" s="1" t="s">
+      <c r="D28" s="1"/>
+      <c r="E28" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="E28" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" s="1" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="F29" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="E29" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G29" s="1" t="s">
-        <v>65</v>
+        <v>89</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>112</v>
+        <v>81</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>113</v>
+        <v>82</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>38</v>
+        <v>84</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>39</v>
+        <v>85</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>43</v>
+        <v>89</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>118</v>
+        <v>102</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>119</v>
+        <v>103</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="E32" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="E32" s="1" t="s">
+      <c r="F32" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="F32" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G32" s="1" t="s">
-        <v>121</v>
+        <v>105</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
-        <v>38</v>
+        <v>102</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>39</v>
+        <v>103</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D33" s="1"/>
+      <c r="D33" s="1" t="s">
+        <v>36</v>
+      </c>
       <c r="E33" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>43</v>
+        <v>105</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
-        <v>38</v>
+        <v>122</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>39</v>
+        <v>85</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>102</v>
+        <v>123</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>103</v>
+        <v>124</v>
       </c>
       <c r="F35" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G35" s="1" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>20</v>
+        <v>127</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>21</v>
+        <v>128</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>127</v>
+        <v>36</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>128</v>
+        <v>117</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>129</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>23</v>
-[...12 lines deleted...]
-      <c r="D37" s="1" t="s">
         <v>130</v>
-      </c>
-[...99 lines deleted...]
-        <v>146</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>