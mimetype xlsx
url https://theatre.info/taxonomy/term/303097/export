--- v3 (2025-12-23)
+++ v4 (2026-01-13)
@@ -12,181 +12,163 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="L&amp;#039;Arche Editeur" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
+    <t>Marie Stuart</t>
+  </si>
+  <si>
+    <t>Friedrich Von Schiller</t>
+  </si>
+  <si>
+    <t>L'Arche Editeur</t>
+  </si>
+  <si>
+    <t>FR-Saint-Denis</t>
+  </si>
+  <si>
+    <t>Théâtre Gérard Philipe - TGP</t>
+  </si>
+  <si>
+    <t>14 janv. &gt; 29 janv. 2026</t>
+  </si>
+  <si>
+    <t>Friedrich Von Schiller, Chloé Dabert</t>
+  </si>
+  <si>
+    <t>Grand-peur et misère du IIIe Reich</t>
+  </si>
+  <si>
+    <t>Bertolt Brecht</t>
+  </si>
+  <si>
+    <t>FR-Sceaux</t>
+  </si>
+  <si>
+    <t>Les Gémeaux</t>
+  </si>
+  <si>
+    <t>16 janv. &gt; 25 janv. 2026</t>
+  </si>
+  <si>
+    <t>Bertolt Brecht, Julie Duclos</t>
+  </si>
+  <si>
+    <t>Six personnages en quête d'auteur</t>
+  </si>
+  <si>
+    <t>Luigi Pirandello</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Comédie-Française</t>
+  </si>
+  <si>
+    <t>20 janv. &gt; 01 mars 2026</t>
+  </si>
+  <si>
+    <t>Luigi Pirandello, Fabrice Melquiot, Marina Hands</t>
+  </si>
+  <si>
+    <t>La bonne âme du Se-tchouan</t>
+  </si>
+  <si>
+    <t>FR-Lille</t>
+  </si>
+  <si>
+    <t>Théâtre du Nord</t>
+  </si>
+  <si>
+    <t>20 janv. &gt; 24 janv. 2026</t>
+  </si>
+  <si>
+    <t>Bertolt Brecht, Nora Granovsky</t>
+  </si>
+  <si>
     <t>L'Hôtel du Libre-Échange</t>
   </si>
   <si>
     <t>Georges Feydeau, Maurice Desvallières</t>
   </si>
   <si>
-    <t>L'Arche Editeur</t>
-[...8 lines deleted...]
-    <t>31 déc. &gt; 04 janv. 2026</t>
+    <t>FR-Saint-Nazaire</t>
+  </si>
+  <si>
+    <t>Le Théâtre - Saint-Nazaire</t>
+  </si>
+  <si>
+    <t>21 janv. &gt; 22 janv. 2026</t>
   </si>
   <si>
     <t>Georges Feydeau, Stanislas Nordey</t>
   </si>
   <si>
-    <t>FR-Brest</t>
-[...85 lines deleted...]
-  <si>
     <t>La Lettre</t>
   </si>
   <si>
     <t>Milo Rau</t>
   </si>
   <si>
     <t>FR-Mougins</t>
   </si>
   <si>
     <t>Scène 55</t>
   </si>
   <si>
     <t>23 janv. 2026</t>
   </si>
   <si>
     <t>Le Monfort</t>
   </si>
   <si>
     <t>28 janv. &gt; 31 janv. 2026</t>
   </si>
   <si>
     <t>Le cercle de craie caucasien</t>
   </si>
   <si>
     <t>Théâtre de la Ville - Paris</t>
@@ -197,65 +179,65 @@
   <si>
     <t>Bertolt Brecht, Emmanuel Demarcy-Mota</t>
   </si>
   <si>
     <t>Au bon pasteur, peines mineures (2)</t>
   </si>
   <si>
     <t>Sonia Chiambretto</t>
   </si>
   <si>
     <t>FR-Angers</t>
   </si>
   <si>
     <t>Le Quai - Angers</t>
   </si>
   <si>
     <t>29 janv. &gt; 30 janv. 2026</t>
   </si>
   <si>
     <t>Sonia Chiambretto, Marcial Di Fonzo Bo</t>
   </si>
   <si>
     <t>03 févr. &gt; 07 févr. 2026</t>
   </si>
   <si>
+    <t>FR-La Rochelle</t>
+  </si>
+  <si>
+    <t>La Coursive</t>
+  </si>
+  <si>
+    <t>04 févr. &gt; 05 févr. 2026</t>
+  </si>
+  <si>
     <t>FR-Bourges</t>
   </si>
   <si>
     <t>Maison de la Culture de Bourges</t>
   </si>
   <si>
-    <t>04 févr. &gt; 05 févr. 2026</t>
-[...7 lines deleted...]
-  <si>
     <t>FR-Béthune</t>
   </si>
   <si>
     <t>La Comédie de Béthune</t>
   </si>
   <si>
     <t>11 févr. &gt; 13 févr. 2026</t>
   </si>
   <si>
     <t>FR-Mulhouse</t>
   </si>
   <si>
     <t>La Filature, Scène nationale de Mulhouse</t>
   </si>
   <si>
     <t>11 févr. &gt; 12 févr. 2026</t>
   </si>
   <si>
     <t>FR-Lieusaint</t>
   </si>
   <si>
     <t>Théâtre-Sénart, Scène nationale</t>
   </si>
   <si>
     <t>17 févr. &gt; 19 févr. 2026</t>
@@ -320,72 +302,72 @@
   <si>
     <t>La Manufacture CDN Nancy-Lorraine</t>
   </si>
   <si>
     <t>20 mars &gt; 22 mars 2026</t>
   </si>
   <si>
     <t>FR-Rennes</t>
   </si>
   <si>
     <t>TNB</t>
   </si>
   <si>
     <t>24 mars &gt; 27 mars 2026</t>
   </si>
   <si>
     <t>FR-Hérouville-Saint-Clair</t>
   </si>
   <si>
     <t>Comédie de Caen</t>
   </si>
   <si>
     <t>01 avr. &gt; 02 avr. 2026</t>
   </si>
   <si>
+    <t>Théâtre à Pau</t>
+  </si>
+  <si>
+    <t>08 avr. &gt; 09 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Montpellier</t>
+  </si>
+  <si>
+    <t>Théâtre des 13 Vents</t>
+  </si>
+  <si>
+    <t>08 avr. &gt; 10 avr. 2026</t>
+  </si>
+  <si>
     <t>Edith Beale au Reno Sweeney</t>
   </si>
   <si>
     <t>Sara Stridsberg</t>
   </si>
   <si>
-    <t>08 avr. &gt; 09 avr. 2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Sara Stridsberg, Pierre Maillet</t>
-  </si>
-[...10 lines deleted...]
-    <t>08 avr. &gt; 10 avr. 2026</t>
   </si>
   <si>
     <t>14 avr. &gt; 17 avr. 2026</t>
   </si>
   <si>
     <t>FR-Reims</t>
   </si>
   <si>
     <t>Comédie - CDN de Reims</t>
   </si>
   <si>
     <t>28 avr. &gt; 30 avr. 2026</t>
   </si>
   <si>
     <t>FR-Redon</t>
   </si>
   <si>
     <t>Le Canal - Théâtre du Pays de Redon</t>
   </si>
   <si>
     <t>06 mai &gt; 07 mai 2026</t>
   </si>
   <si>
     <t>Théâtre du Rond-Point</t>
   </si>
@@ -755,54 +737,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G36"/>
+  <dimension ref="A1:G34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G36"/>
+      <selection activeCell="A1" sqref="A1:G34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="57.7" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -820,826 +802,780 @@
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F7" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E9" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="E9" s="1" t="s">
+      <c r="F9" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="F9" s="1" t="s">
+      <c r="G9" s="1" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>50</v>
+        <v>7</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="B12" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C12" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D12" s="1" t="s">
+      <c r="E12" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="E12" s="1" t="s">
+      <c r="F12" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="F12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G12" s="1" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>30</v>
+        <v>58</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E14" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="E14" s="1" t="s">
+      <c r="F14" s="1" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>7</v>
+        <v>31</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E15" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="E15" s="1" t="s">
+      <c r="F15" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="F15" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G15" s="1" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>66</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>67</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>68</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>69</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>70</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>72</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>73</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>74</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>75</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>76</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>77</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>28</v>
+        <v>83</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>84</v>
+        <v>37</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>85</v>
+        <v>38</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>89</v>
+        <v>38</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>90</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>91</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>92</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>43</v>
+        <v>7</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>93</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>94</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>95</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D25" s="1" t="s">
+      <c r="D25" s="1"/>
+      <c r="E25" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="E25" s="1" t="s">
+      <c r="F25" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="F25" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G25" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E26" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="E26" s="1" t="s">
+      <c r="F26" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="F26" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G26" s="1" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>103</v>
-      </c>
-[...13 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D28" s="1"/>
+      <c r="D28" s="1" t="s">
+        <v>75</v>
+      </c>
       <c r="E28" s="1" t="s">
-        <v>106</v>
+        <v>76</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>104</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="F29" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="E29" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G29" s="1" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>17</v>
+        <v>101</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>18</v>
+        <v>102</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>81</v>
+        <v>108</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>82</v>
+        <v>109</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>110</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>22</v>
+        <v>103</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>84</v>
+        <v>101</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>85</v>
+        <v>102</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E31" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="E31" s="1" t="s">
+      <c r="F31" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="F31" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" s="1" t="s">
-        <v>89</v>
+        <v>103</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>102</v>
+        <v>37</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>103</v>
+        <v>38</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="E32" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="E32" s="1" t="s">
+      <c r="F32" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="F32" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G32" s="1" t="s">
-        <v>105</v>
+        <v>38</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>36</v>
+        <v>117</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>105</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>43</v>
+        <v>121</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>44</v>
+        <v>122</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>119</v>
+        <v>22</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>120</v>
+        <v>111</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>44</v>
-[...15 lines deleted...]
-      <c r="E35" s="1" t="s">
         <v>124</v>
-      </c>
-[...27 lines deleted...]
-        <v>130</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>