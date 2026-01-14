--- v4 (2026-01-13)
+++ v5 (2026-01-14)
@@ -74,170 +74,170 @@
   <si>
     <t>14 janv. &gt; 29 janv. 2026</t>
   </si>
   <si>
     <t>Friedrich Von Schiller, Chloé Dabert</t>
   </si>
   <si>
     <t>Grand-peur et misère du IIIe Reich</t>
   </si>
   <si>
     <t>Bertolt Brecht</t>
   </si>
   <si>
     <t>FR-Sceaux</t>
   </si>
   <si>
     <t>Les Gémeaux</t>
   </si>
   <si>
     <t>16 janv. &gt; 25 janv. 2026</t>
   </si>
   <si>
     <t>Bertolt Brecht, Julie Duclos</t>
   </si>
   <si>
+    <t>La bonne âme du Se-tchouan</t>
+  </si>
+  <si>
+    <t>FR-Lille</t>
+  </si>
+  <si>
+    <t>Théâtre du Nord</t>
+  </si>
+  <si>
+    <t>20 janv. &gt; 24 janv. 2026</t>
+  </si>
+  <si>
+    <t>Bertolt Brecht, Nora Granovsky</t>
+  </si>
+  <si>
     <t>Six personnages en quête d'auteur</t>
   </si>
   <si>
     <t>Luigi Pirandello</t>
   </si>
   <si>
     <t>FR-Paris</t>
   </si>
   <si>
     <t>Comédie-Française</t>
   </si>
   <si>
     <t>20 janv. &gt; 01 mars 2026</t>
   </si>
   <si>
     <t>Luigi Pirandello, Fabrice Melquiot, Marina Hands</t>
   </si>
   <si>
-    <t>La bonne âme du Se-tchouan</t>
-[...13 lines deleted...]
-  <si>
     <t>L'Hôtel du Libre-Échange</t>
   </si>
   <si>
     <t>Georges Feydeau, Maurice Desvallières</t>
   </si>
   <si>
     <t>FR-Saint-Nazaire</t>
   </si>
   <si>
     <t>Le Théâtre - Saint-Nazaire</t>
   </si>
   <si>
     <t>21 janv. &gt; 22 janv. 2026</t>
   </si>
   <si>
     <t>Georges Feydeau, Stanislas Nordey</t>
   </si>
   <si>
     <t>La Lettre</t>
   </si>
   <si>
     <t>Milo Rau</t>
   </si>
   <si>
     <t>FR-Mougins</t>
   </si>
   <si>
     <t>Scène 55</t>
   </si>
   <si>
     <t>23 janv. 2026</t>
   </si>
   <si>
+    <t>Le cercle de craie caucasien</t>
+  </si>
+  <si>
+    <t>Théâtre de la Ville - Paris</t>
+  </si>
+  <si>
+    <t>28 janv. &gt; 20 févr. 2026</t>
+  </si>
+  <si>
+    <t>Bertolt Brecht, Emmanuel Demarcy-Mota</t>
+  </si>
+  <si>
     <t>Le Monfort</t>
   </si>
   <si>
     <t>28 janv. &gt; 31 janv. 2026</t>
   </si>
   <si>
-    <t>Le cercle de craie caucasien</t>
-[...10 lines deleted...]
-  <si>
     <t>Au bon pasteur, peines mineures (2)</t>
   </si>
   <si>
     <t>Sonia Chiambretto</t>
   </si>
   <si>
     <t>FR-Angers</t>
   </si>
   <si>
     <t>Le Quai - Angers</t>
   </si>
   <si>
     <t>29 janv. &gt; 30 janv. 2026</t>
   </si>
   <si>
     <t>Sonia Chiambretto, Marcial Di Fonzo Bo</t>
   </si>
   <si>
     <t>03 févr. &gt; 07 févr. 2026</t>
   </si>
   <si>
+    <t>FR-Bourges</t>
+  </si>
+  <si>
+    <t>Maison de la Culture de Bourges</t>
+  </si>
+  <si>
+    <t>04 févr. &gt; 05 févr. 2026</t>
+  </si>
+  <si>
     <t>FR-La Rochelle</t>
   </si>
   <si>
     <t>La Coursive</t>
   </si>
   <si>
-    <t>04 févr. &gt; 05 févr. 2026</t>
-[...7 lines deleted...]
-  <si>
     <t>FR-Béthune</t>
   </si>
   <si>
     <t>La Comédie de Béthune</t>
   </si>
   <si>
     <t>11 févr. &gt; 13 févr. 2026</t>
   </si>
   <si>
     <t>FR-Mulhouse</t>
   </si>
   <si>
     <t>La Filature, Scène nationale de Mulhouse</t>
   </si>
   <si>
     <t>11 févr. &gt; 12 févr. 2026</t>
   </si>
   <si>
     <t>FR-Lieusaint</t>
   </si>
   <si>
     <t>Théâtre-Sénart, Scène nationale</t>
   </si>
   <si>
     <t>17 févr. &gt; 19 févr. 2026</t>
@@ -308,66 +308,66 @@
   <si>
     <t>FR-Rennes</t>
   </si>
   <si>
     <t>TNB</t>
   </si>
   <si>
     <t>24 mars &gt; 27 mars 2026</t>
   </si>
   <si>
     <t>FR-Hérouville-Saint-Clair</t>
   </si>
   <si>
     <t>Comédie de Caen</t>
   </si>
   <si>
     <t>01 avr. &gt; 02 avr. 2026</t>
   </si>
   <si>
     <t>Théâtre à Pau</t>
   </si>
   <si>
     <t>08 avr. &gt; 09 avr. 2026</t>
   </si>
   <si>
+    <t>Edith Beale au Reno Sweeney</t>
+  </si>
+  <si>
+    <t>Sara Stridsberg</t>
+  </si>
+  <si>
+    <t>Sara Stridsberg, Pierre Maillet</t>
+  </si>
+  <si>
     <t>FR-Montpellier</t>
   </si>
   <si>
     <t>Théâtre des 13 Vents</t>
   </si>
   <si>
     <t>08 avr. &gt; 10 avr. 2026</t>
-  </si>
-[...7 lines deleted...]
-    <t>Sara Stridsberg, Pierre Maillet</t>
   </si>
   <si>
     <t>14 avr. &gt; 17 avr. 2026</t>
   </si>
   <si>
     <t>FR-Reims</t>
   </si>
   <si>
     <t>Comédie - CDN de Reims</t>
   </si>
   <si>
     <t>28 avr. &gt; 30 avr. 2026</t>
   </si>
   <si>
     <t>FR-Redon</t>
   </si>
   <si>
     <t>Le Canal - Théâtre du Pays de Redon</t>
   </si>
   <si>
     <t>06 mai &gt; 07 mai 2026</t>
   </si>
   <si>
     <t>Théâtre du Rond-Point</t>
   </si>
@@ -828,74 +828,74 @@
       </c>
       <c r="B3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B4" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="1" t="s">
+      <c r="E4" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="F4" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="F4" s="1" t="s">
+      <c r="G4" s="1" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C6" s="1" t="s">
@@ -917,132 +917,132 @@
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>41</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>51</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>52</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>54</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>55</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>56</v>
       </c>
       <c r="F12" s="1" t="s">
@@ -1329,184 +1329,184 @@
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1"/>
       <c r="E25" s="1" t="s">
         <v>96</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>97</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>79</v>
+        <v>99</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="F26" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="G26" s="1" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D27" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="E27" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="C27" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F27" s="1" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>103</v>
+        <v>83</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>75</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>76</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>104</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>79</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>105</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>106</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>107</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>108</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>109</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>110</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>111</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>112</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>113</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>114</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>38</v>
       </c>
     </row>
@@ -1522,51 +1522,51 @@
       </c>
       <c r="D33" s="1" t="s">
         <v>117</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>118</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>119</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
         <v>121</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>122</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>111</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>123</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>124</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">