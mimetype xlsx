--- v5 (2026-01-14)
+++ v6 (2026-02-03)
@@ -12,311 +12,242 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="L&amp;#039;Arche Editeur" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
+    <t>Le cercle de craie caucasien</t>
+  </si>
+  <si>
+    <t>Bertolt Brecht</t>
+  </si>
+  <si>
+    <t>L'Arche Editeur</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Théâtre de la Ville - Paris</t>
+  </si>
+  <si>
+    <t>03 févr. &gt; 20 févr. 2026</t>
+  </si>
+  <si>
+    <t>Bertolt Brecht, Emmanuel Demarcy-Mota</t>
+  </si>
+  <si>
     <t>Marie Stuart</t>
   </si>
   <si>
     <t>Friedrich Von Schiller</t>
   </si>
   <si>
-    <t>L'Arche Editeur</t>
-[...8 lines deleted...]
-    <t>14 janv. &gt; 29 janv. 2026</t>
+    <t>FR-Lille</t>
+  </si>
+  <si>
+    <t>Théâtre du Nord</t>
+  </si>
+  <si>
+    <t>03 févr. &gt; 07 févr. 2026</t>
   </si>
   <si>
     <t>Friedrich Von Schiller, Chloé Dabert</t>
   </si>
   <si>
+    <t>Six personnages en quête d'auteur</t>
+  </si>
+  <si>
+    <t>Luigi Pirandello</t>
+  </si>
+  <si>
+    <t>Comédie-Française</t>
+  </si>
+  <si>
+    <t>03 févr. &gt; 01 mars 2026</t>
+  </si>
+  <si>
+    <t>Luigi Pirandello, Fabrice Melquiot, Marina Hands</t>
+  </si>
+  <si>
+    <t>L'Hôtel du Libre-Échange</t>
+  </si>
+  <si>
+    <t>Georges Feydeau, Maurice Desvallières</t>
+  </si>
+  <si>
+    <t>FR-Bourges</t>
+  </si>
+  <si>
+    <t>Maison de la Culture de Bourges</t>
+  </si>
+  <si>
+    <t>04 févr. &gt; 05 févr. 2026</t>
+  </si>
+  <si>
+    <t>Georges Feydeau, Stanislas Nordey</t>
+  </si>
+  <si>
+    <t>FR-La Rochelle</t>
+  </si>
+  <si>
+    <t>La Coursive</t>
+  </si>
+  <si>
+    <t>FR-Béthune</t>
+  </si>
+  <si>
+    <t>La Comédie de Béthune</t>
+  </si>
+  <si>
+    <t>11 févr. &gt; 13 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Mulhouse</t>
+  </si>
+  <si>
+    <t>La Filature, Scène nationale de Mulhouse</t>
+  </si>
+  <si>
+    <t>11 févr. &gt; 12 févr. 2026</t>
+  </si>
+  <si>
     <t>Grand-peur et misère du IIIe Reich</t>
   </si>
   <si>
-    <t>Bertolt Brecht</t>
-[...8 lines deleted...]
-    <t>16 janv. &gt; 25 janv. 2026</t>
+    <t>FR-Lieusaint</t>
+  </si>
+  <si>
+    <t>Théâtre-Sénart, Scène nationale</t>
+  </si>
+  <si>
+    <t>17 févr. &gt; 19 févr. 2026</t>
   </si>
   <si>
     <t>Bertolt Brecht, Julie Duclos</t>
   </si>
   <si>
-    <t>La bonne âme du Se-tchouan</t>
-[...47 lines deleted...]
-    <t>Georges Feydeau, Stanislas Nordey</t>
+    <t>FR-Villeurbanne</t>
+  </si>
+  <si>
+    <t>Théâtre National Populaire (TNP)</t>
+  </si>
+  <si>
+    <t>25 févr. &gt; 04 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Nice</t>
+  </si>
+  <si>
+    <t>Théâtre National de Nice</t>
+  </si>
+  <si>
+    <t>04 mars &gt; 05 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Toulouse</t>
+  </si>
+  <si>
+    <t>ThéâtredelaCité</t>
+  </si>
+  <si>
+    <t>10 mars &gt; 18 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Valence</t>
+  </si>
+  <si>
+    <t>La Comédie de Valence</t>
+  </si>
+  <si>
+    <t>11 mars &gt; 12 mars 2026</t>
+  </si>
+  <si>
+    <t>Et jamais nous ne serons séparés</t>
+  </si>
+  <si>
+    <t>Jon Fosse</t>
+  </si>
+  <si>
+    <t>FR-Annecy</t>
+  </si>
+  <si>
+    <t>Bonlieu Scène nationale</t>
+  </si>
+  <si>
+    <t>11 mars &gt; 13 mars 2026</t>
+  </si>
+  <si>
+    <t>Jon Fosse, Daniel Jeanneteau, Mammar Benranou</t>
   </si>
   <si>
     <t>La Lettre</t>
   </si>
   <si>
     <t>Milo Rau</t>
-  </si>
-[...142 lines deleted...]
-    <t>11 mars &gt; 12 mars 2026</t>
   </si>
   <si>
     <t>FR-Nancy</t>
   </si>
   <si>
     <t>La Manufacture CDN Nancy-Lorraine</t>
   </si>
   <si>
     <t>20 mars &gt; 22 mars 2026</t>
   </si>
   <si>
     <t>FR-Rennes</t>
   </si>
   <si>
     <t>TNB</t>
   </si>
   <si>
     <t>24 mars &gt; 27 mars 2026</t>
   </si>
   <si>
     <t>FR-Hérouville-Saint-Clair</t>
   </si>
   <si>
     <t>Comédie de Caen</t>
   </si>
@@ -737,59 +668,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G34"/>
+  <dimension ref="A1:G27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G34"/>
+      <selection activeCell="A1" sqref="A1:G27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="57.7" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
@@ -828,754 +759,593 @@
       </c>
       <c r="B3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="E6" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="C6" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F6" s="1" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>48</v>
+        <v>14</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>7</v>
+        <v>39</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>8</v>
+        <v>57</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="F14" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="E14" s="1" t="s">
+      <c r="G14" s="1" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>31</v>
+        <v>62</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="G15" s="1" t="s">
         <v>63</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D18" s="1"/>
       <c r="E18" s="1" t="s">
         <v>73</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>74</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="F19" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="G19" s="1" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D20" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="E20" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C20" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D20" s="1" t="s">
+      <c r="F20" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="E20" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G20" s="1" t="s">
-        <v>83</v>
+        <v>61</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>84</v>
+        <v>50</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>85</v>
+        <v>51</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>37</v>
+        <v>56</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>38</v>
+        <v>61</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>7</v>
+        <v>75</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>8</v>
+        <v>76</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>13</v>
+        <v>77</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>7</v>
+        <v>75</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>8</v>
+        <v>76</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>13</v>
+        <v>77</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>7</v>
+        <v>62</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D25" s="1"/>
+      <c r="D25" s="1" t="s">
+        <v>90</v>
+      </c>
       <c r="E25" s="1" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>99</v>
+        <v>57</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F26" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="G26" s="1" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>79</v>
+        <v>99</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>101</v>
-      </c>
-[...168 lines deleted...]
-        <v>124</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>