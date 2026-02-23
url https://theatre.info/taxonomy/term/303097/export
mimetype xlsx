--- v6 (2026-02-03)
+++ v7 (2026-02-23)
@@ -12,257 +12,203 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="L&amp;#039;Arche Editeur" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
-    <t>Le cercle de craie caucasien</t>
+    <t>Six personnages en quête d'auteur</t>
+  </si>
+  <si>
+    <t>Luigi Pirandello</t>
+  </si>
+  <si>
+    <t>L'Arche Editeur</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Comédie-Française</t>
+  </si>
+  <si>
+    <t>24 févr. &gt; 01 mars 2026</t>
+  </si>
+  <si>
+    <t>Luigi Pirandello, Fabrice Melquiot, Marina Hands</t>
+  </si>
+  <si>
+    <t>Marie Stuart</t>
+  </si>
+  <si>
+    <t>Friedrich Von Schiller</t>
+  </si>
+  <si>
+    <t>FR-Villeurbanne</t>
+  </si>
+  <si>
+    <t>Théâtre National Populaire (TNP)</t>
+  </si>
+  <si>
+    <t>25 févr. &gt; 04 mars 2026</t>
+  </si>
+  <si>
+    <t>Friedrich Von Schiller, Chloé Dabert</t>
+  </si>
+  <si>
+    <t>À notre place</t>
+  </si>
+  <si>
+    <t>Arne Lygre</t>
+  </si>
+  <si>
+    <t>FR-Rennes</t>
+  </si>
+  <si>
+    <t>TNB</t>
+  </si>
+  <si>
+    <t>03 mars &gt; 07 mars 2026</t>
+  </si>
+  <si>
+    <t>Arne Lygre, Stéphane Braunschweig</t>
+  </si>
+  <si>
+    <t>Grand-peur et misère du IIIe Reich</t>
   </si>
   <si>
     <t>Bertolt Brecht</t>
   </si>
   <si>
-    <t>L'Arche Editeur</t>
-[...98 lines deleted...]
-    <t>17 févr. &gt; 19 févr. 2026</t>
+    <t>FR-Nice</t>
+  </si>
+  <si>
+    <t>Théâtre National de Nice</t>
+  </si>
+  <si>
+    <t>04 mars &gt; 05 mars 2026</t>
   </si>
   <si>
     <t>Bertolt Brecht, Julie Duclos</t>
   </si>
   <si>
-    <t>FR-Villeurbanne</t>
-[...16 lines deleted...]
-  <si>
     <t>FR-Toulouse</t>
   </si>
   <si>
     <t>ThéâtredelaCité</t>
   </si>
   <si>
     <t>10 mars &gt; 18 mars 2026</t>
   </si>
   <si>
     <t>FR-Valence</t>
   </si>
   <si>
     <t>La Comédie de Valence</t>
   </si>
   <si>
     <t>11 mars &gt; 12 mars 2026</t>
   </si>
   <si>
     <t>Et jamais nous ne serons séparés</t>
   </si>
   <si>
     <t>Jon Fosse</t>
   </si>
   <si>
     <t>FR-Annecy</t>
   </si>
   <si>
     <t>Bonlieu Scène nationale</t>
   </si>
   <si>
     <t>11 mars &gt; 13 mars 2026</t>
   </si>
   <si>
     <t>Jon Fosse, Daniel Jeanneteau, Mammar Benranou</t>
   </si>
   <si>
+    <t>La Colline</t>
+  </si>
+  <si>
+    <t>18 mars &gt; 17 avr. 2026</t>
+  </si>
+  <si>
     <t>La Lettre</t>
   </si>
   <si>
     <t>Milo Rau</t>
   </si>
   <si>
     <t>FR-Nancy</t>
   </si>
   <si>
     <t>La Manufacture CDN Nancy-Lorraine</t>
   </si>
   <si>
     <t>20 mars &gt; 22 mars 2026</t>
-  </si>
-[...4 lines deleted...]
-    <t>TNB</t>
   </si>
   <si>
     <t>24 mars &gt; 27 mars 2026</t>
   </si>
   <si>
     <t>FR-Hérouville-Saint-Clair</t>
   </si>
   <si>
     <t>Comédie de Caen</t>
   </si>
   <si>
     <t>01 avr. &gt; 02 avr. 2026</t>
   </si>
   <si>
     <t>Théâtre à Pau</t>
   </si>
   <si>
     <t>08 avr. &gt; 09 avr. 2026</t>
   </si>
   <si>
     <t>Edith Beale au Reno Sweeney</t>
   </si>
   <si>
     <t>Sara Stridsberg</t>
   </si>
@@ -668,64 +614,64 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G27"/>
+  <dimension ref="A1:G22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G27"/>
+      <selection activeCell="A1" sqref="A1:G22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="48.274" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="57.7" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
@@ -765,587 +711,472 @@
       </c>
       <c r="D3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>31</v>
-      </c>
-[...7 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D13" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D13" s="1"/>
       <c r="E13" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F14" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="B14" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E14" s="1" t="s">
+      <c r="G14" s="1" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="F15" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="B15" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G15" s="1" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>68</v>
+        <v>33</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D18" s="1"/>
+      <c r="D18" s="1" t="s">
+        <v>67</v>
+      </c>
       <c r="E18" s="1" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>19</v>
+        <v>59</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>75</v>
+        <v>57</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>76</v>
+        <v>58</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E19" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="E19" s="1" t="s">
+      <c r="F19" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="F19" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G19" s="1" t="s">
-        <v>77</v>
+        <v>59</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>50</v>
+        <v>76</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>51</v>
+        <v>77</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>19</v>
+        <v>79</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>56</v>
+        <v>80</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>57</v>
+        <v>81</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="F22" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="E22" s="1" t="s">
+      <c r="G22" s="1" t="s">
         <v>83</v>
-      </c>
-[...119 lines deleted...]
-        <v>101</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>