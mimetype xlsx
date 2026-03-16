--- v7 (2026-02-23)
+++ v8 (2026-03-16)
@@ -12,239 +12,212 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="L&amp;#039;Arche Editeur" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
-    <t>Six personnages en quête d'auteur</t>
-[...2 lines deleted...]
-    <t>Luigi Pirandello</t>
+    <t>Grand-peur et misère du IIIe Reich</t>
+  </si>
+  <si>
+    <t>Bertolt Brecht</t>
   </si>
   <si>
     <t>L'Arche Editeur</t>
   </si>
   <si>
+    <t>FR-Toulouse</t>
+  </si>
+  <si>
+    <t>ThéâtredelaCité</t>
+  </si>
+  <si>
+    <t>16 mars &gt; 18 mars 2026</t>
+  </si>
+  <si>
+    <t>Bertolt Brecht, Julie Duclos</t>
+  </si>
+  <si>
+    <t>À notre place</t>
+  </si>
+  <si>
+    <t>Arne Lygre</t>
+  </si>
+  <si>
     <t>FR-Paris</t>
   </si>
   <si>
-    <t>Comédie-Française</t>
-[...5 lines deleted...]
-    <t>Luigi Pirandello, Fabrice Melquiot, Marina Hands</t>
+    <t>La Colline</t>
+  </si>
+  <si>
+    <t>18 mars &gt; 17 avr. 2026</t>
+  </si>
+  <si>
+    <t>Arne Lygre, Stéphane Braunschweig</t>
+  </si>
+  <si>
+    <t>La Lettre</t>
+  </si>
+  <si>
+    <t>Milo Rau</t>
+  </si>
+  <si>
+    <t>FR-Nancy</t>
+  </si>
+  <si>
+    <t>La Manufacture CDN Nancy-Lorraine</t>
+  </si>
+  <si>
+    <t>20 mars &gt; 22 mars 2026</t>
   </si>
   <si>
     <t>Marie Stuart</t>
   </si>
   <si>
     <t>Friedrich Von Schiller</t>
   </si>
   <si>
-    <t>FR-Villeurbanne</t>
-[...5 lines deleted...]
-    <t>25 févr. &gt; 04 mars 2026</t>
+    <t>FR-Rennes</t>
+  </si>
+  <si>
+    <t>TNB</t>
+  </si>
+  <si>
+    <t>24 mars &gt; 27 mars 2026</t>
   </si>
   <si>
     <t>Friedrich Von Schiller, Chloé Dabert</t>
   </si>
   <si>
-    <t>À notre place</t>
-[...50 lines deleted...]
-    <t>11 mars &gt; 12 mars 2026</t>
+    <t>La Maison de Bernarda Alba</t>
+  </si>
+  <si>
+    <t>Federico García Lorca</t>
+  </si>
+  <si>
+    <t>FR-Bordeaux</t>
+  </si>
+  <si>
+    <t>TnBA</t>
+  </si>
+  <si>
+    <t>25 mars &gt; 28 mars 2026</t>
+  </si>
+  <si>
+    <t>Federico García Lorca, Thibaud Croisy</t>
+  </si>
+  <si>
+    <t>FR-Hérouville-Saint-Clair</t>
+  </si>
+  <si>
+    <t>Comédie de Caen</t>
+  </si>
+  <si>
+    <t>01 avr. &gt; 02 avr. 2026</t>
   </si>
   <si>
     <t>Et jamais nous ne serons séparés</t>
   </si>
   <si>
     <t>Jon Fosse</t>
   </si>
   <si>
-    <t>FR-Annecy</t>
-[...5 lines deleted...]
-    <t>11 mars &gt; 13 mars 2026</t>
+    <t>FR-Montpellier</t>
+  </si>
+  <si>
+    <t>Théâtre des 13 Vents</t>
+  </si>
+  <si>
+    <t>08 avr. &gt; 10 avr. 2026</t>
   </si>
   <si>
     <t>Jon Fosse, Daniel Jeanneteau, Mammar Benranou</t>
   </si>
   <si>
-    <t>La Colline</t>
-[...31 lines deleted...]
-  <si>
     <t>Théâtre à Pau</t>
   </si>
   <si>
     <t>08 avr. &gt; 09 avr. 2026</t>
   </si>
   <si>
     <t>Edith Beale au Reno Sweeney</t>
   </si>
   <si>
     <t>Sara Stridsberg</t>
   </si>
   <si>
     <t>Sara Stridsberg, Pierre Maillet</t>
   </si>
   <si>
-    <t>FR-Montpellier</t>
-[...5 lines deleted...]
-    <t>08 avr. &gt; 10 avr. 2026</t>
+    <t>FR-Gennevilliers</t>
+  </si>
+  <si>
+    <t>T2G</t>
+  </si>
+  <si>
+    <t>09 avr. &gt; 17 avr. 2026</t>
   </si>
   <si>
     <t>14 avr. &gt; 17 avr. 2026</t>
   </si>
   <si>
     <t>FR-Reims</t>
   </si>
   <si>
     <t>Comédie - CDN de Reims</t>
   </si>
   <si>
     <t>28 avr. &gt; 30 avr. 2026</t>
   </si>
   <si>
     <t>FR-Redon</t>
   </si>
   <si>
     <t>Le Canal - Théâtre du Pays de Redon</t>
   </si>
   <si>
     <t>06 mai &gt; 07 mai 2026</t>
   </si>
   <si>
     <t>Théâtre du Rond-Point</t>
   </si>
@@ -254,60 +227,105 @@
   <si>
     <t>FR-Montreuil</t>
   </si>
   <si>
     <t>Théâtre Public de Montreuil [TPM]</t>
   </si>
   <si>
     <t>20 mai &gt; 30 mai 2026</t>
   </si>
   <si>
     <t>Je suis le vent</t>
   </si>
   <si>
     <t>FR-Valenciennes</t>
   </si>
   <si>
     <t>Le Phénix Scène Nationale</t>
   </si>
   <si>
     <t>27 mai &gt; 28 mai 2026</t>
   </si>
   <si>
     <t>Jon Fosse, Emma Gustafsson</t>
   </si>
   <si>
+    <t>Au bon pasteur, peines mineures (2)</t>
+  </si>
+  <si>
+    <t>Sonia Chiambretto</t>
+  </si>
+  <si>
+    <t>FR-Angers</t>
+  </si>
+  <si>
+    <t>Festival d'Anjou</t>
+  </si>
+  <si>
+    <t>16 juin 2026</t>
+  </si>
+  <si>
+    <t>Sonia Chiambretto, Marcial Di Fonzo Bo</t>
+  </si>
+  <si>
     <t>Tout est calme dans les hauteurs</t>
   </si>
   <si>
     <t>Thomas Bernhard</t>
   </si>
   <si>
     <t>18 juin &gt; 04 juil. 2026</t>
   </si>
   <si>
     <t>Thomas Bernhard, Jean-François Sivadier</t>
+  </si>
+  <si>
+    <t>Le Quai - Angers</t>
+  </si>
+  <si>
+    <t>18 nov. &gt; 19 nov. 2026</t>
+  </si>
+  <si>
+    <t>FR-Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>La Comédie de Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>13 janv. &gt; 14 janv. 2027</t>
+  </si>
+  <si>
+    <t>FR-Juvisy-sur-Orge</t>
+  </si>
+  <si>
+    <t>Les Bords de Scènes, théâtres et cinémas</t>
+  </si>
+  <si>
+    <t>27 janv. 2027</t>
+  </si>
+  <si>
+    <t>24 mars &gt; 25 mars 2027</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -614,65 +632,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G22"/>
+  <dimension ref="A1:G23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G22"/>
+      <selection activeCell="A1" sqref="A1:G23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="42.418" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
@@ -720,463 +738,486 @@
       </c>
       <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D5" s="1" t="s">
+      <c r="E5" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D9" s="1"/>
       <c r="E9" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B10" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="C10" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F10" s="1" t="s">
+      <c r="G10" s="1" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>53</v>
+        <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>54</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D13" s="1"/>
+      <c r="D13" s="1" t="s">
+        <v>55</v>
+      </c>
       <c r="E13" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>19</v>
+        <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="B14" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="C14" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E14" s="1" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>61</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>38</v>
+        <v>66</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>43</v>
+        <v>70</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>58</v>
+        <v>72</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>59</v>
+        <v>76</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>57</v>
+        <v>77</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>58</v>
+        <v>78</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>59</v>
+        <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>75</v>
+        <v>31</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>79</v>
+        <v>36</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>80</v>
+        <v>31</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>81</v>
+        <v>32</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>10</v>
+        <v>86</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>83</v>
+        <v>36</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7">
+      <c r="A23" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>