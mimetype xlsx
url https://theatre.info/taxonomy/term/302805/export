--- v0 (2025-10-10)
+++ v1 (2025-11-28)
@@ -12,101 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="J&amp;#039;ai Lu (Editions)" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
     <t>La guerre n’a pas un visage de femme</t>
   </si>
   <si>
     <t>Svetlana Alexievitch</t>
   </si>
   <si>
     <t>J'ai Lu (Editions)</t>
   </si>
   <si>
-    <t>FR-Saint-Denis</t>
-[...5 lines deleted...]
-    <t>10 oct. &gt; 17 oct. 2025</t>
+    <t>FR-Nice</t>
+  </si>
+  <si>
+    <t>Théâtre National de Nice</t>
+  </si>
+  <si>
+    <t>08 janv. &gt; 09 janv. 2026</t>
   </si>
   <si>
     <t>Svetlana Alexievitch, Julie Deliquet</t>
-  </si>
-[...7 lines deleted...]
-    <t>08 janv. &gt; 09 janv. 2026</t>
   </si>
   <si>
     <t>FR-Grenoble</t>
   </si>
   <si>
     <t>MC2:</t>
   </si>
   <si>
     <t>14 janv. &gt; 15 janv. 2026</t>
   </si>
   <si>
     <t>FR-Lyon</t>
   </si>
   <si>
     <t>Les Célestins, Théâtre de Lyon</t>
   </si>
   <si>
     <t>21 janv. &gt; 31 janv. 2026</t>
   </si>
   <si>
     <t>FR-Saint-Etienne</t>
   </si>
   <si>
     <t>La Comédie de Saint-Étienne</t>
   </si>
@@ -563,54 +554,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G20"/>
+  <dimension ref="A1:G19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G20"/>
+      <selection activeCell="A1" sqref="A1:G19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -935,74 +926,74 @@
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>51</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>52</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D16" s="1" t="s">
+      <c r="D16" s="1"/>
+      <c r="E16" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="E16" s="1" t="s">
+      <c r="F16" s="1" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D17" s="1"/>
+      <c r="D17" s="1" t="s">
+        <v>55</v>
+      </c>
       <c r="E17" s="1" t="s">
         <v>56</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>57</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>59</v>
@@ -1012,73 +1003,50 @@
       </c>
       <c r="G18" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>61</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>62</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>63</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>13</v>
-[...21 lines deleted...]
-      <c r="G20" s="1" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>