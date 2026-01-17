--- v1 (2025-11-28)
+++ v2 (2026-01-17)
@@ -12,110 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="J&amp;#039;ai Lu (Editions)" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
     <t>La guerre n’a pas un visage de femme</t>
   </si>
   <si>
     <t>Svetlana Alexievitch</t>
   </si>
   <si>
     <t>J'ai Lu (Editions)</t>
   </si>
   <si>
-    <t>FR-Nice</t>
-[...5 lines deleted...]
-    <t>08 janv. &gt; 09 janv. 2026</t>
+    <t>FR-Lyon</t>
+  </si>
+  <si>
+    <t>Les Célestins, Théâtre de Lyon</t>
+  </si>
+  <si>
+    <t>21 janv. &gt; 31 janv. 2026</t>
   </si>
   <si>
     <t>Svetlana Alexievitch, Julie Deliquet</t>
-  </si>
-[...16 lines deleted...]
-    <t>21 janv. &gt; 31 janv. 2026</t>
   </si>
   <si>
     <t>FR-Saint-Etienne</t>
   </si>
   <si>
     <t>La Comédie de Saint-Étienne</t>
   </si>
   <si>
     <t>04 févr. &gt; 05 févr. 2026</t>
   </si>
   <si>
     <t>FR-Lorient</t>
   </si>
   <si>
     <t>Théâtre de Lorient - CDN</t>
   </si>
   <si>
     <t>10 févr. &gt; 11 févr. 2026</t>
   </si>
   <si>
     <t>CH-Genève</t>
   </si>
   <si>
     <t>Comédie de Genève</t>
   </si>
@@ -554,54 +536,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G19"/>
+  <dimension ref="A1:G17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G19"/>
+      <selection activeCell="A1" sqref="A1:G17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -880,173 +862,127 @@
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>46</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="D14" s="1"/>
+      <c r="E14" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="E14" s="1" t="s">
+      <c r="F14" s="1" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E15" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="E15" s="1" t="s">
+      <c r="F15" s="1" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D16" s="1"/>
+      <c r="D16" s="1" t="s">
+        <v>52</v>
+      </c>
       <c r="E16" s="1" t="s">
         <v>53</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>54</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>56</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>57</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>13</v>
-[...44 lines deleted...]
-      <c r="G19" s="1" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>