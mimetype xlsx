--- v2 (2026-01-17)
+++ v3 (2026-02-27)
@@ -12,137 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="J&amp;#039;ai Lu (Editions)" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
     <t>La guerre n’a pas un visage de femme</t>
   </si>
   <si>
     <t>Svetlana Alexievitch</t>
   </si>
   <si>
     <t>J'ai Lu (Editions)</t>
   </si>
   <si>
-    <t>FR-Lyon</t>
-[...5 lines deleted...]
-    <t>21 janv. &gt; 31 janv. 2026</t>
+    <t>FR-Dijon</t>
+  </si>
+  <si>
+    <t>Théâtre Dijon Bourgogne [TDB]</t>
+  </si>
+  <si>
+    <t>03 mars &gt; 07 mars 2026</t>
   </si>
   <si>
     <t>Svetlana Alexievitch, Julie Deliquet</t>
-  </si>
-[...43 lines deleted...]
-    <t>03 mars &gt; 07 mars 2026</t>
   </si>
   <si>
     <t>FR-Hérouville-Saint-Clair</t>
   </si>
   <si>
     <t>Comédie de Caen</t>
   </si>
   <si>
     <t>11 mars &gt; 12 mars 2026</t>
   </si>
   <si>
     <t>FR-La Roche-sur-Yon</t>
   </si>
   <si>
     <t>Le Grand R</t>
   </si>
   <si>
     <t>18 mars &gt; 19 mars 2026</t>
   </si>
   <si>
     <t>FR-Perpignan</t>
   </si>
   <si>
     <t>L’Archipel, Scène nationale de Perpignan</t>
   </si>
@@ -536,64 +491,64 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G17"/>
+  <dimension ref="A1:G12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G17"/>
+      <selection activeCell="A1" sqref="A1:G12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
@@ -747,242 +702,127 @@
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>31</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D9" s="1" t="s">
+      <c r="D9" s="1"/>
+      <c r="E9" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="E9" s="1" t="s">
+      <c r="F9" s="1" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E10" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="E10" s="1" t="s">
+      <c r="F10" s="1" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E11" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="E11" s="1" t="s">
+      <c r="F11" s="1" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E12" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="E12" s="1" t="s">
+      <c r="F12" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="F12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G12" s="1" t="s">
-        <v>13</v>
-[...111 lines deleted...]
-      <c r="G17" s="1" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>