--- v3 (2026-02-27)
+++ v4 (2026-03-20)
@@ -12,119 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="J&amp;#039;ai Lu (Editions)" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
     <t>La guerre n’a pas un visage de femme</t>
   </si>
   <si>
     <t>Svetlana Alexievitch</t>
   </si>
   <si>
     <t>J'ai Lu (Editions)</t>
   </si>
   <si>
-    <t>FR-Dijon</t>
-[...5 lines deleted...]
-    <t>03 mars &gt; 07 mars 2026</t>
+    <t>FR-Perpignan</t>
+  </si>
+  <si>
+    <t>L’Archipel, Scène nationale de Perpignan</t>
+  </si>
+  <si>
+    <t>27 mars 2026</t>
   </si>
   <si>
     <t>Svetlana Alexievitch, Julie Deliquet</t>
-  </si>
-[...25 lines deleted...]
-    <t>27 mars 2026</t>
   </si>
   <si>
     <t>FR-Toulouse</t>
   </si>
   <si>
     <t>ThéâtredelaCité</t>
   </si>
   <si>
     <t>31 mars &gt; 03 avr. 2026</t>
   </si>
   <si>
     <t>FR-Reims</t>
   </si>
   <si>
     <t>Comédie - CDN de Reims</t>
   </si>
   <si>
     <t>08 avr. &gt; 10 avr. 2026</t>
   </si>
   <si>
     <t>FR-Noisiel</t>
   </si>
   <si>
     <t>La Ferme du Buisson</t>
   </si>
@@ -491,62 +464,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G12"/>
+  <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G12"/>
+      <selection activeCell="A1" sqref="A1:G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
@@ -633,196 +606,127 @@
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D6" s="1" t="s">
+      <c r="D6" s="1"/>
+      <c r="E6" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E6" s="1" t="s">
+      <c r="F6" s="1" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E7" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="E7" s="1" t="s">
+      <c r="F7" s="1" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E8" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="E8" s="1" t="s">
+      <c r="F8" s="1" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D9" s="1"/>
+      <c r="D9" s="1" t="s">
+        <v>31</v>
+      </c>
       <c r="E9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>33</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>13</v>
-[...67 lines deleted...]
-      <c r="G12" s="1" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>