--- v0 (2025-10-12)
+++ v1 (2026-02-13)
@@ -50,51 +50,51 @@
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
     <t>Je suis blanc et je vous merde</t>
   </si>
   <si>
     <t>Soeuf Elbadawi</t>
   </si>
   <si>
     <t>Editions Passage(s)</t>
   </si>
   <si>
     <t>FR-Ivry-sur-Seine</t>
   </si>
   <si>
     <t>Théâtre des Quartiers d'Ivry</t>
   </si>
   <si>
-    <t>11 févr. &gt; 15 févr. 2026</t>
+    <t>13 févr. &gt; 15 févr. 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>