--- v0 (2025-10-08)
+++ v1 (2025-11-05)
@@ -50,51 +50,51 @@
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
     <t>Art</t>
   </si>
   <si>
     <t>Yasmina Reza</t>
   </si>
   <si>
     <t>Éditions Magnard</t>
   </si>
   <si>
     <t>FR-Paris</t>
   </si>
   <si>
     <t>Théâtre Montparnasse</t>
   </si>
   <si>
-    <t>08 oct. &gt; 20 déc. 2025</t>
+    <t>05 nov. &gt; 20 déc. 2025</t>
   </si>
   <si>
     <t>Yasmina Reza, François Morel</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>