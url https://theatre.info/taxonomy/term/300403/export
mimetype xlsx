--- v1 (2025-11-05)
+++ v2 (2025-11-26)
@@ -50,51 +50,51 @@
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
     <t>Art</t>
   </si>
   <si>
     <t>Yasmina Reza</t>
   </si>
   <si>
     <t>Éditions Magnard</t>
   </si>
   <si>
     <t>FR-Paris</t>
   </si>
   <si>
     <t>Théâtre Montparnasse</t>
   </si>
   <si>
-    <t>05 nov. &gt; 20 déc. 2025</t>
+    <t>26 nov. &gt; 20 déc. 2025</t>
   </si>
   <si>
     <t>Yasmina Reza, François Morel</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>