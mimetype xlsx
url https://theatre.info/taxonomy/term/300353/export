--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -12,89 +12,80 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Editions La Contre-Allée" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
     <t>Le Rêve d’Elektra</t>
   </si>
   <si>
     <t>Clément Bondu</t>
   </si>
   <si>
     <t>Editions La Contre-Allée</t>
-  </si>
-[...7 lines deleted...]
-    <t>08 oct. &gt; 11 oct. 2025</t>
   </si>
   <si>
     <t>FR-Saint-Céré</t>
   </si>
   <si>
     <t>ScénOgraph</t>
   </si>
   <si>
     <t>14 nov. 2025</t>
   </si>
   <si>
     <t>FR-Sète</t>
   </si>
   <si>
     <t>Théâtre Molière - Sète</t>
   </si>
   <si>
     <t>19 nov. 2025</t>
   </si>
   <si>
     <t>FR-Perpignan</t>
   </si>
   <si>
     <t>L’Archipel, Scène nationale de Perpignan</t>
   </si>
@@ -428,54 +419,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G5"/>
+  <dimension ref="A1:G4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G5"/>
+      <selection activeCell="A1" sqref="A1:G4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -534,73 +525,50 @@
       </c>
       <c r="G3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>8</v>
-[...21 lines deleted...]
-      <c r="G5" s="1" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>