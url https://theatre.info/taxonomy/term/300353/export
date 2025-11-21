--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -12,98 +12,80 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Editions La Contre-Allée" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
     <t>Le Rêve d’Elektra</t>
   </si>
   <si>
     <t>Clément Bondu</t>
   </si>
   <si>
     <t>Editions La Contre-Allée</t>
-  </si>
-[...16 lines deleted...]
-    <t>19 nov. 2025</t>
   </si>
   <si>
     <t>FR-Perpignan</t>
   </si>
   <si>
     <t>L’Archipel, Scène nationale de Perpignan</t>
   </si>
   <si>
     <t>27 nov. &gt; 28 nov. 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -419,156 +401,110 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G4"/>
+  <dimension ref="A1:G2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G4"/>
+      <selection activeCell="A1" sqref="A1:G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>8</v>
-[...44 lines deleted...]
-      <c r="G4" s="1" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>