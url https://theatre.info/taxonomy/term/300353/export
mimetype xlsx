--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -12,91 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Editions La Contre-Allée" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
-[...39 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -401,112 +361,63 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G2"/>
+  <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G2"/>
+      <selection activeCell="A1" sqref="A1:A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="21.138" bestFit="true" customWidth="true" style="0"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
-[...43 lines deleted...]
-      </c>
+    <row r="1" spans="1:1">
+      <c r="A1" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">