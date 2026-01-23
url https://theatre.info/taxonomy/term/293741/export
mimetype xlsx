--- v0 (2025-10-12)
+++ v1 (2026-01-23)
@@ -50,51 +50,51 @@
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
     <t>Vie et destin</t>
   </si>
   <si>
     <t>Vassili Grossman</t>
   </si>
   <si>
     <t>Calmann-Lévy</t>
   </si>
   <si>
     <t>FR-Paris</t>
   </si>
   <si>
     <t>Théâtre de la Ville - Paris</t>
   </si>
   <si>
-    <t>08 janv. &gt; 27 janv. 2026</t>
+    <t>23 janv. &gt; 27 janv. 2026</t>
   </si>
   <si>
     <t>Vassili Grossman, Brigitte Jaques-Wajeman</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>