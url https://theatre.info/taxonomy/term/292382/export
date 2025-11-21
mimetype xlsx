--- v0 (2025-10-10)
+++ v1 (2025-11-21)
@@ -12,596 +12,644 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Éditions  esse que" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
+    <t>Zoé (et maintenant les vivants)</t>
+  </si>
+  <si>
+    <t>Théo Askolovitch</t>
+  </si>
+  <si>
+    <t>Éditions : esse que</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Théâtre de la Bastille</t>
+  </si>
+  <si>
+    <t>21 nov. &gt; 05 déc. 2025</t>
+  </si>
+  <si>
+    <t>Tous coupables sauf Thomas Grönn</t>
+  </si>
+  <si>
+    <t>Romane Nicolas</t>
+  </si>
+  <si>
+    <t>FR-Strasbourg</t>
+  </si>
+  <si>
+    <t>TAPS</t>
+  </si>
+  <si>
+    <t>21 nov. 2025</t>
+  </si>
+  <si>
+    <t>Sacha Vilmar, Romane Nicolas</t>
+  </si>
+  <si>
+    <t>Polar(e)</t>
+  </si>
+  <si>
+    <t>Céline Fuhrer, Jean-Luc Vincent</t>
+  </si>
+  <si>
+    <t>Théâtre du Rond-Point</t>
+  </si>
+  <si>
+    <t>21 nov. &gt; 22 nov. 2025</t>
+  </si>
+  <si>
+    <t>Nelvar – le royaume sans peuple</t>
+  </si>
+  <si>
+    <t>Logan De Carvalho</t>
+  </si>
+  <si>
+    <t>FR-Saint-Etienne</t>
+  </si>
+  <si>
+    <t>La Comédie de Saint-Étienne</t>
+  </si>
+  <si>
+    <t>Logan De Carvalho, Margaux Desailly</t>
+  </si>
+  <si>
+    <t>Dialogue avec ce qui se passe</t>
+  </si>
+  <si>
+    <t>Nicolas Doutey</t>
+  </si>
+  <si>
+    <t>FR-Nancy</t>
+  </si>
+  <si>
+    <t>La Manufacture CDN Nancy-Lorraine</t>
+  </si>
+  <si>
+    <t>Nicolas Doutey, Adrien Bréal</t>
+  </si>
+  <si>
+    <t>Là personne</t>
+  </si>
+  <si>
+    <t>Geoffrey Rouge-Carrassat</t>
+  </si>
+  <si>
+    <t>Athénée Théâtre Louis-Jouvet</t>
+  </si>
+  <si>
+    <t>21 nov. &gt; 29 nov. 2025</t>
+  </si>
+  <si>
+    <t>65 rue d'Aubagne</t>
+  </si>
+  <si>
+    <t>Mathilde Aurier</t>
+  </si>
+  <si>
+    <t>FR-Aix-en-Provence</t>
+  </si>
+  <si>
+    <t>Théâtre Antoine Vitez</t>
+  </si>
+  <si>
+    <t>Parler pointu</t>
+  </si>
+  <si>
+    <t>Benjamin Tholozan, Hélène François</t>
+  </si>
+  <si>
+    <t>FR-Narbonne</t>
+  </si>
+  <si>
+    <t>Scène nationale Grand Narbonne</t>
+  </si>
+  <si>
+    <t>23 nov. &gt; 30 nov. 2025</t>
+  </si>
+  <si>
+    <t>Les oiseaux sont faux</t>
+  </si>
+  <si>
+    <t>Maëlle Puéchoultres</t>
+  </si>
+  <si>
+    <t>FR-Lyon</t>
+  </si>
+  <si>
+    <t>Théâtre de L'Elysée</t>
+  </si>
+  <si>
+    <t>25 nov. &gt; 28 nov. 2025</t>
+  </si>
+  <si>
+    <t>FR-Mulhouse</t>
+  </si>
+  <si>
+    <t>La Filature, Scène nationale de Mulhouse</t>
+  </si>
+  <si>
+    <t>26 nov. &gt; 27 nov. 2025</t>
+  </si>
+  <si>
+    <t>C’est un réflexe nerveux on n’y peut rien</t>
+  </si>
+  <si>
+    <t>Louise Herrero</t>
+  </si>
+  <si>
+    <t>FR-Toulouse</t>
+  </si>
+  <si>
+    <t>Théâtre Sorano</t>
+  </si>
+  <si>
+    <t>Louise Herrero, Estelle Rotier</t>
+  </si>
+  <si>
+    <t>SarkHollande (comédie identitaire)</t>
+  </si>
+  <si>
+    <t>Léo Cohen-Paperman, Emilien Diard-Detœuf</t>
+  </si>
+  <si>
+    <t>FR-Privas</t>
+  </si>
+  <si>
+    <t>Théâtre de Privas</t>
+  </si>
+  <si>
+    <t>27 nov. 2025</t>
+  </si>
+  <si>
+    <t>Léo Cohen-Paperman</t>
+  </si>
+  <si>
+    <t>02 déc. &gt; 05 déc. 2025</t>
+  </si>
+  <si>
+    <t>La Vie et la mort de Jacques Chirac</t>
+  </si>
+  <si>
+    <t>Léo Cohen-Paperman, Julien Campani</t>
+  </si>
+  <si>
+    <t>FR-Lons-le-Saunier</t>
+  </si>
+  <si>
+    <t>Les Scènes du Jura</t>
+  </si>
+  <si>
+    <t>05 déc. &gt; 07 déc. 2025</t>
+  </si>
+  <si>
+    <t>Va Aimer !</t>
+  </si>
+  <si>
+    <t>Eva Rami</t>
+  </si>
+  <si>
+    <t>FR-Aurillac</t>
+  </si>
+  <si>
+    <t>Théâtre d'Aurillac</t>
+  </si>
+  <si>
+    <t>05 déc. 2025</t>
+  </si>
+  <si>
+    <t>FR-Sartrouville</t>
+  </si>
+  <si>
+    <t>Théâtre de Sartrouville</t>
+  </si>
+  <si>
+    <t>11 déc. &gt; 12 déc. 2025</t>
+  </si>
+  <si>
+    <t>FR-Metz</t>
+  </si>
+  <si>
+    <t>Espace Bernard-Marie Koltès - Metz</t>
+  </si>
+  <si>
+    <t>16 déc. &gt; 18 déc. 2025</t>
+  </si>
+  <si>
+    <t>17 déc. &gt; 19 déc. 2025</t>
+  </si>
+  <si>
+    <t>Le dîner chez les Français de V. Giscard d'Estaing</t>
+  </si>
+  <si>
+    <t>FR-Alençon</t>
+  </si>
+  <si>
+    <t>Théâtre d'Alençon</t>
+  </si>
+  <si>
+    <t>06 janv. &gt; 08 janv. 2026</t>
+  </si>
+  <si>
+    <t>08 janv. &gt; 09 janv. 2026</t>
+  </si>
+  <si>
+    <t>Maison des Métallos</t>
+  </si>
+  <si>
+    <t>08 janv. &gt; 10 janv. 2026</t>
+  </si>
+  <si>
+    <t>Écorces</t>
+  </si>
+  <si>
+    <t>Alice Carré</t>
+  </si>
+  <si>
+    <t>Théâtre de la Cité internationale</t>
+  </si>
+  <si>
+    <t>12 janv. &gt; 24 janv. 2026</t>
+  </si>
+  <si>
+    <t>Vole ! t'es toi ! va aimer !</t>
+  </si>
+  <si>
+    <t>Théâtre de L'Atelier</t>
+  </si>
+  <si>
+    <t>13 janv. &gt; 15 janv. 2026</t>
+  </si>
+  <si>
+    <t>Génération Mitterand</t>
+  </si>
+  <si>
+    <t>14 janv. &gt; 16 janv. 2026</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>La Criée</t>
+  </si>
+  <si>
+    <t>14 janv. &gt; 17 janv. 2026</t>
+  </si>
+  <si>
+    <t>FR-Noyon</t>
+  </si>
+  <si>
+    <t>Théâtre du Chevalet</t>
+  </si>
+  <si>
+    <t>20 janv. 2026</t>
+  </si>
+  <si>
+    <t>Sans Ulysse</t>
+  </si>
+  <si>
+    <t>Liora Jaccottet, Pascal Cesari</t>
+  </si>
+  <si>
+    <t>FR-Grenoble</t>
+  </si>
+  <si>
+    <t>MC2:</t>
+  </si>
+  <si>
+    <t>20 janv. &gt; 22 janv. 2026</t>
+  </si>
+  <si>
+    <t>FR-Evreux</t>
+  </si>
+  <si>
+    <t>Le Tangram</t>
+  </si>
+  <si>
+    <t>27 janv. 2026</t>
+  </si>
+  <si>
+    <t>Théâtre du Point du Jour</t>
+  </si>
+  <si>
+    <t>27 janv. &gt; 29 janv. 2026</t>
+  </si>
+  <si>
+    <t>FR-Montreuil</t>
+  </si>
+  <si>
+    <t>Théâtre Public de Montreuil [TPM]</t>
+  </si>
+  <si>
+    <t>28 janv. &gt; 06 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Bordeaux</t>
+  </si>
+  <si>
+    <t>TnBA</t>
+  </si>
+  <si>
+    <t>03 févr. &gt; 06 févr. 2026</t>
+  </si>
+  <si>
+    <t>À condition d’avoir une table dans un jardin</t>
+  </si>
+  <si>
+    <t>Gérard Watkins</t>
+  </si>
+  <si>
+    <t>FR-Saint-Denis</t>
+  </si>
+  <si>
+    <t>Théâtre Gérard Philipe - TGP</t>
+  </si>
+  <si>
+    <t>04 févr. &gt; 15 févr. 2026</t>
+  </si>
+  <si>
+    <t>À condition d'avoir une table dans un jardin</t>
+  </si>
+  <si>
+    <t>Seule comme Maria</t>
+  </si>
+  <si>
+    <t>Théo Askolovitch, Marilou Aussilloux</t>
+  </si>
+  <si>
+    <t>18 févr. &gt; 20 févr. 2026</t>
+  </si>
+  <si>
+    <t>Théo Askolovitch, Mariloux Aussilloux</t>
+  </si>
+  <si>
+    <t>FR-Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>La Comédie de Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>24 févr. &gt; 26 févr. 2026</t>
+  </si>
+  <si>
+    <t>La Détente</t>
+  </si>
+  <si>
+    <t>Raphaël Gautier</t>
+  </si>
+  <si>
+    <t>FR-Saint-Fons</t>
+  </si>
+  <si>
+    <t>Théâtre Jean Marais</t>
+  </si>
+  <si>
+    <t>26 févr. &gt; 27 févr. 2026</t>
+  </si>
+  <si>
+    <t>Jean-Simon Traversy</t>
+  </si>
+  <si>
+    <t>FR-La Ricamarie</t>
+  </si>
+  <si>
+    <t>La Ricamarie</t>
+  </si>
+  <si>
+    <t>06 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Bayonne</t>
+  </si>
+  <si>
+    <t>Scène Nationale du Sud-Aquitain</t>
+  </si>
+  <si>
+    <t>08 mars 2026</t>
+  </si>
+  <si>
+    <t>Les Célestins, Théâtre de Lyon</t>
+  </si>
+  <si>
+    <t>10 mars &gt; 12 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Montluçon</t>
+  </si>
+  <si>
+    <t>Théâtre des Îlets - CDN de Montluçon</t>
+  </si>
+  <si>
+    <t>11 mars &gt; 12 mars 2026</t>
+  </si>
+  <si>
+    <t>Richard III</t>
+  </si>
+  <si>
+    <t>William Shakespeare</t>
+  </si>
+  <si>
+    <t>FR-Sceaux</t>
+  </si>
+  <si>
+    <t>Les Gémeaux</t>
+  </si>
+  <si>
+    <t>14 mars &gt; 26 mars 2026</t>
+  </si>
+  <si>
+    <t>William Shakespeare, Itay Tiran</t>
+  </si>
+  <si>
+    <t>En addicto</t>
+  </si>
+  <si>
+    <t>Thomas Quillardet</t>
+  </si>
+  <si>
+    <t>17 mars &gt; 19 mars 2026</t>
+  </si>
+  <si>
+    <t>Théâtre du Jeu de Paume</t>
+  </si>
+  <si>
+    <t>18 mars &gt; 21 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Bar-le-Duc</t>
+  </si>
+  <si>
+    <t>ACB - Scène nationale de Bar-le-Duc</t>
+  </si>
+  <si>
+    <t>26 mars &gt; 27 mars 2026</t>
+  </si>
+  <si>
+    <t>31 mars &gt; 01 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Cébazat</t>
+  </si>
+  <si>
+    <t>Le Sémaphore</t>
+  </si>
+  <si>
+    <t>31 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Choisy-le-Roi</t>
+  </si>
+  <si>
+    <t>Théâtre Cinéma de Choisy-le-Roi</t>
+  </si>
+  <si>
+    <t>08 avr. 2026</t>
+  </si>
+  <si>
     <t>66 jours</t>
   </si>
   <si>
-    <t>Théo Askolovitch</t>
-[...463 lines deleted...]
-  <si>
     <t>13 avr. 2026</t>
   </si>
   <si>
+    <t>FR-Chalon-sur-Saône</t>
+  </si>
+  <si>
+    <t>Espace des Arts</t>
+  </si>
+  <si>
+    <t>21 avr. &gt; 23 avr. 2026</t>
+  </si>
+  <si>
     <t>FR-Montbéliard</t>
   </si>
   <si>
     <t>MA scène nationale - Pays de Montbéliard</t>
   </si>
   <si>
     <t>28 avr. 2026</t>
   </si>
   <si>
+    <t>Théâtre de la Tempête</t>
+  </si>
+  <si>
+    <t>05 mai &gt; 24 mai 2026</t>
+  </si>
+  <si>
     <t>FR-Chevilly-Larue</t>
   </si>
   <si>
     <t>La Maison du Conte</t>
   </si>
   <si>
     <t>23 mai 2026</t>
   </si>
   <si>
     <t>Théâtre André Malraux de Chevilly-Larue</t>
   </si>
   <si>
     <t>La renarde</t>
   </si>
   <si>
     <t>Sacha Todorov</t>
   </si>
   <si>
     <t>25 mai &gt; 29 mai 2026</t>
   </si>
   <si>
+    <t>FR-Vienne</t>
+  </si>
+  <si>
+    <t>Théâtre François Ponsard</t>
+  </si>
+  <si>
+    <t>26 mai 2026</t>
+  </si>
+  <si>
     <t>Les Moments doux</t>
   </si>
   <si>
     <t>Elise Chatauret, Thomas Pondevie</t>
   </si>
   <si>
     <t>Théâtre de la Croix-Rousse</t>
   </si>
   <si>
     <t>26 mai &gt; 29 mai 2026</t>
   </si>
   <si>
     <t>Elise Chatauret</t>
   </si>
   <si>
-    <t>FR-Vienne</t>
-[...5 lines deleted...]
-    <t>26 mai 2026</t>
+    <t>30 mai 2026</t>
   </si>
   <si>
     <t>Théâtre 13</t>
   </si>
   <si>
     <t>05 juin &gt; 19 juin 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -914,54 +962,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G55"/>
+  <dimension ref="A1:G59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G55"/>
+      <selection activeCell="A1" sqref="A1:G59"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -997,1245 +1045,1337 @@
       </c>
       <c r="G2" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="E5" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F5" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="F5" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G5" s="1" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F8" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F9" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>11</v>
+        <v>49</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="E12" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G12" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>62</v>
+        <v>14</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E14" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="E14" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>62</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>24</v>
+        <v>66</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>25</v>
+        <v>67</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="F15" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G15" s="1" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>8</v>
+        <v>72</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>31</v>
+        <v>73</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>8</v>
+        <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>19</v>
+        <v>66</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>20</v>
+        <v>67</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>10</v>
+        <v>76</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>11</v>
+        <v>77</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>20</v>
+        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>70</v>
+        <v>13</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>71</v>
+        <v>14</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>75</v>
+        <v>19</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>77</v>
+        <v>56</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>78</v>
+        <v>57</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>46</v>
+        <v>67</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>50</v>
+        <v>67</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>85</v>
+        <v>67</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>86</v>
+        <v>56</v>
       </c>
       <c r="E21" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="F21" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="F21" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G21" s="1" t="s">
-        <v>85</v>
+        <v>67</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="F22" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="B22" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G22" s="1" t="s">
-        <v>90</v>
+        <v>42</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>94</v>
+        <v>10</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>29</v>
+        <v>94</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>30</v>
+        <v>72</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>77</v>
+        <v>10</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>78</v>
+        <v>95</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>30</v>
+        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F25" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="B25" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G25" s="1" t="s">
-        <v>85</v>
+        <v>60</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>31</v>
+        <v>99</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>77</v>
+        <v>102</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>78</v>
+        <v>103</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>104</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>85</v>
+        <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
         <v>105</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>90</v>
+        <v>106</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>31</v>
+        <v>107</v>
       </c>
       <c r="E28" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="G28" s="1" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>108</v>
+        <v>41</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>112</v>
+        <v>48</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>113</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>114</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>115</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>116</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>117</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>119</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>120</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
-        <v>29</v>
+        <v>121</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>30</v>
+        <v>122</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="E33" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>18</v>
+        <v>126</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>14</v>
+        <v>122</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="E34" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="E34" s="1" t="s">
+      <c r="F34" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="F34" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G34" s="1" t="s">
-        <v>14</v>
+        <v>122</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
-        <v>13</v>
+        <v>127</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>14</v>
+        <v>128</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>124</v>
+        <v>43</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>125</v>
+        <v>44</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>14</v>
+        <v>130</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>127</v>
+        <v>23</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>128</v>
+        <v>24</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>10</v>
+        <v>131</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>11</v>
+        <v>132</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>57</v>
+        <v>134</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>58</v>
+        <v>135</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>60</v>
+        <v>139</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>60</v>
+        <v>27</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>60</v>
+        <v>27</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
-        <v>142</v>
+        <v>105</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>143</v>
+        <v>106</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>147</v>
+        <v>106</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="1" t="s">
-        <v>34</v>
+        <v>151</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>35</v>
+        <v>152</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>15</v>
+        <v>153</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>16</v>
+        <v>154</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>35</v>
+        <v>156</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="1" t="s">
-        <v>19</v>
+        <v>157</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>20</v>
+        <v>158</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>65</v>
+        <v>25</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>149</v>
+        <v>26</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>150</v>
+        <v>159</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>20</v>
+        <v>158</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="1" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>151</v>
+        <v>39</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>153</v>
+        <v>161</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="1" t="s">
-        <v>142</v>
+        <v>59</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>143</v>
+        <v>60</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>147</v>
+        <v>64</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="1" t="s">
-        <v>57</v>
+        <v>151</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>58</v>
+        <v>152</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>157</v>
+        <v>107</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>158</v>
+        <v>108</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>60</v>
+        <v>156</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="1" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="1" t="s">
-        <v>7</v>
+        <v>41</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>77</v>
+        <v>169</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>78</v>
+        <v>170</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="1" t="s">
-        <v>34</v>
+        <v>172</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>164</v>
+        <v>56</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>165</v>
+        <v>57</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="1" t="s">
-        <v>19</v>
+        <v>134</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>20</v>
+        <v>135</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>20</v>
+        <v>139</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="1" t="s">
-        <v>19</v>
+        <v>157</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>20</v>
+        <v>158</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>20</v>
+        <v>158</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="1" t="s">
-        <v>171</v>
+        <v>13</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>172</v>
+        <v>14</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>115</v>
+        <v>10</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>116</v>
+        <v>180</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="G52" s="1"/>
+        <v>181</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="1" t="s">
-        <v>174</v>
+        <v>41</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>175</v>
+        <v>42</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>72</v>
+        <v>182</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>178</v>
+        <v>42</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="1" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="1" t="s">
-        <v>45</v>
+        <v>186</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>46</v>
+        <v>187</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>31</v>
+        <v>110</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>182</v>
+        <v>111</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>188</v>
+      </c>
+      <c r="G55" s="1"/>
+    </row>
+    <row r="56" spans="1:7">
+      <c r="A56" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="E56" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7">
+      <c r="A57" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E57" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7">
+      <c r="A58" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="E58" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7">
+      <c r="A59" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>64</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>