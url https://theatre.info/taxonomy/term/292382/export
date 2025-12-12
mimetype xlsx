--- v1 (2025-11-21)
+++ v2 (2025-12-12)
@@ -12,641 +12,530 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Éditions  esse que" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
-    <t>Zoé (et maintenant les vivants)</t>
+    <t>La Vie et la mort de Jacques Chirac</t>
+  </si>
+  <si>
+    <t>Léo Cohen-Paperman, Julien Campani</t>
+  </si>
+  <si>
+    <t>Éditions : esse que</t>
+  </si>
+  <si>
+    <t>FR-Sartrouville</t>
+  </si>
+  <si>
+    <t>Théâtre de Sartrouville</t>
+  </si>
+  <si>
+    <t>12 déc. 2025</t>
+  </si>
+  <si>
+    <t>Tous coupables sauf Thermos Grönn</t>
+  </si>
+  <si>
+    <t>Romane Nicolas</t>
+  </si>
+  <si>
+    <t>FR-Metz</t>
+  </si>
+  <si>
+    <t>Espace Bernard-Marie Koltès - Metz</t>
+  </si>
+  <si>
+    <t>16 déc. &gt; 18 déc. 2025</t>
+  </si>
+  <si>
+    <t>Sacha Vilmar, Romane Nicolas</t>
+  </si>
+  <si>
+    <t>Polar(e)</t>
+  </si>
+  <si>
+    <t>Céline Fuhrer, Jean-Luc Vincent</t>
+  </si>
+  <si>
+    <t>FR-Toulouse</t>
+  </si>
+  <si>
+    <t>Théâtre Sorano</t>
+  </si>
+  <si>
+    <t>17 déc. &gt; 19 déc. 2025</t>
+  </si>
+  <si>
+    <t>Le dîner chez les Français de V. Giscard d'Estaing</t>
+  </si>
+  <si>
+    <t>FR-Alençon</t>
+  </si>
+  <si>
+    <t>Théâtre d'Alençon</t>
+  </si>
+  <si>
+    <t>06 janv. &gt; 08 janv. 2026</t>
+  </si>
+  <si>
+    <t>Parler pointu</t>
+  </si>
+  <si>
+    <t>Benjamin Tholozan, Hélène François</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Maison des Métallos</t>
+  </si>
+  <si>
+    <t>08 janv. &gt; 10 janv. 2026</t>
+  </si>
+  <si>
+    <t>08 janv. &gt; 09 janv. 2026</t>
+  </si>
+  <si>
+    <t>Écorces</t>
+  </si>
+  <si>
+    <t>Alice Carré</t>
+  </si>
+  <si>
+    <t>Théâtre de la Cité internationale</t>
+  </si>
+  <si>
+    <t>12 janv. &gt; 24 janv. 2026</t>
+  </si>
+  <si>
+    <t>Vole ! t'es toi ! va aimer !</t>
+  </si>
+  <si>
+    <t>Eva Rami</t>
+  </si>
+  <si>
+    <t>Théâtre de L'Atelier</t>
+  </si>
+  <si>
+    <t>13 janv. &gt; 15 janv. 2026</t>
+  </si>
+  <si>
+    <t>65 rue d'Aubagne</t>
+  </si>
+  <si>
+    <t>Mathilde Aurier</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>La Criée</t>
+  </si>
+  <si>
+    <t>14 janv. &gt; 17 janv. 2026</t>
+  </si>
+  <si>
+    <t>Génération Mitterand</t>
+  </si>
+  <si>
+    <t>Léo Cohen-Paperman, Emilien Diard-Detœuf</t>
+  </si>
+  <si>
+    <t>FR-Strasbourg</t>
+  </si>
+  <si>
+    <t>TAPS</t>
+  </si>
+  <si>
+    <t>14 janv. &gt; 16 janv. 2026</t>
+  </si>
+  <si>
+    <t>Sans Ulysse</t>
+  </si>
+  <si>
+    <t>Liora Jaccottet, Pascal Cesari</t>
+  </si>
+  <si>
+    <t>FR-Grenoble</t>
+  </si>
+  <si>
+    <t>MC2:</t>
+  </si>
+  <si>
+    <t>20 janv. &gt; 22 janv. 2026</t>
+  </si>
+  <si>
+    <t>FR-Noyon</t>
+  </si>
+  <si>
+    <t>Théâtre du Chevalet</t>
+  </si>
+  <si>
+    <t>20 janv. 2026</t>
+  </si>
+  <si>
+    <t>FR-Lyon</t>
+  </si>
+  <si>
+    <t>Théâtre du Point du Jour</t>
+  </si>
+  <si>
+    <t>27 janv. &gt; 29 janv. 2026</t>
+  </si>
+  <si>
+    <t>FR-Evreux</t>
+  </si>
+  <si>
+    <t>Le Tangram</t>
+  </si>
+  <si>
+    <t>27 janv. 2026</t>
+  </si>
+  <si>
+    <t>Dialogue avec ce qui se passe</t>
+  </si>
+  <si>
+    <t>Nicolas Doutey</t>
+  </si>
+  <si>
+    <t>FR-Montreuil</t>
+  </si>
+  <si>
+    <t>Théâtre Public de Montreuil [TPM]</t>
+  </si>
+  <si>
+    <t>28 janv. &gt; 06 févr. 2026</t>
+  </si>
+  <si>
+    <t>Nicolas Doutey, Adrien Bréal</t>
+  </si>
+  <si>
+    <t>FR-Bordeaux</t>
+  </si>
+  <si>
+    <t>TnBA</t>
+  </si>
+  <si>
+    <t>03 févr. &gt; 06 févr. 2026</t>
+  </si>
+  <si>
+    <t>À condition d’avoir une table dans un jardin</t>
+  </si>
+  <si>
+    <t>Gérard Watkins</t>
+  </si>
+  <si>
+    <t>FR-Saint-Denis</t>
+  </si>
+  <si>
+    <t>Théâtre Gérard Philipe - TGP</t>
+  </si>
+  <si>
+    <t>04 févr. &gt; 15 févr. 2026</t>
+  </si>
+  <si>
+    <t>Seule comme Maria</t>
+  </si>
+  <si>
+    <t>Théo Askolovitch, Marilou Aussilloux</t>
+  </si>
+  <si>
+    <t>FR-Narbonne</t>
+  </si>
+  <si>
+    <t>Scène nationale Grand Narbonne</t>
+  </si>
+  <si>
+    <t>18 févr. &gt; 20 févr. 2026</t>
+  </si>
+  <si>
+    <t>Théo Askolovitch, Mariloux Aussilloux</t>
+  </si>
+  <si>
+    <t>Nelvar – le royaume sans peuple</t>
+  </si>
+  <si>
+    <t>Logan De Carvalho</t>
+  </si>
+  <si>
+    <t>FR-Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>La Comédie de Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>24 févr. &gt; 26 févr. 2026</t>
+  </si>
+  <si>
+    <t>Logan De Carvalho, Margaux Desailly</t>
+  </si>
+  <si>
+    <t>La Détente</t>
+  </si>
+  <si>
+    <t>Raphaël Gautier</t>
+  </si>
+  <si>
+    <t>FR-Saint-Fons</t>
+  </si>
+  <si>
+    <t>Théâtre Jean Marais</t>
+  </si>
+  <si>
+    <t>26 févr. &gt; 27 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-La Ricamarie</t>
+  </si>
+  <si>
+    <t>La Ricamarie</t>
+  </si>
+  <si>
+    <t>06 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Bayonne</t>
+  </si>
+  <si>
+    <t>Scène Nationale du Sud-Aquitain</t>
+  </si>
+  <si>
+    <t>08 mars 2026</t>
+  </si>
+  <si>
+    <t>Les Célestins, Théâtre de Lyon</t>
+  </si>
+  <si>
+    <t>10 mars &gt; 12 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Montluçon</t>
+  </si>
+  <si>
+    <t>Théâtre des Îlets - CDN de Montluçon</t>
+  </si>
+  <si>
+    <t>11 mars &gt; 12 mars 2026</t>
+  </si>
+  <si>
+    <t>Richard III</t>
+  </si>
+  <si>
+    <t>William Shakespeare</t>
+  </si>
+  <si>
+    <t>FR-Sceaux</t>
+  </si>
+  <si>
+    <t>Les Gémeaux</t>
+  </si>
+  <si>
+    <t>14 mars &gt; 26 mars 2026</t>
+  </si>
+  <si>
+    <t>William Shakespeare, Itay Tiran</t>
+  </si>
+  <si>
+    <t>En addicto</t>
+  </si>
+  <si>
+    <t>Thomas Quillardet</t>
+  </si>
+  <si>
+    <t>FR-Saint-Etienne</t>
+  </si>
+  <si>
+    <t>La Comédie de Saint-Étienne</t>
+  </si>
+  <si>
+    <t>17 mars &gt; 19 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Aix-en-Provence</t>
+  </si>
+  <si>
+    <t>Théâtre du Jeu de Paume</t>
+  </si>
+  <si>
+    <t>18 mars &gt; 21 mars 2026</t>
+  </si>
+  <si>
+    <t>SarkHollande (comédie identitaire)</t>
+  </si>
+  <si>
+    <t>FR-Bar-le-Duc</t>
+  </si>
+  <si>
+    <t>ACB - Scène nationale de Bar-le-Duc</t>
+  </si>
+  <si>
+    <t>26 mars &gt; 27 mars 2026</t>
+  </si>
+  <si>
+    <t>Léo Cohen-Paperman</t>
+  </si>
+  <si>
+    <t>FR-Cébazat</t>
+  </si>
+  <si>
+    <t>Le Sémaphore</t>
+  </si>
+  <si>
+    <t>31 mars 2026</t>
+  </si>
+  <si>
+    <t>31 mars &gt; 01 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Choisy-le-Roi</t>
+  </si>
+  <si>
+    <t>Théâtre Cinéma de Choisy-le-Roi</t>
+  </si>
+  <si>
+    <t>08 avr. 2026</t>
+  </si>
+  <si>
+    <t>66 jours</t>
   </si>
   <si>
     <t>Théo Askolovitch</t>
   </si>
   <si>
-    <t>Éditions : esse que</t>
-[...490 lines deleted...]
-  <si>
     <t>13 avr. 2026</t>
   </si>
   <si>
     <t>FR-Chalon-sur-Saône</t>
   </si>
   <si>
     <t>Espace des Arts</t>
   </si>
   <si>
     <t>21 avr. &gt; 23 avr. 2026</t>
   </si>
   <si>
     <t>FR-Montbéliard</t>
   </si>
   <si>
     <t>MA scène nationale - Pays de Montbéliard</t>
   </si>
   <si>
     <t>28 avr. 2026</t>
   </si>
   <si>
     <t>Théâtre de la Tempête</t>
   </si>
   <si>
     <t>05 mai &gt; 24 mai 2026</t>
   </si>
   <si>
     <t>FR-Chevilly-Larue</t>
   </si>
   <si>
     <t>La Maison du Conte</t>
   </si>
   <si>
     <t>23 mai 2026</t>
   </si>
   <si>
     <t>Théâtre André Malraux de Chevilly-Larue</t>
   </si>
   <si>
     <t>La renarde</t>
   </si>
   <si>
     <t>Sacha Todorov</t>
   </si>
   <si>
     <t>25 mai &gt; 29 mai 2026</t>
   </si>
   <si>
+    <t>Les Moments doux</t>
+  </si>
+  <si>
+    <t>Elise Chatauret, Thomas Pondevie</t>
+  </si>
+  <si>
+    <t>Théâtre de la Croix-Rousse</t>
+  </si>
+  <si>
+    <t>26 mai &gt; 29 mai 2026</t>
+  </si>
+  <si>
+    <t>Elise Chatauret</t>
+  </si>
+  <si>
     <t>FR-Vienne</t>
   </si>
   <si>
     <t>Théâtre François Ponsard</t>
   </si>
   <si>
     <t>26 mai 2026</t>
-  </si>
-[...13 lines deleted...]
-    <t>Elise Chatauret</t>
   </si>
   <si>
     <t>30 mai 2026</t>
   </si>
   <si>
     <t>Théâtre 13</t>
   </si>
   <si>
     <t>05 juin &gt; 19 juin 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -962,54 +851,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G59"/>
+  <dimension ref="A1:G43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G59"/>
+      <selection activeCell="A1" sqref="A1:G43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -1059,1323 +948,957 @@
       </c>
       <c r="D3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="B7" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G7" s="1" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="F8" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G8" s="1" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G9" s="1" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G10" s="1" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="E11" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G11" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="E12" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C12" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D12" s="1" t="s">
+      <c r="F12" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="E12" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F12" s="1" t="s">
+      <c r="G12" s="1" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="B13" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G13" s="1" t="s">
-        <v>64</v>
+        <v>48</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>31</v>
+        <v>61</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G16" s="1" t="s">
         <v>71</v>
-      </c>
-[...16 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>66</v>
+        <v>19</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>67</v>
+        <v>20</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>67</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>13</v>
+        <v>75</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>14</v>
+        <v>76</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="F18" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="E18" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G18" s="1" t="s">
-        <v>18</v>
+        <v>76</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>56</v>
+        <v>82</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>57</v>
+        <v>83</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>20</v>
+        <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>67</v>
+        <v>87</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>67</v>
+        <v>91</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>66</v>
+        <v>92</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>67</v>
+        <v>93</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>56</v>
+        <v>94</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>57</v>
+        <v>95</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>67</v>
+        <v>93</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>41</v>
+        <v>86</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>42</v>
+        <v>87</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>10</v>
+        <v>97</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>42</v>
+        <v>91</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>90</v>
+        <v>28</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>91</v>
+        <v>29</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>91</v>
+        <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>72</v>
+        <v>91</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>97</v>
+        <v>52</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>15</v>
+        <v>105</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>16</v>
+        <v>106</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>37</v>
+        <v>108</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>38</v>
+        <v>109</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>100</v>
+        <v>111</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>101</v>
+        <v>112</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>38</v>
+        <v>113</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>97</v>
+        <v>114</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>60</v>
+        <v>115</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>103</v>
+        <v>117</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>60</v>
+        <v>115</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>105</v>
+        <v>28</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>106</v>
+        <v>29</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>108</v>
+        <v>120</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>109</v>
+        <v>121</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>106</v>
+        <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>41</v>
+        <v>122</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>110</v>
+        <v>123</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>111</v>
+        <v>124</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>112</v>
+        <v>125</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>42</v>
+        <v>126</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>105</v>
+        <v>86</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>106</v>
+        <v>87</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>48</v>
+        <v>127</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>113</v>
+        <v>128</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>114</v>
+        <v>129</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>106</v>
+        <v>91</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>115</v>
+        <v>54</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>116</v>
+        <v>55</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>117</v>
+        <v>130</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>32</v>
+        <v>113</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>118</v>
+        <v>131</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>119</v>
+        <v>132</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>120</v>
+        <v>133</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>122</v>
+        <v>135</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>123</v>
+        <v>21</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>124</v>
+        <v>22</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>125</v>
+        <v>136</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>122</v>
+        <v>135</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>126</v>
+        <v>92</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>122</v>
+        <v>93</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>123</v>
+        <v>137</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>124</v>
+        <v>138</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>125</v>
+        <v>139</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>122</v>
+        <v>93</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
-        <v>127</v>
+        <v>114</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>128</v>
+        <v>115</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>43</v>
+        <v>140</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>44</v>
+        <v>141</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>130</v>
+        <v>115</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>131</v>
+        <v>30</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>132</v>
+        <v>143</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>133</v>
+        <v>144</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>134</v>
+        <v>28</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>135</v>
+        <v>29</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>136</v>
+        <v>145</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>138</v>
+        <v>147</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>139</v>
+        <v>29</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
-        <v>41</v>
+        <v>149</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>42</v>
+        <v>150</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>143</v>
+        <v>63</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>144</v>
+        <v>64</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>42</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
-        <v>23</v>
+        <v>152</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>24</v>
+        <v>153</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>27</v>
+        <v>156</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
-        <v>105</v>
+        <v>28</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>106</v>
+        <v>29</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>148</v>
+        <v>157</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>150</v>
+        <v>159</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>106</v>
+        <v>29</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="1" t="s">
-        <v>151</v>
+        <v>34</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>152</v>
+        <v>35</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>153</v>
+        <v>63</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>154</v>
+        <v>64</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>156</v>
+        <v>35</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="1" t="s">
-        <v>157</v>
+        <v>122</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>158</v>
+        <v>48</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>26</v>
+        <v>161</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>158</v>
-[...365 lines deleted...]
-        <v>64</v>
+        <v>126</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>