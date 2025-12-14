--- v2 (2025-12-12)
+++ v3 (2025-12-14)
@@ -12,206 +12,197 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Éditions  esse que" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
+    <t>Tous coupables sauf Thermos Grönn</t>
+  </si>
+  <si>
+    <t>Romane Nicolas</t>
+  </si>
+  <si>
+    <t>Éditions : esse que</t>
+  </si>
+  <si>
+    <t>FR-Metz</t>
+  </si>
+  <si>
+    <t>Espace Bernard-Marie Koltès - Metz</t>
+  </si>
+  <si>
+    <t>16 déc. &gt; 18 déc. 2025</t>
+  </si>
+  <si>
+    <t>Sacha Vilmar, Romane Nicolas</t>
+  </si>
+  <si>
+    <t>Polar(e)</t>
+  </si>
+  <si>
+    <t>Céline Fuhrer, Jean-Luc Vincent</t>
+  </si>
+  <si>
+    <t>FR-Toulouse</t>
+  </si>
+  <si>
+    <t>Théâtre Sorano</t>
+  </si>
+  <si>
+    <t>17 déc. &gt; 19 déc. 2025</t>
+  </si>
+  <si>
+    <t>Le dîner chez les Français de V. Giscard d'Estaing</t>
+  </si>
+  <si>
+    <t>Léo Cohen-Paperman, Julien Campani</t>
+  </si>
+  <si>
+    <t>FR-Alençon</t>
+  </si>
+  <si>
+    <t>Théâtre d'Alençon</t>
+  </si>
+  <si>
+    <t>06 janv. &gt; 08 janv. 2026</t>
+  </si>
+  <si>
+    <t>Parler pointu</t>
+  </si>
+  <si>
+    <t>Benjamin Tholozan, Hélène François</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Maison des Métallos</t>
+  </si>
+  <si>
+    <t>08 janv. &gt; 10 janv. 2026</t>
+  </si>
+  <si>
     <t>La Vie et la mort de Jacques Chirac</t>
   </si>
   <si>
-    <t>Léo Cohen-Paperman, Julien Campani</t>
-[...73 lines deleted...]
-  <si>
     <t>08 janv. &gt; 09 janv. 2026</t>
   </si>
   <si>
     <t>Écorces</t>
   </si>
   <si>
     <t>Alice Carré</t>
   </si>
   <si>
     <t>Théâtre de la Cité internationale</t>
   </si>
   <si>
     <t>12 janv. &gt; 24 janv. 2026</t>
   </si>
   <si>
     <t>Vole ! t'es toi ! va aimer !</t>
   </si>
   <si>
     <t>Eva Rami</t>
   </si>
   <si>
     <t>Théâtre de L'Atelier</t>
   </si>
   <si>
     <t>13 janv. &gt; 15 janv. 2026</t>
   </si>
   <si>
+    <t>Génération Mitterand</t>
+  </si>
+  <si>
+    <t>Léo Cohen-Paperman, Emilien Diard-Detœuf</t>
+  </si>
+  <si>
+    <t>FR-Strasbourg</t>
+  </si>
+  <si>
+    <t>TAPS</t>
+  </si>
+  <si>
+    <t>14 janv. &gt; 16 janv. 2026</t>
+  </si>
+  <si>
     <t>65 rue d'Aubagne</t>
   </si>
   <si>
     <t>Mathilde Aurier</t>
   </si>
   <si>
     <t>FR-Marseille</t>
   </si>
   <si>
     <t>La Criée</t>
   </si>
   <si>
     <t>14 janv. &gt; 17 janv. 2026</t>
-  </si>
-[...13 lines deleted...]
-    <t>14 janv. &gt; 16 janv. 2026</t>
   </si>
   <si>
     <t>Sans Ulysse</t>
   </si>
   <si>
     <t>Liora Jaccottet, Pascal Cesari</t>
   </si>
   <si>
     <t>FR-Grenoble</t>
   </si>
   <si>
     <t>MC2:</t>
   </si>
   <si>
     <t>20 janv. &gt; 22 janv. 2026</t>
   </si>
   <si>
     <t>FR-Noyon</t>
   </si>
   <si>
     <t>Théâtre du Chevalet</t>
   </si>
   <si>
     <t>20 janv. 2026</t>
   </si>
@@ -851,54 +842,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G43"/>
+  <dimension ref="A1:G42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G43"/>
+      <selection activeCell="A1" sqref="A1:G42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -911,994 +902,971 @@
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" s="1" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>25</v>
-      </c>
-[...7 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F6" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="E6" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G6" s="1" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>7</v>
+        <v>31</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="E8" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="E9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E10" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E11" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>54</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>55</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>56</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>57</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>58</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>59</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>61</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>29</v>
+        <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>66</v>
+        <v>14</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="E17" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G17" s="1" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="F20" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="G20" s="1" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>94</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>95</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>96</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>86</v>
+        <v>24</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>87</v>
+        <v>25</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>97</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>98</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>99</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>91</v>
+        <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>28</v>
+        <v>83</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>29</v>
+        <v>84</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="E23" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="E23" s="1" t="s">
+      <c r="F23" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="F23" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" s="1" t="s">
-        <v>29</v>
+        <v>88</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>86</v>
+        <v>49</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>87</v>
+        <v>50</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>60</v>
+        <v>102</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>103</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>104</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>91</v>
+        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>53</v>
+        <v>106</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>53</v>
+        <v>110</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="F26" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="G26" s="1" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>115</v>
+        <v>25</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>116</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>117</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>118</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>115</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>28</v>
+        <v>119</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>29</v>
+        <v>123</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>122</v>
+        <v>83</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>48</v>
+        <v>84</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>126</v>
+        <v>88</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>86</v>
+        <v>105</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="F30" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="E30" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G30" s="1" t="s">
-        <v>91</v>
+        <v>110</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>108</v>
+        <v>24</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>54</v>
+        <v>128</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>55</v>
+        <v>129</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>130</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>113</v>
+        <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>28</v>
+        <v>131</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>29</v>
+        <v>132</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>131</v>
+        <v>16</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>132</v>
+        <v>17</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>133</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>29</v>
+        <v>132</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D33" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="E33" s="1" t="s">
         <v>135</v>
-      </c>
-[...7 lines deleted...]
-        <v>22</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>136</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>92</v>
+        <v>111</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>93</v>
+        <v>112</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>137</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>138</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>93</v>
+        <v>112</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
-        <v>114</v>
+        <v>7</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>115</v>
+        <v>8</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="E35" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="E35" s="1" t="s">
+      <c r="F35" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="F35" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G35" s="1" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>30</v>
+        <v>142</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>143</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>144</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="E37" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="E37" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F37" s="1" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>28</v>
+        <v>146</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>29</v>
+        <v>147</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>145</v>
+        <v>60</v>
       </c>
       <c r="E38" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="F38" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="F38" s="1" t="s">
+      <c r="G38" s="1" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
         <v>149</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>64</v>
+        <v>151</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
-        <v>152</v>
+        <v>24</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>153</v>
+        <v>25</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>60</v>
+        <v>154</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>156</v>
+        <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="F41" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="E41" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G41" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="1" t="s">
-        <v>34</v>
+        <v>119</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>63</v>
+        <v>26</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>64</v>
+        <v>158</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>35</v>
-[...22 lines deleted...]
-        <v>126</v>
+        <v>123</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>