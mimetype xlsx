--- v3 (2025-12-14)
+++ v4 (2026-01-16)
@@ -12,530 +12,644 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Éditions  esse que" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
+    <t>65 rue d'Aubagne</t>
+  </si>
+  <si>
+    <t>Mathilde Aurier</t>
+  </si>
+  <si>
+    <t>Éditions : esse que</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>La Criée</t>
+  </si>
+  <si>
+    <t>16 janv. &gt; 17 janv. 2026</t>
+  </si>
+  <si>
+    <t>Écorces</t>
+  </si>
+  <si>
+    <t>Alice Carré</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Théâtre de la Cité internationale</t>
+  </si>
+  <si>
+    <t>16 janv. &gt; 24 janv. 2026</t>
+  </si>
+  <si>
+    <t>Génération Mitterand</t>
+  </si>
+  <si>
+    <t>Léo Cohen-Paperman, Emilien Diard-Detœuf</t>
+  </si>
+  <si>
+    <t>FR-Strasbourg</t>
+  </si>
+  <si>
+    <t>TAPS</t>
+  </si>
+  <si>
+    <t>16 janv. 2026</t>
+  </si>
+  <si>
+    <t>Le Songe d’une nuit d’été</t>
+  </si>
+  <si>
+    <t>William Shakespeare, Clément Camar-Mercier</t>
+  </si>
+  <si>
+    <t>FR-Saint-Omer</t>
+  </si>
+  <si>
+    <t>La Barcarolle</t>
+  </si>
+  <si>
+    <t>19 janv. &gt; 20 janv. 2026</t>
+  </si>
+  <si>
+    <t>William Shakespeare, Arnaud Anckaert</t>
+  </si>
+  <si>
+    <t>Roméo et Juliette</t>
+  </si>
+  <si>
+    <t>FR-Sète</t>
+  </si>
+  <si>
+    <t>Théâtre Molière - Sète</t>
+  </si>
+  <si>
+    <t>20 janv. 2026</t>
+  </si>
+  <si>
+    <t>Guillaume Séverac-Schmitz, William Shakespeare, Clément Camar-Mercier</t>
+  </si>
+  <si>
+    <t>Sans Ulysse</t>
+  </si>
+  <si>
+    <t>Liora Jaccottet, Pascal Cesari</t>
+  </si>
+  <si>
+    <t>FR-Grenoble</t>
+  </si>
+  <si>
+    <t>MC2:</t>
+  </si>
+  <si>
+    <t>20 janv. &gt; 22 janv. 2026</t>
+  </si>
+  <si>
+    <t>FR-Noyon</t>
+  </si>
+  <si>
+    <t>Théâtre du Chevalet</t>
+  </si>
+  <si>
+    <t>FR-Narbonne</t>
+  </si>
+  <si>
+    <t>Scène nationale Grand Narbonne</t>
+  </si>
+  <si>
+    <t>22 janv. 2026</t>
+  </si>
+  <si>
+    <t>FR-Creil</t>
+  </si>
+  <si>
+    <t>La Faïencerie - Théâtre de Creil</t>
+  </si>
+  <si>
+    <t>23 janv. 2026</t>
+  </si>
+  <si>
+    <t>Le conte d'hiver</t>
+  </si>
+  <si>
+    <t>FR-Alfortville</t>
+  </si>
+  <si>
+    <t>POC - Pôle culturel d'Alfortville</t>
+  </si>
+  <si>
+    <t>24 janv. 2026</t>
+  </si>
+  <si>
+    <t>Sandrine Anglade, William Shakespeare, Clément Camar-Mercier</t>
+  </si>
+  <si>
+    <t>FR-Lyon</t>
+  </si>
+  <si>
+    <t>Théâtre du Point du Jour</t>
+  </si>
+  <si>
+    <t>27 janv. &gt; 29 janv. 2026</t>
+  </si>
+  <si>
+    <t>Parler pointu</t>
+  </si>
+  <si>
+    <t>Benjamin Tholozan, Hélène François</t>
+  </si>
+  <si>
+    <t>FR-Evreux</t>
+  </si>
+  <si>
+    <t>Le Tangram</t>
+  </si>
+  <si>
+    <t>27 janv. 2026</t>
+  </si>
+  <si>
+    <t>FR-Créteil</t>
+  </si>
+  <si>
+    <t>MAC - Maison des Arts de Créteil</t>
+  </si>
+  <si>
+    <t>Dialogue avec ce qui se passe</t>
+  </si>
+  <si>
+    <t>Nicolas Doutey</t>
+  </si>
+  <si>
+    <t>FR-Montreuil</t>
+  </si>
+  <si>
+    <t>Théâtre Public de Montreuil [TPM]</t>
+  </si>
+  <si>
+    <t>28 janv. &gt; 06 févr. 2026</t>
+  </si>
+  <si>
+    <t>Nicolas Doutey, Adrien Bréal</t>
+  </si>
+  <si>
+    <t>Polar(e)</t>
+  </si>
+  <si>
+    <t>Céline Fuhrer, Jean-Luc Vincent</t>
+  </si>
+  <si>
+    <t>FR-Bordeaux</t>
+  </si>
+  <si>
+    <t>TnBA</t>
+  </si>
+  <si>
+    <t>03 févr. &gt; 06 févr. 2026</t>
+  </si>
+  <si>
+    <t>À condition d’avoir une table dans un jardin</t>
+  </si>
+  <si>
+    <t>Gérard Watkins</t>
+  </si>
+  <si>
+    <t>FR-Saint-Denis</t>
+  </si>
+  <si>
+    <t>Théâtre Gérard Philipe - TGP</t>
+  </si>
+  <si>
+    <t>04 févr. &gt; 15 févr. 2026</t>
+  </si>
+  <si>
+    <t>Le Dernier Voyage (Aquarius)</t>
+  </si>
+  <si>
+    <t>Lucie Nicolas</t>
+  </si>
+  <si>
+    <t>FR-Niort</t>
+  </si>
+  <si>
+    <t>Le Moulin du Roc</t>
+  </si>
+  <si>
+    <t>04 févr. &gt; 05 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Valenciennes</t>
+  </si>
+  <si>
+    <t>Le Phénix Scène Nationale</t>
+  </si>
+  <si>
+    <t>10 févr. &gt; 13 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Melun</t>
+  </si>
+  <si>
+    <t>L'Escale</t>
+  </si>
+  <si>
+    <t>18 févr. &gt; 19 févr. 2026</t>
+  </si>
+  <si>
+    <t>Seule comme Maria</t>
+  </si>
+  <si>
+    <t>Théo Askolovitch, Marilou Aussilloux</t>
+  </si>
+  <si>
+    <t>18 févr. &gt; 20 févr. 2026</t>
+  </si>
+  <si>
+    <t>Théo Askolovitch, Mariloux Aussilloux</t>
+  </si>
+  <si>
+    <t>Nelvar – le royaume sans peuple</t>
+  </si>
+  <si>
+    <t>Logan De Carvalho</t>
+  </si>
+  <si>
+    <t>FR-Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>La Comédie de Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>24 févr. &gt; 26 févr. 2026</t>
+  </si>
+  <si>
+    <t>Logan De Carvalho, Margaux Desailly</t>
+  </si>
+  <si>
+    <t>La Détente</t>
+  </si>
+  <si>
+    <t>Raphaël Gautier</t>
+  </si>
+  <si>
+    <t>FR-Saint-Fons</t>
+  </si>
+  <si>
+    <t>Théâtre Jean Marais</t>
+  </si>
+  <si>
+    <t>26 févr. &gt; 27 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Chartres</t>
+  </si>
+  <si>
+    <t>Théâtre de Chartres</t>
+  </si>
+  <si>
+    <t>03 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-La Ricamarie</t>
+  </si>
+  <si>
+    <t>La Ricamarie</t>
+  </si>
+  <si>
+    <t>06 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Bayonne</t>
+  </si>
+  <si>
+    <t>Scène Nationale du Sud-Aquitain</t>
+  </si>
+  <si>
+    <t>08 mars 2026</t>
+  </si>
+  <si>
+    <t>Les Célestins, Théâtre de Lyon</t>
+  </si>
+  <si>
+    <t>10 mars &gt; 12 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Montluçon</t>
+  </si>
+  <si>
+    <t>Théâtre des Îlets - CDN de Montluçon</t>
+  </si>
+  <si>
+    <t>11 mars &gt; 12 mars 2026</t>
+  </si>
+  <si>
+    <t>Des Dragons dans les halls</t>
+  </si>
+  <si>
+    <t>Julien Villa</t>
+  </si>
+  <si>
+    <t>FR-Vitry-sur-Seine</t>
+  </si>
+  <si>
+    <t>Studio-Théâtre de Vitry</t>
+  </si>
+  <si>
+    <t>13 mars &gt; 16 mars 2026</t>
+  </si>
+  <si>
+    <t>Richard III</t>
+  </si>
+  <si>
+    <t>William Shakespeare</t>
+  </si>
+  <si>
+    <t>FR-Sceaux</t>
+  </si>
+  <si>
+    <t>Les Gémeaux</t>
+  </si>
+  <si>
+    <t>14 mars &gt; 26 mars 2026</t>
+  </si>
+  <si>
+    <t>William Shakespeare, Itay Tiran</t>
+  </si>
+  <si>
+    <t>En addicto</t>
+  </si>
+  <si>
+    <t>Thomas Quillardet</t>
+  </si>
+  <si>
+    <t>FR-Saint-Etienne</t>
+  </si>
+  <si>
+    <t>La Comédie de Saint-Étienne</t>
+  </si>
+  <si>
+    <t>17 mars &gt; 19 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Aix-en-Provence</t>
+  </si>
+  <si>
+    <t>Théâtre du Jeu de Paume</t>
+  </si>
+  <si>
+    <t>18 mars &gt; 21 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Fort-de-France</t>
+  </si>
+  <si>
+    <t>Théâtre Aimé Césaire</t>
+  </si>
+  <si>
+    <t>19 mars &gt; 21 mars 2026</t>
+  </si>
+  <si>
+    <t>25 mars &gt; 03 avr. 2026</t>
+  </si>
+  <si>
+    <t>SarkHollande (comédie identitaire)</t>
+  </si>
+  <si>
+    <t>FR-Bar-le-Duc</t>
+  </si>
+  <si>
+    <t>ACB - Scène nationale de Bar-le-Duc</t>
+  </si>
+  <si>
+    <t>26 mars &gt; 27 mars 2026</t>
+  </si>
+  <si>
+    <t>Léo Cohen-Paperman</t>
+  </si>
+  <si>
+    <t>FR-Cébazat</t>
+  </si>
+  <si>
+    <t>Le Sémaphore</t>
+  </si>
+  <si>
+    <t>31 mars 2026</t>
+  </si>
+  <si>
+    <t>31 mars &gt; 01 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Choisy-le-Roi</t>
+  </si>
+  <si>
+    <t>Théâtre Cinéma de Choisy-le-Roi</t>
+  </si>
+  <si>
+    <t>08 avr. 2026</t>
+  </si>
+  <si>
+    <t>66 jours</t>
+  </si>
+  <si>
+    <t>Théo Askolovitch</t>
+  </si>
+  <si>
+    <t>FR-Toulouse</t>
+  </si>
+  <si>
+    <t>Théâtre Sorano</t>
+  </si>
+  <si>
+    <t>13 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Chalon-sur-Saône</t>
+  </si>
+  <si>
+    <t>Espace des Arts</t>
+  </si>
+  <si>
+    <t>21 avr. &gt; 23 avr. 2026</t>
+  </si>
+  <si>
+    <t>L'Odyssée - scène conventionnée de Périgueux</t>
+  </si>
+  <si>
+    <t>23 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Montbéliard</t>
+  </si>
+  <si>
+    <t>MA scène nationale - Pays de Montbéliard</t>
+  </si>
+  <si>
+    <t>28 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Brive</t>
+  </si>
+  <si>
+    <t>L'Empreinte - Scène nationale Brive-Tulle</t>
+  </si>
+  <si>
+    <t>28 avr. &gt; 30 avr. 2026</t>
+  </si>
+  <si>
     <t>Tous coupables sauf Thermos Grönn</t>
   </si>
   <si>
     <t>Romane Nicolas</t>
   </si>
   <si>
-    <t>Éditions : esse que</t>
-[...8 lines deleted...]
-    <t>16 déc. &gt; 18 déc. 2025</t>
+    <t>Théâtre de la Tempête</t>
+  </si>
+  <si>
+    <t>05 mai &gt; 24 mai 2026</t>
   </si>
   <si>
     <t>Sacha Vilmar, Romane Nicolas</t>
   </si>
   <si>
-    <t>Polar(e)</t>
-[...380 lines deleted...]
-    <t>05 mai &gt; 24 mai 2026</t>
+    <t>05 mai 2026</t>
   </si>
   <si>
     <t>FR-Chevilly-Larue</t>
   </si>
   <si>
+    <t>Théâtre André Malraux de Chevilly-Larue</t>
+  </si>
+  <si>
+    <t>23 mai 2026</t>
+  </si>
+  <si>
     <t>La Maison du Conte</t>
   </si>
   <si>
-    <t>23 mai 2026</t>
-[...4 lines deleted...]
-  <si>
     <t>La renarde</t>
   </si>
   <si>
     <t>Sacha Todorov</t>
   </si>
   <si>
     <t>25 mai &gt; 29 mai 2026</t>
   </si>
   <si>
     <t>Les Moments doux</t>
   </si>
   <si>
     <t>Elise Chatauret, Thomas Pondevie</t>
   </si>
   <si>
     <t>Théâtre de la Croix-Rousse</t>
   </si>
   <si>
     <t>26 mai &gt; 29 mai 2026</t>
   </si>
   <si>
     <t>Elise Chatauret</t>
   </si>
   <si>
     <t>FR-Vienne</t>
   </si>
   <si>
     <t>Théâtre François Ponsard</t>
   </si>
   <si>
     <t>26 mai 2026</t>
   </si>
   <si>
+    <t>TJP</t>
+  </si>
+  <si>
+    <t>27 mai &gt; 30 mai 2026</t>
+  </si>
+  <si>
     <t>30 mai 2026</t>
   </si>
   <si>
     <t>Théâtre 13</t>
   </si>
   <si>
     <t>05 juin &gt; 19 juin 2026</t>
+  </si>
+  <si>
+    <t>FR-Avignon</t>
+  </si>
+  <si>
+    <t>Théâtre du Chêne Noir</t>
+  </si>
+  <si>
+    <t>06 juil. 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -842,1031 +956,1305 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G42"/>
+  <dimension ref="A1:G54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G42"/>
+      <selection activeCell="A1" sqref="A1:G54"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.987" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="82.408" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="C3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="1" t="s">
+      <c r="E3" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="F3" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="F3" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G3" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C4" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="1" t="s">
+      <c r="E4" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="F4" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="F4" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G4" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D5" s="1" t="s">
+      <c r="E5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>42</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>43</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="E10" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="C10" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D10" s="1" t="s">
+      <c r="F10" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="E10" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G10" s="1" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E11" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="F11" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="C11" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D11" s="1" t="s">
+      <c r="G11" s="1" t="s">
         <v>51</v>
-      </c>
-[...7 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="E12" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G12" s="1" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>57</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>58</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>59</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>61</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="C15" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D15" s="1" t="s">
+      <c r="E15" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="E15" s="1" t="s">
+      <c r="F15" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="F15" s="1" t="s">
+      <c r="G15" s="1" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>14</v>
+        <v>68</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="G16" s="1" t="s">
         <v>69</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="G17" s="1" t="s">
         <v>74</v>
-      </c>
-[...7 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>79</v>
-      </c>
-[...7 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D19" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="E19" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="C19" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D19" s="1" t="s">
+      <c r="F19" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="E19" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G19" s="1" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>89</v>
+        <v>23</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>90</v>
+        <v>24</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>90</v>
+        <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>94</v>
+        <v>41</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>95</v>
+        <v>42</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="F22" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="E22" s="1" t="s">
+      <c r="G22" s="1" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>57</v>
+        <v>101</v>
       </c>
       <c r="E23" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="G23" s="1" t="s">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>105</v>
+        <v>93</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>107</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>108</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>109</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>110</v>
+        <v>98</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="E26" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="F26" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="C26" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G26" s="1" t="s">
-        <v>112</v>
+        <v>56</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>116</v>
+        <v>52</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>25</v>
+        <v>98</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>119</v>
+        <v>34</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>83</v>
+        <v>118</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>84</v>
+        <v>119</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>88</v>
+        <v>119</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>105</v>
+        <v>123</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>106</v>
+        <v>124</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>51</v>
+        <v>125</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>52</v>
+        <v>126</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>127</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>110</v>
+        <v>128</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="F31" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="G31" s="1" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>131</v>
+        <v>55</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>132</v>
+        <v>56</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>16</v>
+        <v>134</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>132</v>
+        <v>56</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>90</v>
+        <v>79</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>90</v>
+        <v>79</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>137</v>
+        <v>75</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>138</v>
+        <v>76</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
-        <v>7</v>
+        <v>141</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>26</v>
+        <v>142</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>13</v>
+        <v>145</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>25</v>
+        <v>98</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>24</v>
+        <v>123</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>25</v>
+        <v>124</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>142</v>
+        <v>36</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>145</v>
+        <v>37</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>25</v>
+        <v>128</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>146</v>
+        <v>55</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>147</v>
+        <v>56</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>60</v>
+        <v>150</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>61</v>
+        <v>151</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>147</v>
+        <v>56</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>57</v>
+        <v>155</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
-        <v>31</v>
+        <v>118</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>32</v>
+        <v>119</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D41" s="1"/>
       <c r="E41" s="1" t="s">
-        <v>61</v>
+        <v>161</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>32</v>
+        <v>119</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="E42" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7">
+      <c r="A43" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B43" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="B42" s="1" t="s">
-[...15 lines deleted...]
-        <v>123</v>
+      <c r="C43" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="E43" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7">
+      <c r="A44" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7">
+      <c r="A45" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7">
+      <c r="A46" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7">
+      <c r="A47" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="E47" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7">
+      <c r="A48" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7">
+      <c r="A49" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="E49" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7">
+      <c r="A50" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="E50" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7">
+      <c r="A51" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7">
+      <c r="A52" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7">
+      <c r="A53" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7">
+      <c r="A54" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="E54" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>