--- v4 (2026-01-16)
+++ v5 (2026-02-06)
@@ -12,626 +12,527 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Éditions  esse que" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
-    <t>65 rue d'Aubagne</t>
-[...2 lines deleted...]
-    <t>Mathilde Aurier</t>
+    <t>Polar(e)</t>
+  </si>
+  <si>
+    <t>Céline Fuhrer, Jean-Luc Vincent</t>
   </si>
   <si>
     <t>Éditions : esse que</t>
   </si>
   <si>
-    <t>FR-Marseille</t>
-[...5 lines deleted...]
-    <t>16 janv. &gt; 17 janv. 2026</t>
+    <t>FR-Bordeaux</t>
+  </si>
+  <si>
+    <t>TnBA</t>
+  </si>
+  <si>
+    <t>06 févr. 2026</t>
+  </si>
+  <si>
+    <t>Notre histoire (se répète)</t>
+  </si>
+  <si>
+    <t>Jana Klein, Stéphane Schoukroun</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Théâtre de la Concorde</t>
+  </si>
+  <si>
+    <t>06 févr. &gt; 14 févr. 2026</t>
+  </si>
+  <si>
+    <t>Dialogue avec ce qui se passe</t>
+  </si>
+  <si>
+    <t>Nicolas Doutey</t>
+  </si>
+  <si>
+    <t>FR-Montreuil</t>
+  </si>
+  <si>
+    <t>Théâtre Public de Montreuil [TPM]</t>
+  </si>
+  <si>
+    <t>Nicolas Doutey, Adrien Bréal</t>
+  </si>
+  <si>
+    <t>À condition d’avoir une table dans un jardin</t>
+  </si>
+  <si>
+    <t>Gérard Watkins</t>
+  </si>
+  <si>
+    <t>FR-Saint-Denis</t>
+  </si>
+  <si>
+    <t>Théâtre Gérard Philipe - TGP</t>
+  </si>
+  <si>
+    <t>07 févr. &gt; 15 févr. 2026</t>
+  </si>
+  <si>
+    <t>Le Songe d’une nuit d’été</t>
+  </si>
+  <si>
+    <t>William Shakespeare, Clément Camar-Mercier</t>
+  </si>
+  <si>
+    <t>FR-Valenciennes</t>
+  </si>
+  <si>
+    <t>Le Phénix Scène Nationale</t>
+  </si>
+  <si>
+    <t>10 févr. &gt; 13 févr. 2026</t>
+  </si>
+  <si>
+    <t>William Shakespeare, Arnaud Anckaert</t>
+  </si>
+  <si>
+    <t>Seule comme Maria</t>
+  </si>
+  <si>
+    <t>Théo Askolovitch, Marilou Aussilloux</t>
+  </si>
+  <si>
+    <t>FR-Narbonne</t>
+  </si>
+  <si>
+    <t>Scène nationale Grand Narbonne</t>
+  </si>
+  <si>
+    <t>18 févr. &gt; 20 févr. 2026</t>
+  </si>
+  <si>
+    <t>Théo Askolovitch, Mariloux Aussilloux</t>
+  </si>
+  <si>
+    <t>FR-Melun</t>
+  </si>
+  <si>
+    <t>L'Escale</t>
+  </si>
+  <si>
+    <t>18 févr. &gt; 19 févr. 2026</t>
+  </si>
+  <si>
+    <t>Nelvar – le royaume sans peuple</t>
+  </si>
+  <si>
+    <t>Logan De Carvalho</t>
+  </si>
+  <si>
+    <t>FR-Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>La Comédie de Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>24 févr. &gt; 26 févr. 2026</t>
+  </si>
+  <si>
+    <t>Logan De Carvalho, Margaux Desailly</t>
+  </si>
+  <si>
+    <t>La Détente</t>
+  </si>
+  <si>
+    <t>Raphaël Gautier</t>
+  </si>
+  <si>
+    <t>FR-Saint-Fons</t>
+  </si>
+  <si>
+    <t>Théâtre Jean Marais</t>
+  </si>
+  <si>
+    <t>26 févr. &gt; 27 févr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Chartres</t>
+  </si>
+  <si>
+    <t>Théâtre de Chartres</t>
+  </si>
+  <si>
+    <t>03 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-La Ricamarie</t>
+  </si>
+  <si>
+    <t>La Ricamarie</t>
+  </si>
+  <si>
+    <t>06 mars 2026</t>
+  </si>
+  <si>
+    <t>Parler pointu</t>
+  </si>
+  <si>
+    <t>Benjamin Tholozan, Hélène François</t>
+  </si>
+  <si>
+    <t>FR-Bayonne</t>
+  </si>
+  <si>
+    <t>Scène Nationale du Sud-Aquitain</t>
+  </si>
+  <si>
+    <t>08 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Lyon</t>
+  </si>
+  <si>
+    <t>Les Célestins, Théâtre de Lyon</t>
+  </si>
+  <si>
+    <t>10 mars &gt; 12 mars 2026</t>
+  </si>
+  <si>
+    <t>Sans Ulysse</t>
+  </si>
+  <si>
+    <t>Liora Jaccottet, Pascal Cesari</t>
+  </si>
+  <si>
+    <t>FR-Montluçon</t>
+  </si>
+  <si>
+    <t>Théâtre des Îlets - CDN de Montluçon</t>
+  </si>
+  <si>
+    <t>11 mars &gt; 12 mars 2026</t>
+  </si>
+  <si>
+    <t>Des Dragons dans les halls</t>
+  </si>
+  <si>
+    <t>Julien Villa</t>
+  </si>
+  <si>
+    <t>FR-Vitry-sur-Seine</t>
+  </si>
+  <si>
+    <t>Studio-Théâtre de Vitry</t>
+  </si>
+  <si>
+    <t>13 mars &gt; 16 mars 2026</t>
+  </si>
+  <si>
+    <t>Richard III</t>
+  </si>
+  <si>
+    <t>William Shakespeare</t>
+  </si>
+  <si>
+    <t>FR-Sceaux</t>
+  </si>
+  <si>
+    <t>Les Gémeaux</t>
+  </si>
+  <si>
+    <t>14 mars &gt; 26 mars 2026</t>
+  </si>
+  <si>
+    <t>William Shakespeare, Itay Tiran</t>
+  </si>
+  <si>
+    <t>En addicto</t>
+  </si>
+  <si>
+    <t>Thomas Quillardet</t>
+  </si>
+  <si>
+    <t>FR-Saint-Etienne</t>
+  </si>
+  <si>
+    <t>La Comédie de Saint-Étienne</t>
+  </si>
+  <si>
+    <t>17 mars &gt; 19 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Aix-en-Provence</t>
+  </si>
+  <si>
+    <t>Théâtre du Jeu de Paume</t>
+  </si>
+  <si>
+    <t>18 mars &gt; 21 mars 2026</t>
+  </si>
+  <si>
+    <t>Le Dernier Voyage (Aquarius)</t>
+  </si>
+  <si>
+    <t>Lucie Nicolas</t>
+  </si>
+  <si>
+    <t>FR-Fort-de-France</t>
+  </si>
+  <si>
+    <t>Théâtre Aimé Césaire</t>
+  </si>
+  <si>
+    <t>19 mars &gt; 21 mars 2026</t>
+  </si>
+  <si>
+    <t>25 mars &gt; 03 avr. 2026</t>
+  </si>
+  <si>
+    <t>SarkHollande (comédie identitaire)</t>
+  </si>
+  <si>
+    <t>Léo Cohen-Paperman, Emilien Diard-Detœuf</t>
+  </si>
+  <si>
+    <t>FR-Bar-le-Duc</t>
+  </si>
+  <si>
+    <t>ACB - Scène nationale de Bar-le-Duc</t>
+  </si>
+  <si>
+    <t>26 mars &gt; 27 mars 2026</t>
+  </si>
+  <si>
+    <t>Léo Cohen-Paperman</t>
+  </si>
+  <si>
+    <t>FR-Cébazat</t>
+  </si>
+  <si>
+    <t>Le Sémaphore</t>
+  </si>
+  <si>
+    <t>31 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Grenoble</t>
+  </si>
+  <si>
+    <t>MC2:</t>
+  </si>
+  <si>
+    <t>31 mars &gt; 01 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Choisy-le-Roi</t>
+  </si>
+  <si>
+    <t>Théâtre Cinéma de Choisy-le-Roi</t>
+  </si>
+  <si>
+    <t>08 avr. 2026</t>
+  </si>
+  <si>
+    <t>66 jours</t>
+  </si>
+  <si>
+    <t>Théo Askolovitch</t>
+  </si>
+  <si>
+    <t>FR-Toulouse</t>
+  </si>
+  <si>
+    <t>Théâtre Sorano</t>
+  </si>
+  <si>
+    <t>13 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Chalon-sur-Saône</t>
+  </si>
+  <si>
+    <t>Espace des Arts</t>
+  </si>
+  <si>
+    <t>21 avr. &gt; 23 avr. 2026</t>
+  </si>
+  <si>
+    <t>L'Odyssée - scène conventionnée de Périgueux</t>
+  </si>
+  <si>
+    <t>23 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Brive</t>
+  </si>
+  <si>
+    <t>L'Empreinte - Scène nationale Brive-Tulle</t>
+  </si>
+  <si>
+    <t>28 avr. &gt; 30 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Montbéliard</t>
+  </si>
+  <si>
+    <t>MA scène nationale - Pays de Montbéliard</t>
+  </si>
+  <si>
+    <t>28 avr. 2026</t>
+  </si>
+  <si>
+    <t>Le conte d'hiver</t>
+  </si>
+  <si>
+    <t>05 mai 2026</t>
+  </si>
+  <si>
+    <t>Sandrine Anglade, William Shakespeare, Clément Camar-Mercier</t>
+  </si>
+  <si>
+    <t>Tous coupables sauf Thermos Grönn</t>
+  </si>
+  <si>
+    <t>Romane Nicolas</t>
+  </si>
+  <si>
+    <t>Théâtre de la Tempête</t>
+  </si>
+  <si>
+    <t>05 mai &gt; 24 mai 2026</t>
+  </si>
+  <si>
+    <t>Sacha Vilmar, Romane Nicolas</t>
+  </si>
+  <si>
+    <t>FR-Chevilly-Larue</t>
+  </si>
+  <si>
+    <t>La Maison du Conte</t>
+  </si>
+  <si>
+    <t>23 mai 2026</t>
+  </si>
+  <si>
+    <t>Théâtre André Malraux de Chevilly-Larue</t>
+  </si>
+  <si>
+    <t>La renarde</t>
+  </si>
+  <si>
+    <t>Sacha Todorov</t>
+  </si>
+  <si>
+    <t>FR-Evreux</t>
+  </si>
+  <si>
+    <t>Le Tangram</t>
+  </si>
+  <si>
+    <t>25 mai &gt; 29 mai 2026</t>
+  </si>
+  <si>
+    <t>Les Moments doux</t>
+  </si>
+  <si>
+    <t>Elise Chatauret, Thomas Pondevie</t>
+  </si>
+  <si>
+    <t>Théâtre de la Croix-Rousse</t>
+  </si>
+  <si>
+    <t>26 mai &gt; 29 mai 2026</t>
+  </si>
+  <si>
+    <t>Elise Chatauret</t>
+  </si>
+  <si>
+    <t>FR-Vienne</t>
+  </si>
+  <si>
+    <t>Théâtre François Ponsard</t>
+  </si>
+  <si>
+    <t>26 mai 2026</t>
+  </si>
+  <si>
+    <t>FR-Strasbourg</t>
+  </si>
+  <si>
+    <t>TJP</t>
+  </si>
+  <si>
+    <t>27 mai &gt; 30 mai 2026</t>
   </si>
   <si>
     <t>Écorces</t>
   </si>
   <si>
     <t>Alice Carré</t>
-  </si>
-[...529 lines deleted...]
-    <t>27 mai &gt; 30 mai 2026</t>
   </si>
   <si>
     <t>30 mai 2026</t>
   </si>
   <si>
     <t>Théâtre 13</t>
   </si>
   <si>
     <t>05 juin &gt; 19 juin 2026</t>
   </si>
   <si>
     <t>FR-Avignon</t>
   </si>
   <si>
     <t>Théâtre du Chêne Noir</t>
   </si>
   <si>
     <t>06 juil. 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -956,65 +857,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G54"/>
+  <dimension ref="A1:G41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G54"/>
+      <selection activeCell="A1" sqref="A1:G41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="71.84" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
@@ -1059,1202 +960,903 @@
       </c>
       <c r="F3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F4" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" s="1" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>27</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>32</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>74</v>
+        <v>83</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>89</v>
+        <v>73</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>90</v>
+        <v>74</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>92</v>
+        <v>74</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>99</v>
+        <v>43</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>100</v>
+        <v>44</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>28</v>
+        <v>83</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>93</v>
+        <v>60</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>94</v>
+        <v>61</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>98</v>
+        <v>61</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>55</v>
+        <v>113</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>56</v>
+        <v>114</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>56</v>
+        <v>114</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>93</v>
+        <v>49</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>94</v>
+        <v>50</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>52</v>
+        <v>118</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>98</v>
+        <v>50</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>35</v>
+        <v>74</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D28" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D28" s="1"/>
       <c r="E28" s="1" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>35</v>
+        <v>74</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>118</v>
+        <v>73</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>119</v>
+        <v>74</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>119</v>
+        <v>74</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>123</v>
+        <v>84</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>124</v>
+        <v>85</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>128</v>
+        <v>85</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
         <v>129</v>
       </c>
       <c r="B31" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F31" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="C31" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D31" s="1" t="s">
+      <c r="G31" s="1" t="s">
         <v>131</v>
-      </c>
-[...7 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>55</v>
+        <v>132</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>56</v>
+        <v>133</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="E32" s="1" t="s">
+      <c r="F32" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="F32" s="1" t="s">
+      <c r="G32" s="1" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
-        <v>78</v>
+        <v>60</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>79</v>
+        <v>61</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>137</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>138</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>79</v>
+        <v>61</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>118</v>
+        <v>60</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>119</v>
+        <v>61</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>75</v>
+        <v>137</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>76</v>
+        <v>140</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>119</v>
+        <v>61</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
         <v>141</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>19</v>
+        <v>142</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="E35" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="G35" s="1" t="s">
         <v>142</v>
-      </c>
-[...7 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>93</v>
+        <v>146</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>94</v>
+        <v>147</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>146</v>
+        <v>65</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>98</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>123</v>
+        <v>60</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>124</v>
+        <v>61</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>36</v>
+        <v>151</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>37</v>
+        <v>152</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>128</v>
+        <v>61</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>55</v>
+        <v>73</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>56</v>
+        <v>74</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>56</v>
+        <v>74</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>155</v>
+        <v>143</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>156</v>
+        <v>144</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B40" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="B40" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>158</v>
+        <v>15</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
-        <v>118</v>
+        <v>129</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>119</v>
+        <v>29</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D41" s="1"/>
+      <c r="D41" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="E41" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>119</v>
-[...298 lines deleted...]
-        <v>51</v>
+        <v>131</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>