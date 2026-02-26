--- v5 (2026-02-06)
+++ v6 (2026-02-26)
@@ -12,461 +12,428 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Éditions  esse que" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
-    <t>Polar(e)</t>
-[...2 lines deleted...]
-    <t>Céline Fuhrer, Jean-Luc Vincent</t>
+    <t>Nelvar – le royaume sans peuple</t>
+  </si>
+  <si>
+    <t>Logan De Carvalho</t>
   </si>
   <si>
     <t>Éditions : esse que</t>
   </si>
   <si>
-    <t>FR-Bordeaux</t>
-[...5 lines deleted...]
-    <t>06 févr. 2026</t>
+    <t>FR-Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>La Comédie de Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>26 févr. 2026</t>
+  </si>
+  <si>
+    <t>Logan De Carvalho, Margaux Desailly</t>
+  </si>
+  <si>
+    <t>La Détente</t>
+  </si>
+  <si>
+    <t>Raphaël Gautier</t>
+  </si>
+  <si>
+    <t>FR-Saint-Fons</t>
+  </si>
+  <si>
+    <t>Théâtre Jean Marais</t>
+  </si>
+  <si>
+    <t>26 févr. &gt; 27 févr. 2026</t>
+  </si>
+  <si>
+    <t>Le Songe d’une nuit d’été</t>
+  </si>
+  <si>
+    <t>William Shakespeare, Clément Camar-Mercier</t>
+  </si>
+  <si>
+    <t>FR-Chartres</t>
+  </si>
+  <si>
+    <t>Théâtre de Chartres</t>
+  </si>
+  <si>
+    <t>03 mars 2026</t>
+  </si>
+  <si>
+    <t>William Shakespeare, Arnaud Anckaert</t>
+  </si>
+  <si>
+    <t>FR-La Ricamarie</t>
+  </si>
+  <si>
+    <t>La Ricamarie</t>
+  </si>
+  <si>
+    <t>06 mars 2026</t>
+  </si>
+  <si>
+    <t>Tacoma Garage</t>
+  </si>
+  <si>
+    <t>Corentin Skwara</t>
+  </si>
+  <si>
+    <t>BE-Bruxelles</t>
+  </si>
+  <si>
+    <t>Théâtre La Roseraie</t>
+  </si>
+  <si>
+    <t>Parler pointu</t>
+  </si>
+  <si>
+    <t>Benjamin Tholozan, Hélène François</t>
+  </si>
+  <si>
+    <t>FR-Bayonne</t>
+  </si>
+  <si>
+    <t>Scène Nationale du Sud-Aquitain</t>
+  </si>
+  <si>
+    <t>08 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Lyon</t>
+  </si>
+  <si>
+    <t>Les Célestins, Théâtre de Lyon</t>
+  </si>
+  <si>
+    <t>10 mars &gt; 12 mars 2026</t>
   </si>
   <si>
     <t>Notre histoire (se répète)</t>
   </si>
   <si>
     <t>Jana Klein, Stéphane Schoukroun</t>
   </si>
   <si>
+    <t>FR-Cachan</t>
+  </si>
+  <si>
+    <t>Théâtre Jacques Carat de Cachan</t>
+  </si>
+  <si>
+    <t>11 mars 2026</t>
+  </si>
+  <si>
+    <t>Sans Ulysse</t>
+  </si>
+  <si>
+    <t>Liora Jaccottet, Pascal Cesari</t>
+  </si>
+  <si>
+    <t>FR-Montluçon</t>
+  </si>
+  <si>
+    <t>Théâtre des Îlets - CDN de Montluçon</t>
+  </si>
+  <si>
+    <t>11 mars &gt; 12 mars 2026</t>
+  </si>
+  <si>
+    <t>Des Dragons dans les halls</t>
+  </si>
+  <si>
+    <t>Julien Villa</t>
+  </si>
+  <si>
+    <t>FR-Vitry-sur-Seine</t>
+  </si>
+  <si>
+    <t>Studio-Théâtre de Vitry</t>
+  </si>
+  <si>
+    <t>13 mars &gt; 16 mars 2026</t>
+  </si>
+  <si>
+    <t>Richard III</t>
+  </si>
+  <si>
+    <t>William Shakespeare</t>
+  </si>
+  <si>
+    <t>FR-Sceaux</t>
+  </si>
+  <si>
+    <t>Les Gémeaux</t>
+  </si>
+  <si>
+    <t>14 mars &gt; 26 mars 2026</t>
+  </si>
+  <si>
+    <t>William Shakespeare, Itay Tiran</t>
+  </si>
+  <si>
+    <t>Dialogue avec ce qui se passe</t>
+  </si>
+  <si>
+    <t>Nicolas Doutey</t>
+  </si>
+  <si>
+    <t>FR-Montpellier</t>
+  </si>
+  <si>
+    <t>Théâtre des 13 Vents</t>
+  </si>
+  <si>
+    <t>17 mars &gt; 20 mars 2026</t>
+  </si>
+  <si>
+    <t>Nicolas Doutey, Adrien Bréal</t>
+  </si>
+  <si>
     <t>FR-Paris</t>
   </si>
   <si>
-    <t>Théâtre de la Concorde</t>
-[...23 lines deleted...]
-    <t>Gérard Watkins</t>
+    <t>Palais de la Porte dorée</t>
+  </si>
+  <si>
+    <t>En addicto</t>
+  </si>
+  <si>
+    <t>Thomas Quillardet</t>
+  </si>
+  <si>
+    <t>FR-Saint-Etienne</t>
+  </si>
+  <si>
+    <t>La Comédie de Saint-Étienne</t>
+  </si>
+  <si>
+    <t>17 mars &gt; 19 mars 2026</t>
+  </si>
+  <si>
+    <t>FR-Aix-en-Provence</t>
+  </si>
+  <si>
+    <t>Théâtre du Jeu de Paume</t>
+  </si>
+  <si>
+    <t>18 mars &gt; 21 mars 2026</t>
+  </si>
+  <si>
+    <t>Le Dernier Voyage (Aquarius)</t>
+  </si>
+  <si>
+    <t>Lucie Nicolas</t>
+  </si>
+  <si>
+    <t>FR-Fort-de-France</t>
+  </si>
+  <si>
+    <t>Théâtre Aimé Césaire</t>
+  </si>
+  <si>
+    <t>19 mars &gt; 21 mars 2026</t>
   </si>
   <si>
     <t>FR-Saint-Denis</t>
   </si>
   <si>
     <t>Théâtre Gérard Philipe - TGP</t>
   </si>
   <si>
-    <t>07 févr. &gt; 15 févr. 2026</t>
-[...208 lines deleted...]
-  <si>
     <t>25 mars &gt; 03 avr. 2026</t>
   </si>
   <si>
     <t>SarkHollande (comédie identitaire)</t>
   </si>
   <si>
     <t>Léo Cohen-Paperman, Emilien Diard-Detœuf</t>
   </si>
   <si>
     <t>FR-Bar-le-Duc</t>
   </si>
   <si>
     <t>ACB - Scène nationale de Bar-le-Duc</t>
   </si>
   <si>
     <t>26 mars &gt; 27 mars 2026</t>
   </si>
   <si>
     <t>Léo Cohen-Paperman</t>
   </si>
   <si>
     <t>FR-Cébazat</t>
   </si>
   <si>
     <t>Le Sémaphore</t>
   </si>
   <si>
     <t>31 mars 2026</t>
   </si>
   <si>
     <t>FR-Grenoble</t>
   </si>
   <si>
     <t>MC2:</t>
   </si>
   <si>
     <t>31 mars &gt; 01 avr. 2026</t>
   </si>
   <si>
     <t>FR-Choisy-le-Roi</t>
   </si>
   <si>
     <t>Théâtre Cinéma de Choisy-le-Roi</t>
   </si>
   <si>
     <t>08 avr. 2026</t>
   </si>
   <si>
+    <t>Le Bois de l'Aune</t>
+  </si>
+  <si>
+    <t>09 avr. &gt; 10 avr. 2026</t>
+  </si>
+  <si>
     <t>66 jours</t>
   </si>
   <si>
     <t>Théo Askolovitch</t>
   </si>
   <si>
     <t>FR-Toulouse</t>
   </si>
   <si>
     <t>Théâtre Sorano</t>
   </si>
   <si>
     <t>13 avr. 2026</t>
   </si>
   <si>
     <t>FR-Chalon-sur-Saône</t>
   </si>
   <si>
     <t>Espace des Arts</t>
   </si>
   <si>
     <t>21 avr. &gt; 23 avr. 2026</t>
   </si>
   <si>
     <t>L'Odyssée - scène conventionnée de Périgueux</t>
   </si>
   <si>
     <t>23 avr. 2026</t>
   </si>
   <si>
     <t>FR-Brive</t>
   </si>
   <si>
     <t>L'Empreinte - Scène nationale Brive-Tulle</t>
   </si>
   <si>
     <t>28 avr. &gt; 30 avr. 2026</t>
   </si>
   <si>
     <t>FR-Montbéliard</t>
   </si>
   <si>
     <t>MA scène nationale - Pays de Montbéliard</t>
   </si>
   <si>
     <t>28 avr. 2026</t>
   </si>
   <si>
+    <t>Tous coupables sauf Thermos Grönn</t>
+  </si>
+  <si>
+    <t>Romane Nicolas</t>
+  </si>
+  <si>
+    <t>Théâtre de la Tempête</t>
+  </si>
+  <si>
+    <t>05 mai &gt; 24 mai 2026</t>
+  </si>
+  <si>
+    <t>Sacha Vilmar, Romane Nicolas</t>
+  </si>
+  <si>
     <t>Le conte d'hiver</t>
   </si>
   <si>
     <t>05 mai 2026</t>
   </si>
   <si>
     <t>Sandrine Anglade, William Shakespeare, Clément Camar-Mercier</t>
-  </si>
-[...13 lines deleted...]
-    <t>Sacha Vilmar, Romane Nicolas</t>
   </si>
   <si>
     <t>FR-Chevilly-Larue</t>
   </si>
   <si>
     <t>La Maison du Conte</t>
   </si>
   <si>
     <t>23 mai 2026</t>
   </si>
   <si>
     <t>Théâtre André Malraux de Chevilly-Larue</t>
   </si>
   <si>
     <t>La renarde</t>
   </si>
   <si>
     <t>Sacha Todorov</t>
   </si>
   <si>
     <t>FR-Evreux</t>
   </si>
   <si>
     <t>Le Tangram</t>
   </si>
@@ -857,59 +824,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G41"/>
+  <dimension ref="A1:G39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G41"/>
+      <selection activeCell="A1" sqref="A1:G39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.987" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="71.84" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
@@ -917,946 +884,900 @@
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" s="1" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>27</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="E7" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="C7" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D7" s="1" t="s">
+      <c r="F7" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="E7" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G7" s="1" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="F9" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="C9" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G9" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G10" s="1" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F11" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="E11" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G11" s="1" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>57</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>58</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>59</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="F14" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="E14" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G14" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="G15" s="1" t="s">
         <v>70</v>
-      </c>
-[...7 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="B16" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="C16" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D16" s="1" t="s">
+      <c r="E16" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="E16" s="1" t="s">
+      <c r="F16" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="F16" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G16" s="1" t="s">
-        <v>74</v>
+        <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D17" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C17" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D17" s="1" t="s">
+      <c r="E17" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="E17" s="1" t="s">
+      <c r="F17" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="F17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G17" s="1" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="F18" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="B18" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G18" s="1" t="s">
-        <v>85</v>
+        <v>51</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>61</v>
+        <v>86</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="F19" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="E19" s="1" t="s">
+      <c r="G19" s="1" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="E20" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="F20" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="C20" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G20" s="1" t="s">
-        <v>93</v>
+        <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>74</v>
+        <v>56</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>26</v>
+        <v>95</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>74</v>
+        <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="E22" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="F22" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G22" s="1" t="s">
-        <v>103</v>
+        <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>43</v>
+        <v>61</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>44</v>
+        <v>62</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>104</v>
+        <v>74</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>78</v>
+        <v>102</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>83</v>
+        <v>103</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>61</v>
+        <v>15</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>61</v>
+        <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>113</v>
+        <v>50</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D26" s="1"/>
       <c r="E26" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D28" s="1"/>
+      <c r="D28" s="1" t="s">
+        <v>115</v>
+      </c>
       <c r="E28" s="1" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>73</v>
+        <v>118</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>74</v>
+        <v>119</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>123</v>
+        <v>67</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>74</v>
+        <v>122</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>84</v>
+        <v>123</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>126</v>
+        <v>21</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>127</v>
+        <v>22</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>85</v>
+        <v>125</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>129</v>
+        <v>32</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>54</v>
+        <v>126</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>55</v>
+        <v>127</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>131</v>
+        <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>132</v>
+        <v>32</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>133</v>
+        <v>33</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>15</v>
+        <v>126</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>136</v>
+        <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
-        <v>60</v>
+        <v>130</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>61</v>
+        <v>131</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>61</v>
+        <v>131</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>60</v>
+        <v>135</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>61</v>
+        <v>136</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E34" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="E34" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F34" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E35" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="F35" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="C35" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G35" s="1" t="s">
-        <v>142</v>
+        <v>33</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>146</v>
+        <v>50</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>147</v>
+        <v>51</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>65</v>
+        <v>143</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>60</v>
+        <v>146</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>61</v>
+        <v>147</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>151</v>
+        <v>132</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>152</v>
+        <v>133</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>61</v>
+        <v>147</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>74</v>
+        <v>86</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>154</v>
+        <v>67</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>74</v>
+        <v>90</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
-        <v>157</v>
+        <v>123</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>158</v>
+        <v>20</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>158</v>
-[...45 lines deleted...]
-        <v>131</v>
+        <v>125</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>