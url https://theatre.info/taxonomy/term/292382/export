--- v6 (2026-02-26)
+++ v7 (2026-03-20)
@@ -12,506 +12,434 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Éditions  esse que" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
+    <t>Le Dernier Voyage (Aquarius)</t>
+  </si>
+  <si>
+    <t>Lucie Nicolas</t>
+  </si>
+  <si>
+    <t>Éditions : esse que</t>
+  </si>
+  <si>
+    <t>FR-Fort-de-France</t>
+  </si>
+  <si>
+    <t>Théâtre Aimé Césaire</t>
+  </si>
+  <si>
+    <t>20 mars &gt; 21 mars 2026</t>
+  </si>
+  <si>
+    <t>Notre histoire (se répète)</t>
+  </si>
+  <si>
+    <t>Jana Klein, Stéphane Schoukroun</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Palais de la Porte dorée</t>
+  </si>
+  <si>
+    <t>20 mars 2026</t>
+  </si>
+  <si>
+    <t>Parler pointu</t>
+  </si>
+  <si>
+    <t>Benjamin Tholozan, Hélène François</t>
+  </si>
+  <si>
+    <t>FR-Aix-en-Provence</t>
+  </si>
+  <si>
+    <t>Théâtre du Jeu de Paume</t>
+  </si>
+  <si>
+    <t>Richard III</t>
+  </si>
+  <si>
+    <t>William Shakespeare</t>
+  </si>
+  <si>
+    <t>FR-Sceaux</t>
+  </si>
+  <si>
+    <t>Les Gémeaux</t>
+  </si>
+  <si>
+    <t>20 mars &gt; 26 mars 2026</t>
+  </si>
+  <si>
+    <t>William Shakespeare, Itay Tiran</t>
+  </si>
+  <si>
+    <t>Dialogue avec ce qui se passe</t>
+  </si>
+  <si>
+    <t>Nicolas Doutey</t>
+  </si>
+  <si>
+    <t>FR-Montpellier</t>
+  </si>
+  <si>
+    <t>Théâtre des 13 Vents</t>
+  </si>
+  <si>
+    <t>Nicolas Doutey, Adrien Bréal</t>
+  </si>
+  <si>
+    <t>Des Dragons dans les halls</t>
+  </si>
+  <si>
+    <t>Julien Villa</t>
+  </si>
+  <si>
+    <t>FR-Saint-Denis</t>
+  </si>
+  <si>
+    <t>Théâtre Gérard Philipe - TGP</t>
+  </si>
+  <si>
+    <t>25 mars &gt; 03 avr. 2026</t>
+  </si>
+  <si>
+    <t>SarkHollande (comédie identitaire)</t>
+  </si>
+  <si>
+    <t>Léo Cohen-Paperman, Emilien Diard-Detœuf</t>
+  </si>
+  <si>
+    <t>FR-Bar-le-Duc</t>
+  </si>
+  <si>
+    <t>ACB - Scène nationale de Bar-le-Duc</t>
+  </si>
+  <si>
+    <t>26 mars &gt; 27 mars 2026</t>
+  </si>
+  <si>
+    <t>Léo Cohen-Paperman</t>
+  </si>
+  <si>
+    <t>FR-Grenoble</t>
+  </si>
+  <si>
+    <t>MC2:</t>
+  </si>
+  <si>
+    <t>31 mars &gt; 01 avr. 2026</t>
+  </si>
+  <si>
     <t>Nelvar – le royaume sans peuple</t>
   </si>
   <si>
     <t>Logan De Carvalho</t>
   </si>
   <si>
-    <t>Éditions : esse que</t>
-[...8 lines deleted...]
-    <t>26 févr. 2026</t>
+    <t>FR-Cébazat</t>
+  </si>
+  <si>
+    <t>Le Sémaphore</t>
+  </si>
+  <si>
+    <t>31 mars 2026</t>
   </si>
   <si>
     <t>Logan De Carvalho, Margaux Desailly</t>
   </si>
   <si>
+    <t>FR-Choisy-le-Roi</t>
+  </si>
+  <si>
+    <t>Théâtre Cinéma de Choisy-le-Roi</t>
+  </si>
+  <si>
+    <t>08 avr. 2026</t>
+  </si>
+  <si>
+    <t>Le Bois de l'Aune</t>
+  </si>
+  <si>
+    <t>09 avr. &gt; 10 avr. 2026</t>
+  </si>
+  <si>
+    <t>66 jours</t>
+  </si>
+  <si>
+    <t>Théo Askolovitch</t>
+  </si>
+  <si>
+    <t>FR-Toulouse</t>
+  </si>
+  <si>
+    <t>Théâtre Sorano</t>
+  </si>
+  <si>
+    <t>13 avr. 2026</t>
+  </si>
+  <si>
     <t>La Détente</t>
   </si>
   <si>
     <t>Raphaël Gautier</t>
   </si>
   <si>
-    <t>FR-Saint-Fons</t>
-[...8 lines deleted...]
-    <t>Le Songe d’une nuit d’été</t>
+    <t>FR-Chalon-sur-Saône</t>
+  </si>
+  <si>
+    <t>Espace des Arts</t>
+  </si>
+  <si>
+    <t>21 avr. &gt; 23 avr. 2026</t>
+  </si>
+  <si>
+    <t>L'Odyssée - scène conventionnée de Périgueux</t>
+  </si>
+  <si>
+    <t>23 avr. 2026</t>
+  </si>
+  <si>
+    <t>En addicto</t>
+  </si>
+  <si>
+    <t>Thomas Quillardet</t>
+  </si>
+  <si>
+    <t>FR-Montbéliard</t>
+  </si>
+  <si>
+    <t>MA scène nationale - Pays de Montbéliard</t>
+  </si>
+  <si>
+    <t>28 avr. 2026</t>
+  </si>
+  <si>
+    <t>FR-Brive</t>
+  </si>
+  <si>
+    <t>L'Empreinte - Scène nationale Brive-Tulle</t>
+  </si>
+  <si>
+    <t>28 avr. &gt; 30 avr. 2026</t>
+  </si>
+  <si>
+    <t>Le conte d'hiver</t>
   </si>
   <si>
     <t>William Shakespeare, Clément Camar-Mercier</t>
   </si>
   <si>
     <t>FR-Chartres</t>
   </si>
   <si>
     <t>Théâtre de Chartres</t>
   </si>
   <si>
-    <t>03 mars 2026</t>
-[...38 lines deleted...]
-    <t>08 mars 2026</t>
+    <t>05 mai 2026</t>
+  </si>
+  <si>
+    <t>Sandrine Anglade, William Shakespeare, Clément Camar-Mercier</t>
+  </si>
+  <si>
+    <t>Tous coupables sauf Thermos Grönn</t>
+  </si>
+  <si>
+    <t>Romane Nicolas</t>
+  </si>
+  <si>
+    <t>Théâtre de la Tempête</t>
+  </si>
+  <si>
+    <t>05 mai &gt; 24 mai 2026</t>
+  </si>
+  <si>
+    <t>Sacha Vilmar, Romane Nicolas</t>
+  </si>
+  <si>
+    <t>FR-Chevilly-Larue</t>
+  </si>
+  <si>
+    <t>Théâtre André Malraux de Chevilly-Larue</t>
+  </si>
+  <si>
+    <t>23 mai 2026</t>
+  </si>
+  <si>
+    <t>La Maison du Conte</t>
+  </si>
+  <si>
+    <t>La renarde</t>
+  </si>
+  <si>
+    <t>Sacha Todorov</t>
+  </si>
+  <si>
+    <t>FR-Evreux</t>
+  </si>
+  <si>
+    <t>Le Tangram</t>
+  </si>
+  <si>
+    <t>25 mai &gt; 29 mai 2026</t>
+  </si>
+  <si>
+    <t>Les Moments doux</t>
+  </si>
+  <si>
+    <t>Elise Chatauret, Thomas Pondevie</t>
   </si>
   <si>
     <t>FR-Lyon</t>
   </si>
   <si>
-    <t>Les Célestins, Théâtre de Lyon</t>
-[...295 lines deleted...]
-  <si>
     <t>Théâtre de la Croix-Rousse</t>
   </si>
   <si>
     <t>26 mai &gt; 29 mai 2026</t>
   </si>
   <si>
     <t>Elise Chatauret</t>
   </si>
   <si>
     <t>FR-Vienne</t>
   </si>
   <si>
     <t>Théâtre François Ponsard</t>
   </si>
   <si>
     <t>26 mai 2026</t>
   </si>
   <si>
     <t>FR-Strasbourg</t>
   </si>
   <si>
     <t>TJP</t>
   </si>
   <si>
     <t>27 mai &gt; 30 mai 2026</t>
   </si>
   <si>
     <t>Écorces</t>
   </si>
   <si>
     <t>Alice Carré</t>
   </si>
   <si>
     <t>30 mai 2026</t>
   </si>
   <si>
     <t>Théâtre 13</t>
   </si>
   <si>
     <t>05 juin &gt; 19 juin 2026</t>
   </si>
   <si>
+    <t>Polar(e)</t>
+  </si>
+  <si>
+    <t>Céline Fuhrer, Jean-Luc Vincent</t>
+  </si>
+  <si>
+    <t>Théâtre du Rond-Point</t>
+  </si>
+  <si>
+    <t>17 juin &gt; 25 juin 2026</t>
+  </si>
+  <si>
+    <t>Seule comme Maria</t>
+  </si>
+  <si>
+    <t>Théo Askolovitch, Marilou Aussilloux</t>
+  </si>
+  <si>
+    <t>FR-Angers</t>
+  </si>
+  <si>
+    <t>Festival d'Anjou</t>
+  </si>
+  <si>
+    <t>18 juin 2026</t>
+  </si>
+  <si>
+    <t>Théo Askolovitch, Mariloux Aussilloux</t>
+  </si>
+  <si>
     <t>FR-Avignon</t>
+  </si>
+  <si>
+    <t>Théâtre du Train bleu</t>
+  </si>
+  <si>
+    <t>04 juil. &gt; 23 juil. 2026</t>
   </si>
   <si>
     <t>Théâtre du Chêne Noir</t>
   </si>
   <si>
     <t>06 juil. 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -824,54 +752,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G39"/>
+  <dimension ref="A1:G31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G39"/>
+      <selection activeCell="A1" sqref="A1:G31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="71.84" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -884,900 +812,716 @@
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="C3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="1" t="s">
+      <c r="E3" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="F3" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="F3" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G3" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C4" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="1" t="s">
+      <c r="E4" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="E4" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="1" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>34</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>7</v>
+        <v>38</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
       <c r="B12" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="C12" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D12" s="1" t="s">
+      <c r="F12" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="E12" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G12" s="1" t="s">
-        <v>60</v>
+        <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E13" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="F13" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G13" s="1" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>41</v>
+        <v>64</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="F14" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="E14" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G14" s="1" t="s">
-        <v>41</v>
+        <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D15" s="1"/>
+      <c r="E15" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="F15" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="B15" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G15" s="1" t="s">
-        <v>70</v>
+        <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="F16" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="E16" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G16" s="1" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="F17" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="B17" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G17" s="1" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>50</v>
+        <v>78</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>51</v>
+        <v>79</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="F18" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="E18" s="1" t="s">
+      <c r="G18" s="1" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="C19" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D19" s="1" t="s">
+      <c r="F19" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="E19" s="1" t="s">
+      <c r="G19" s="1" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="F20" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="E20" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G20" s="1" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>55</v>
+        <v>18</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>33</v>
+        <v>94</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="F22" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="E22" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G22" s="1" t="s">
-        <v>33</v>
+        <v>94</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>61</v>
+        <v>98</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>62</v>
+        <v>99</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>74</v>
+        <v>100</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>66</v>
+        <v>103</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>103</v>
+        <v>19</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>104</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>105</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>106</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>103</v>
+        <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>107</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>108</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>109</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>50</v>
+        <v>110</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>51</v>
+        <v>111</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D26" s="1"/>
+      <c r="D26" s="1" t="s">
+        <v>95</v>
+      </c>
       <c r="E26" s="1" t="s">
-        <v>110</v>
+        <v>96</v>
       </c>
       <c r="F26" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="G26" s="1" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>112</v>
+        <v>15</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>113</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>114</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>69</v>
+        <v>115</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>70</v>
+        <v>116</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>115</v>
+        <v>15</v>
       </c>
       <c r="E28" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="G28" s="1" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>67</v>
+        <v>121</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>123</v>
+        <v>13</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>21</v>
+        <v>125</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>22</v>
+        <v>126</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>125</v>
+        <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>32</v>
+        <v>78</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>33</v>
+        <v>79</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>33</v>
-[...183 lines deleted...]
-        <v>125</v>
+        <v>83</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>