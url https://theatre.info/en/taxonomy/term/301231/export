--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -12,290 +12,284 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Espaces 34" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
+    <t>Fake</t>
+  </si>
+  <si>
+    <t>Claudine Galea</t>
+  </si>
+  <si>
+    <t>Espaces 34</t>
+  </si>
+  <si>
+    <t>FR-Noisiel</t>
+  </si>
+  <si>
+    <t>La Ferme du Buisson</t>
+  </si>
+  <si>
+    <t>Nov 07, 2025</t>
+  </si>
+  <si>
+    <t>Claudine Galea, Emilie Lafarge</t>
+  </si>
+  <si>
+    <t>Specimen</t>
+  </si>
+  <si>
+    <t>Gwendoline Soublin</t>
+  </si>
+  <si>
+    <t>CH-Genève</t>
+  </si>
+  <si>
+    <t>Théâtre Am Stram Gram</t>
+  </si>
+  <si>
+    <t>Nov 07 &gt; Nov 16, 2025</t>
+  </si>
+  <si>
+    <t>Gwendoline Soublin, Emilie Flacher</t>
+  </si>
+  <si>
+    <t>Pig Boy 1986-2358</t>
+  </si>
+  <si>
+    <t>La Traverse</t>
+  </si>
+  <si>
+    <t>Nov 13 &gt; Nov 16, 2025</t>
+  </si>
+  <si>
+    <t>Gwendoline Soublin, Zina Balmer</t>
+  </si>
+  <si>
+    <t>Frisson</t>
+  </si>
+  <si>
+    <t>Magali Mougel</t>
+  </si>
+  <si>
+    <t>FR-Chambéry</t>
+  </si>
+  <si>
+    <t>Malraux - scène nationale Chambéry Savoie</t>
+  </si>
+  <si>
+    <t>Nov 18 &gt; Nov 21, 2025</t>
+  </si>
+  <si>
+    <t>Juliette Reydellet, Magali Mougel</t>
+  </si>
+  <si>
+    <t>Tout ça Tout ça</t>
+  </si>
+  <si>
+    <t>FR-Cherbourg-en-Cotentin</t>
+  </si>
+  <si>
+    <t>Le Trident</t>
+  </si>
+  <si>
+    <t>Nov 20 &gt; Nov 21, 2025</t>
+  </si>
+  <si>
+    <t>Gwendoline Soublin, Thomas Resendes</t>
+  </si>
+  <si>
+    <t>Noircisse !</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Théâtre Dunois</t>
+  </si>
+  <si>
+    <t>Dec 01 &gt; Dec 09, 2025</t>
+  </si>
+  <si>
+    <t>Claudine Galea, Sophie Lahayville</t>
+  </si>
+  <si>
+    <t>Le Pays innocent</t>
+  </si>
+  <si>
+    <t>Samuel Gallet</t>
+  </si>
+  <si>
+    <t>FR-Juvisy-sur-Orge</t>
+  </si>
+  <si>
+    <t>Les Bords de Scènes, théâtres et cinémas</t>
+  </si>
+  <si>
+    <t>Dec 02, 2025</t>
+  </si>
+  <si>
+    <t>Traverser la cendre</t>
+  </si>
+  <si>
+    <t>Michel Simonot</t>
+  </si>
+  <si>
+    <t>FR-Strasbourg</t>
+  </si>
+  <si>
+    <t>TAPS</t>
+  </si>
+  <si>
+    <t>Dec 04 &gt; Dec 05, 2025</t>
+  </si>
+  <si>
+    <t>Michel Simonot, Nadège Coste</t>
+  </si>
+  <si>
+    <t>FR-Suresnes</t>
+  </si>
+  <si>
+    <t>Théâtre de Suresnes Jean Vilar</t>
+  </si>
+  <si>
+    <t>Dec 05, 2025</t>
+  </si>
+  <si>
+    <t>Fiesta</t>
+  </si>
+  <si>
+    <t>Le Parvis - Tarbes-Pyrénées</t>
+  </si>
+  <si>
+    <t>Dec 08 &gt; Dec 19, 2025</t>
+  </si>
+  <si>
+    <t>Gwendoline Soublin, Olivier Letellier, Fiona Chauvin</t>
+  </si>
+  <si>
+    <t>FR-Eaubonne</t>
+  </si>
+  <si>
+    <t>PIVO - Théâtre en territoire</t>
+  </si>
+  <si>
+    <t>Dec 12, 2025</t>
+  </si>
+  <si>
+    <t>Espace Marcel Carné</t>
+  </si>
+  <si>
+    <t>Dec 16, 2025</t>
+  </si>
+  <si>
     <t>KiLLT - Mauvaise pichenette !</t>
   </si>
   <si>
-    <t>Magali Mougel</t>
-[...11 lines deleted...]
-    <t>Oct 14 &gt; Oct 18, 2025</t>
+    <t>FR-Amiens</t>
+  </si>
+  <si>
+    <t>Le Safran</t>
+  </si>
+  <si>
+    <t>Jan 07, 2026</t>
   </si>
   <si>
     <t>Magali Mougel, Olivier Letellier</t>
   </si>
   <si>
-    <t>Specimen</t>
-[...166 lines deleted...]
-  <si>
     <t>Depuis mon corps chaud</t>
   </si>
   <si>
     <t>FR-Châlons-en-Champagne</t>
   </si>
   <si>
     <t>La Comète</t>
   </si>
   <si>
     <t>Jan 10 &gt; Jan 11, 2026</t>
   </si>
   <si>
     <t>Gwendoline Soublin, Anne Théron, Olivier Mellano</t>
   </si>
   <si>
+    <t>Jan 14 &gt; Jan 16, 2026</t>
+  </si>
+  <si>
     <t>FR-Saran</t>
   </si>
   <si>
     <t>Théâtre de la Tête Noire</t>
   </si>
   <si>
     <t>Jan 14, 2026</t>
   </si>
   <si>
     <t>Gwendoline Soublin, Steve Brohon</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jan 14 &gt; Jan 16, 2026</t>
   </si>
   <si>
     <t>FR-Pithiviers</t>
   </si>
   <si>
     <t>Théâtre du Donjon</t>
   </si>
   <si>
     <t>Jan 18, 2026</t>
   </si>
   <si>
     <t>FR-Montreuil-Bellay</t>
   </si>
   <si>
     <t>Salle de la Closerie</t>
   </si>
   <si>
     <t>Jan 28, 2026</t>
   </si>
   <si>
     <t>Théâtre de la Ville - Paris</t>
   </si>
   <si>
     <t>Feb 07 &gt; Feb 14, 2026</t>
   </si>
@@ -803,54 +797,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G42"/>
+  <dimension ref="A1:G41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G42"/>
+      <selection activeCell="A1" sqref="A1:G41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="62.413" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -894,936 +888,913 @@
       </c>
       <c r="B3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B4" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="1" t="s">
+      <c r="F4" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="G4" s="1" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>16</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="E8" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>52</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>53</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D11" s="1" t="s">
+      <c r="D11" s="1"/>
+      <c r="E11" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="E11" s="1" t="s">
+      <c r="F11" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="F11" s="1" t="s">
+      <c r="G11" s="1" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D12" s="1"/>
       <c r="E12" s="1" t="s">
         <v>59</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D13" s="1" t="s">
+      <c r="D13" s="1"/>
+      <c r="E13" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="F13" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="E13" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G13" s="1" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D14" s="1"/>
+      <c r="D14" s="1" t="s">
+        <v>64</v>
+      </c>
       <c r="E14" s="1" t="s">
         <v>65</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>66</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>45</v>
+        <v>67</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>7</v>
+        <v>68</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>72</v>
+        <v>27</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>73</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>74</v>
+        <v>57</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="E17" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="E17" s="1" t="s">
+      <c r="F17" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="F17" s="1" t="s">
+      <c r="G17" s="1" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>31</v>
+        <v>78</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>83</v>
+        <v>36</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>84</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>85</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>78</v>
+        <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>10</v>
+        <v>86</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>61</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="F23" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="E23" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G23" s="1" t="s">
-        <v>78</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>94</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>95</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>78</v>
+        <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>58</v>
+        <v>109</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>15</v>
+        <v>110</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>108</v>
+        <v>74</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>109</v>
+        <v>75</v>
       </c>
       <c r="F29" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="G29" s="1" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>111</v>
+        <v>7</v>
       </c>
       <c r="B30" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D30" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="C30" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E30" s="1" t="s">
-        <v>76</v>
+        <v>113</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>126</v>
+        <v>36</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>127</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>128</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>78</v>
+        <v>57</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>58</v>
+        <v>7</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>10</v>
+        <v>129</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
-        <v>44</v>
+        <v>7</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>45</v>
+        <v>8</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>144</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>61</v>
-[...22 lines deleted...]
-        <v>61</v>
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>