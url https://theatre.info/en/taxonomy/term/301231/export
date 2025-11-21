--- v1 (2025-10-29)
+++ v2 (2025-11-21)
@@ -12,395 +12,362 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Espaces 34" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
+    <t>Tout ça Tout ça</t>
+  </si>
+  <si>
+    <t>Gwendoline Soublin</t>
+  </si>
+  <si>
+    <t>Espaces 34</t>
+  </si>
+  <si>
+    <t>FR-Cherbourg-en-Cotentin</t>
+  </si>
+  <si>
+    <t>Le Trident</t>
+  </si>
+  <si>
+    <t>Nov 21, 2025</t>
+  </si>
+  <si>
+    <t>Gwendoline Soublin, Thomas Resendes</t>
+  </si>
+  <si>
+    <t>Frisson</t>
+  </si>
+  <si>
+    <t>Magali Mougel</t>
+  </si>
+  <si>
+    <t>FR-Chambéry</t>
+  </si>
+  <si>
+    <t>Malraux - scène nationale Chambéry Savoie</t>
+  </si>
+  <si>
+    <t>Juliette Reydellet, Magali Mougel</t>
+  </si>
+  <si>
+    <t>Noircisse !</t>
+  </si>
+  <si>
+    <t>Claudine Galea</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Théâtre Dunois</t>
+  </si>
+  <si>
+    <t>Dec 01 &gt; Dec 09, 2025</t>
+  </si>
+  <si>
+    <t>Claudine Galea, Sophie Lahayville</t>
+  </si>
+  <si>
+    <t>Le Pays innocent</t>
+  </si>
+  <si>
+    <t>Samuel Gallet</t>
+  </si>
+  <si>
+    <t>FR-Juvisy-sur-Orge</t>
+  </si>
+  <si>
+    <t>Les Bords de Scènes, théâtres et cinémas</t>
+  </si>
+  <si>
+    <t>Dec 02, 2025</t>
+  </si>
+  <si>
+    <t>Traverser la cendre</t>
+  </si>
+  <si>
+    <t>Michel Simonot</t>
+  </si>
+  <si>
+    <t>FR-Strasbourg</t>
+  </si>
+  <si>
+    <t>TAPS</t>
+  </si>
+  <si>
+    <t>Dec 04 &gt; Dec 05, 2025</t>
+  </si>
+  <si>
+    <t>Michel Simonot, Nadège Coste</t>
+  </si>
+  <si>
+    <t>FR-Suresnes</t>
+  </si>
+  <si>
+    <t>Théâtre de Suresnes Jean Vilar</t>
+  </si>
+  <si>
+    <t>Dec 05, 2025</t>
+  </si>
+  <si>
+    <t>Fiesta</t>
+  </si>
+  <si>
+    <t>Le Parvis - Tarbes-Pyrénées</t>
+  </si>
+  <si>
+    <t>Dec 08 &gt; Dec 19, 2025</t>
+  </si>
+  <si>
+    <t>Gwendoline Soublin, Olivier Letellier, Fiona Chauvin</t>
+  </si>
+  <si>
+    <t>FR-Eaubonne</t>
+  </si>
+  <si>
+    <t>PIVO - Théâtre en territoire</t>
+  </si>
+  <si>
+    <t>Dec 12, 2025</t>
+  </si>
+  <si>
+    <t>Espace Marcel Carné</t>
+  </si>
+  <si>
+    <t>Dec 16, 2025</t>
+  </si>
+  <si>
+    <t>KiLLT - Mauvaise pichenette !</t>
+  </si>
+  <si>
+    <t>FR-Amiens</t>
+  </si>
+  <si>
+    <t>Le Safran</t>
+  </si>
+  <si>
+    <t>Jan 07, 2026</t>
+  </si>
+  <si>
+    <t>Magali Mougel, Olivier Letellier</t>
+  </si>
+  <si>
+    <t>Depuis mon corps chaud</t>
+  </si>
+  <si>
+    <t>FR-Châlons-en-Champagne</t>
+  </si>
+  <si>
+    <t>La Comète</t>
+  </si>
+  <si>
+    <t>Jan 10 &gt; Jan 11, 2026</t>
+  </si>
+  <si>
+    <t>Gwendoline Soublin, Anne Théron, Olivier Mellano</t>
+  </si>
+  <si>
+    <t>Jan 14 &gt; Jan 16, 2026</t>
+  </si>
+  <si>
+    <t>FR-Saran</t>
+  </si>
+  <si>
+    <t>Théâtre de la Tête Noire</t>
+  </si>
+  <si>
+    <t>Jan 14, 2026</t>
+  </si>
+  <si>
+    <t>Gwendoline Soublin, Steve Brohon</t>
+  </si>
+  <si>
+    <t>FR-Pithiviers</t>
+  </si>
+  <si>
+    <t>Théâtre du Donjon</t>
+  </si>
+  <si>
+    <t>Jan 18, 2026</t>
+  </si>
+  <si>
+    <t>FR-Montreuil-Bellay</t>
+  </si>
+  <si>
+    <t>Salle de la Closerie</t>
+  </si>
+  <si>
+    <t>Jan 28, 2026</t>
+  </si>
+  <si>
+    <t>Théâtre de la Ville - Paris</t>
+  </si>
+  <si>
+    <t>Feb 07 &gt; Feb 14, 2026</t>
+  </si>
+  <si>
+    <t>FR-Metz</t>
+  </si>
+  <si>
+    <t>Espace Bernard-Marie Koltès - Metz</t>
+  </si>
+  <si>
+    <t>Feb 11 &gt; Feb 13, 2026</t>
+  </si>
+  <si>
+    <t>FR-Perpignan</t>
+  </si>
+  <si>
+    <t>L’Archipel, Scène nationale de Perpignan</t>
+  </si>
+  <si>
+    <t>Feb 17, 2026</t>
+  </si>
+  <si>
+    <t>FR-Monts</t>
+  </si>
+  <si>
+    <t>Espace Jean Cocteau</t>
+  </si>
+  <si>
+    <t>FR-Tours Fontaines</t>
+  </si>
+  <si>
+    <t>Espace Jacques Villeret</t>
+  </si>
+  <si>
+    <t>Feb 19, 2026</t>
+  </si>
+  <si>
+    <t>FR-Tiercé</t>
+  </si>
+  <si>
+    <t>Cinéma/Théâtre - Le PAX</t>
+  </si>
+  <si>
+    <t>Feb 23, 2026</t>
+  </si>
+  <si>
+    <t>FR-Angers</t>
+  </si>
+  <si>
+    <t>Le Quai - Angers</t>
+  </si>
+  <si>
+    <t>Mar 03 &gt; Mar 04, 2026</t>
+  </si>
+  <si>
+    <t>Specimen</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>Théâtre Joliette</t>
+  </si>
+  <si>
+    <t>Mar 10 &gt; Mar 11, 2026</t>
+  </si>
+  <si>
+    <t>Gwendoline Soublin, Emilie Flacher</t>
+  </si>
+  <si>
+    <t>FR-Aubervilliers</t>
+  </si>
+  <si>
+    <t>Les Tréteaux de France</t>
+  </si>
+  <si>
+    <t>Mar 13, 2026</t>
+  </si>
+  <si>
+    <t>Petit Parleur</t>
+  </si>
+  <si>
+    <t>Fabien Arca</t>
+  </si>
+  <si>
+    <t>Mar 14, 2026</t>
+  </si>
+  <si>
     <t>Fake</t>
   </si>
   <si>
-    <t>Claudine Galea</t>
-[...11 lines deleted...]
-    <t>Nov 07, 2025</t>
+    <t>FR-Albi</t>
+  </si>
+  <si>
+    <t>Scène Nationale d'Albi</t>
+  </si>
+  <si>
+    <t>Mar 16 &gt; Mar 18, 2026</t>
   </si>
   <si>
     <t>Claudine Galea, Emilie Lafarge</t>
-  </si>
-[...301 lines deleted...]
-    <t>Mar 16 &gt; Mar 18, 2026</t>
   </si>
   <si>
     <t>FR-Narbonne</t>
   </si>
   <si>
     <t>Scène nationale Grand Narbonne</t>
   </si>
   <si>
     <t>Mar 18 &gt; Mar 21, 2026</t>
   </si>
   <si>
     <t>FR-Saint-Mathurin-sur-Loire</t>
   </si>
   <si>
     <t>Espace Léon Mousseau</t>
   </si>
   <si>
     <t>Mar 25, 2026</t>
   </si>
   <si>
     <t>FR-Saint-Barthélémy d'Anjou</t>
   </si>
   <si>
     <t>Théâtre de l'Hôtel de Ville de Saint-Barthélémy d'Anjou</t>
   </si>
@@ -797,54 +764,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G41"/>
+  <dimension ref="A1:G38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G41"/>
+      <selection activeCell="A1" sqref="A1:G38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="62.413" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -877,924 +844,855 @@
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" s="1" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="B4" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" s="1"/>
+      <c r="E8" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="F8" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="C8" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D8" s="1" t="s">
+      <c r="G8" s="1" t="s">
         <v>42</v>
-      </c>
-[...7 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="F9" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G9" s="1" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D10" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D10" s="1"/>
       <c r="E10" s="1" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D11" s="1"/>
+      <c r="D11" s="1" t="s">
+        <v>49</v>
+      </c>
       <c r="E11" s="1" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>41</v>
+        <v>8</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>41</v>
+        <v>8</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D13" s="1"/>
+      <c r="D13" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="E13" s="1" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>68</v>
+        <v>39</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>74</v>
+        <v>21</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>77</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>77</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>36</v>
+        <v>77</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>54</v>
+        <v>88</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>100</v>
+        <v>59</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>101</v>
+        <v>60</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>14</v>
+        <v>99</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>103</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F28" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="E28" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G28" s="1" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="F29" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="B29" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G29" s="1" t="s">
-        <v>110</v>
+        <v>62</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>7</v>
+        <v>39</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="F30" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="E30" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G30" s="1" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="F31" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="E31" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G31" s="1" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
-        <v>54</v>
+        <v>99</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>77</v>
+        <v>103</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>77</v>
+        <v>26</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>36</v>
+        <v>124</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>7</v>
+        <v>99</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="F36" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="E36" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G36" s="1" t="s">
-        <v>13</v>
+        <v>103</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>41</v>
+        <v>8</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="F37" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="E37" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G37" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>41</v>
+        <v>8</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>41</v>
-[...68 lines deleted...]
-        <v>57</v>
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>