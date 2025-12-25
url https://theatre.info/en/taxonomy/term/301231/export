--- v2 (2025-11-21)
+++ v3 (2025-12-25)
@@ -12,413 +12,332 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Espaces 34" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
-    <t>Tout ça Tout ça</t>
+    <t>KiLLT - Mauvaise pichenette !</t>
+  </si>
+  <si>
+    <t>Magali Mougel</t>
+  </si>
+  <si>
+    <t>Espaces 34</t>
+  </si>
+  <si>
+    <t>FR-Amiens</t>
+  </si>
+  <si>
+    <t>Le Safran</t>
+  </si>
+  <si>
+    <t>Jan 07, 2026</t>
+  </si>
+  <si>
+    <t>Magali Mougel, Olivier Letellier</t>
+  </si>
+  <si>
+    <t>Depuis mon corps chaud</t>
   </si>
   <si>
     <t>Gwendoline Soublin</t>
   </si>
   <si>
-    <t>Espaces 34</t>
-[...17 lines deleted...]
-    <t>Magali Mougel</t>
+    <t>FR-Châlons-en-Champagne</t>
+  </si>
+  <si>
+    <t>La Comète</t>
+  </si>
+  <si>
+    <t>Jan 10 &gt; Jan 11, 2026</t>
+  </si>
+  <si>
+    <t>Gwendoline Soublin, Anne Théron, Olivier Mellano</t>
+  </si>
+  <si>
+    <t>Fiesta</t>
+  </si>
+  <si>
+    <t>FR-Saran</t>
+  </si>
+  <si>
+    <t>Théâtre de la Tête Noire</t>
+  </si>
+  <si>
+    <t>Jan 14, 2026</t>
+  </si>
+  <si>
+    <t>Gwendoline Soublin, Steve Brohon</t>
   </si>
   <si>
     <t>FR-Chambéry</t>
   </si>
   <si>
     <t>Malraux - scène nationale Chambéry Savoie</t>
   </si>
   <si>
-    <t>Juliette Reydellet, Magali Mougel</t>
-[...2 lines deleted...]
-    <t>Noircisse !</t>
+    <t>Jan 14 &gt; Jan 16, 2026</t>
+  </si>
+  <si>
+    <t>Gwendoline Soublin, Olivier Letellier, Fiona Chauvin</t>
+  </si>
+  <si>
+    <t>FR-Pithiviers</t>
+  </si>
+  <si>
+    <t>Théâtre du Donjon</t>
+  </si>
+  <si>
+    <t>Jan 18, 2026</t>
+  </si>
+  <si>
+    <t>FR-Montreuil-Bellay</t>
+  </si>
+  <si>
+    <t>Salle de la Closerie</t>
+  </si>
+  <si>
+    <t>Jan 28, 2026</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Théâtre de la Ville - Paris</t>
+  </si>
+  <si>
+    <t>Feb 07 &gt; Feb 14, 2026</t>
+  </si>
+  <si>
+    <t>Traverser la cendre</t>
+  </si>
+  <si>
+    <t>Michel Simonot</t>
+  </si>
+  <si>
+    <t>FR-Metz</t>
+  </si>
+  <si>
+    <t>Espace Bernard-Marie Koltès - Metz</t>
+  </si>
+  <si>
+    <t>Feb 11 &gt; Feb 13, 2026</t>
+  </si>
+  <si>
+    <t>Michel Simonot, Nadège Coste</t>
+  </si>
+  <si>
+    <t>FR-Monts</t>
+  </si>
+  <si>
+    <t>Espace Jean Cocteau</t>
+  </si>
+  <si>
+    <t>Feb 17, 2026</t>
+  </si>
+  <si>
+    <t>FR-Perpignan</t>
+  </si>
+  <si>
+    <t>L’Archipel, Scène nationale de Perpignan</t>
+  </si>
+  <si>
+    <t>FR-Tours Fontaines</t>
+  </si>
+  <si>
+    <t>Espace Jacques Villeret</t>
+  </si>
+  <si>
+    <t>Feb 19, 2026</t>
+  </si>
+  <si>
+    <t>FR-Tiercé</t>
+  </si>
+  <si>
+    <t>Cinéma/Théâtre - Le PAX</t>
+  </si>
+  <si>
+    <t>Feb 23, 2026</t>
+  </si>
+  <si>
+    <t>FR-Angers</t>
+  </si>
+  <si>
+    <t>Le Quai - Angers</t>
+  </si>
+  <si>
+    <t>Mar 03 &gt; Mar 04, 2026</t>
+  </si>
+  <si>
+    <t>Specimen</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>Théâtre Joliette</t>
+  </si>
+  <si>
+    <t>Mar 10 &gt; Mar 11, 2026</t>
+  </si>
+  <si>
+    <t>Gwendoline Soublin, Emilie Flacher</t>
+  </si>
+  <si>
+    <t>FR-Aubervilliers</t>
+  </si>
+  <si>
+    <t>Les Tréteaux de France</t>
+  </si>
+  <si>
+    <t>Mar 13, 2026</t>
+  </si>
+  <si>
+    <t>Petit Parleur</t>
+  </si>
+  <si>
+    <t>Fabien Arca</t>
+  </si>
+  <si>
+    <t>Mar 14, 2026</t>
+  </si>
+  <si>
+    <t>Fake</t>
   </si>
   <si>
     <t>Claudine Galea</t>
   </si>
   <si>
-    <t>FR-Paris</t>
-[...8 lines deleted...]
-    <t>Claudine Galea, Sophie Lahayville</t>
+    <t>FR-Albi</t>
+  </si>
+  <si>
+    <t>Scène Nationale d'Albi</t>
+  </si>
+  <si>
+    <t>Mar 16 &gt; Mar 18, 2026</t>
+  </si>
+  <si>
+    <t>Claudine Galea, Emilie Lafarge</t>
+  </si>
+  <si>
+    <t>FR-Narbonne</t>
+  </si>
+  <si>
+    <t>Scène nationale Grand Narbonne</t>
+  </si>
+  <si>
+    <t>Mar 18 &gt; Mar 21, 2026</t>
+  </si>
+  <si>
+    <t>FR-Saint-Mathurin-sur-Loire</t>
+  </si>
+  <si>
+    <t>Espace Léon Mousseau</t>
+  </si>
+  <si>
+    <t>Mar 25, 2026</t>
+  </si>
+  <si>
+    <t>FR-Saint-Barthélémy d'Anjou</t>
+  </si>
+  <si>
+    <t>Théâtre de l'Hôtel de Ville de Saint-Barthélémy d'Anjou</t>
+  </si>
+  <si>
+    <t>Apr 01, 2026</t>
+  </si>
+  <si>
+    <t>FR-Mûrs-Erigné</t>
+  </si>
+  <si>
+    <t>Centre Culturel Jean Carmet - CCJC</t>
+  </si>
+  <si>
+    <t>Apr 14, 2026</t>
+  </si>
+  <si>
+    <t>Maison des Métallos</t>
+  </si>
+  <si>
+    <t>Apr 15 &gt; Apr 18, 2026</t>
+  </si>
+  <si>
+    <t>FR-Nice</t>
+  </si>
+  <si>
+    <t>Théâtre National de Nice</t>
+  </si>
+  <si>
+    <t>May 05 &gt; May 07, 2026</t>
   </si>
   <si>
     <t>Le Pays innocent</t>
   </si>
   <si>
     <t>Samuel Gallet</t>
-  </si>
-[...280 lines deleted...]
-    <t>May 05 &gt; May 07, 2026</t>
   </si>
   <si>
     <t>FR-Dieppe</t>
   </si>
   <si>
     <t>DSN - Dieppe Scène Nationale</t>
   </si>
   <si>
     <t>May 15, 2026</t>
   </si>
   <si>
     <t>FR-Lyon</t>
   </si>
   <si>
     <t>Les Célestins, Théâtre de Lyon</t>
   </si>
   <si>
     <t>May 20 &gt; May 29, 2026</t>
   </si>
   <si>
     <t>FR-Chalon-sur-Saône</t>
   </si>
   <si>
     <t>Espace des Arts</t>
   </si>
@@ -764,54 +683,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G38"/>
+  <dimension ref="A1:G29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G38"/>
+      <selection activeCell="A1" sqref="A1:G29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="62.413" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -844,855 +763,652 @@
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="E5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E6" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="F6" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="C6" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G6" s="1" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D8" s="1"/>
+      <c r="D8" s="1" t="s">
+        <v>35</v>
+      </c>
       <c r="E8" s="1" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>43</v>
-      </c>
-[...7 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D10" s="1"/>
+      <c r="D10" s="1" t="s">
+        <v>44</v>
+      </c>
       <c r="E10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="F10" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G10" s="1" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E11" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F11" s="1" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>39</v>
+        <v>58</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>39</v>
+        <v>66</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>8</v>
+        <v>67</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>42</v>
+        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>30</v>
+        <v>69</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>31</v>
+        <v>70</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>72</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>73</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>35</v>
+        <v>74</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>85</v>
+        <v>35</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>62</v>
+        <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>88</v>
+        <v>69</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>89</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>90</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>91</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>92</v>
+        <v>74</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>8</v>
+        <v>93</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="G25" s="1" t="s">
         <v>93</v>
-      </c>
-[...7 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B26" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D26" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="C26" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="1" t="s">
-        <v>60</v>
+        <v>98</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>99</v>
+        <v>69</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>20</v>
+        <v>70</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>100</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>101</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>102</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="E28" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="E28" s="1" t="s">
+      <c r="F28" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="F28" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G28" s="1" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>62</v>
-[...206 lines deleted...]
-        <v>42</v>
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>