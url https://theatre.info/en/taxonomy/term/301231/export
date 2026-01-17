--- v3 (2025-12-25)
+++ v4 (2026-01-17)
@@ -12,256 +12,211 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Espaces 34" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
-    <t>KiLLT - Mauvaise pichenette !</t>
-[...2 lines deleted...]
-    <t>Magali Mougel</t>
+    <t>Fiesta</t>
+  </si>
+  <si>
+    <t>Gwendoline Soublin</t>
   </si>
   <si>
     <t>Espaces 34</t>
   </si>
   <si>
-    <t>FR-Amiens</t>
-[...29 lines deleted...]
-    <t>Fiesta</t>
+    <t>FR-Pithiviers</t>
+  </si>
+  <si>
+    <t>Théâtre du Donjon</t>
+  </si>
+  <si>
+    <t>Jan 18, 2026</t>
+  </si>
+  <si>
+    <t>Gwendoline Soublin, Steve Brohon</t>
+  </si>
+  <si>
+    <t>FR-Montreuil-Bellay</t>
+  </si>
+  <si>
+    <t>Salle de la Closerie</t>
+  </si>
+  <si>
+    <t>Jan 28, 2026</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Théâtre de la Ville - Paris</t>
+  </si>
+  <si>
+    <t>Feb 07 &gt; Feb 14, 2026</t>
+  </si>
+  <si>
+    <t>Gwendoline Soublin, Olivier Letellier, Fiona Chauvin</t>
+  </si>
+  <si>
+    <t>Traverser la cendre</t>
+  </si>
+  <si>
+    <t>Michel Simonot</t>
+  </si>
+  <si>
+    <t>FR-Metz</t>
+  </si>
+  <si>
+    <t>Espace Bernard-Marie Koltès - Metz</t>
+  </si>
+  <si>
+    <t>Feb 11 &gt; Feb 13, 2026</t>
+  </si>
+  <si>
+    <t>Michel Simonot, Nadège Coste</t>
+  </si>
+  <si>
+    <t>FR-Monts</t>
+  </si>
+  <si>
+    <t>Espace Jean Cocteau</t>
+  </si>
+  <si>
+    <t>Feb 17, 2026</t>
+  </si>
+  <si>
+    <t>FR-Perpignan</t>
+  </si>
+  <si>
+    <t>L’Archipel, Scène nationale de Perpignan</t>
+  </si>
+  <si>
+    <t>FR-Tours Fontaines</t>
+  </si>
+  <si>
+    <t>Espace Jacques Villeret</t>
+  </si>
+  <si>
+    <t>Feb 19, 2026</t>
+  </si>
+  <si>
+    <t>FR-Tiercé</t>
+  </si>
+  <si>
+    <t>Cinéma/Théâtre - Le PAX</t>
+  </si>
+  <si>
+    <t>Feb 23, 2026</t>
+  </si>
+  <si>
+    <t>FR-Angers</t>
+  </si>
+  <si>
+    <t>Le Quai - Angers</t>
+  </si>
+  <si>
+    <t>Mar 03 &gt; Mar 04, 2026</t>
+  </si>
+  <si>
+    <t>Specimen</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>Théâtre Joliette</t>
+  </si>
+  <si>
+    <t>Mar 10 &gt; Mar 11, 2026</t>
+  </si>
+  <si>
+    <t>Gwendoline Soublin, Emilie Flacher</t>
+  </si>
+  <si>
+    <t>FR-Aubervilliers</t>
+  </si>
+  <si>
+    <t>Les Tréteaux de France</t>
+  </si>
+  <si>
+    <t>Mar 13, 2026</t>
+  </si>
+  <si>
+    <t>Petit Parleur</t>
+  </si>
+  <si>
+    <t>Fabien Arca</t>
   </si>
   <si>
     <t>FR-Saran</t>
   </si>
   <si>
     <t>Théâtre de la Tête Noire</t>
   </si>
   <si>
-    <t>Jan 14, 2026</t>
-[...133 lines deleted...]
-  <si>
     <t>Mar 14, 2026</t>
   </si>
   <si>
     <t>Fake</t>
   </si>
   <si>
     <t>Claudine Galea</t>
   </si>
   <si>
     <t>FR-Albi</t>
   </si>
   <si>
     <t>Scène Nationale d'Albi</t>
   </si>
   <si>
     <t>Mar 16 &gt; Mar 18, 2026</t>
   </si>
   <si>
     <t>Claudine Galea, Emilie Lafarge</t>
   </si>
   <si>
     <t>FR-Narbonne</t>
   </si>
   <si>
     <t>Scène nationale Grand Narbonne</t>
@@ -281,81 +236,102 @@
   <si>
     <t>FR-Saint-Barthélémy d'Anjou</t>
   </si>
   <si>
     <t>Théâtre de l'Hôtel de Ville de Saint-Barthélémy d'Anjou</t>
   </si>
   <si>
     <t>Apr 01, 2026</t>
   </si>
   <si>
     <t>FR-Mûrs-Erigné</t>
   </si>
   <si>
     <t>Centre Culturel Jean Carmet - CCJC</t>
   </si>
   <si>
     <t>Apr 14, 2026</t>
   </si>
   <si>
     <t>Maison des Métallos</t>
   </si>
   <si>
     <t>Apr 15 &gt; Apr 18, 2026</t>
   </si>
   <si>
+    <t>Leurs coeurs se balancer</t>
+  </si>
+  <si>
+    <t>Théâtre Dunois</t>
+  </si>
+  <si>
+    <t>May 04 &gt; May 12, 2026</t>
+  </si>
+  <si>
+    <t>Claudine Galea, Christophe Laluque</t>
+  </si>
+  <si>
     <t>FR-Nice</t>
   </si>
   <si>
     <t>Théâtre National de Nice</t>
   </si>
   <si>
     <t>May 05 &gt; May 07, 2026</t>
   </si>
   <si>
     <t>Le Pays innocent</t>
   </si>
   <si>
     <t>Samuel Gallet</t>
   </si>
   <si>
     <t>FR-Dieppe</t>
   </si>
   <si>
     <t>DSN - Dieppe Scène Nationale</t>
   </si>
   <si>
     <t>May 15, 2026</t>
   </si>
   <si>
     <t>FR-Lyon</t>
   </si>
   <si>
     <t>Les Célestins, Théâtre de Lyon</t>
   </si>
   <si>
     <t>May 20 &gt; May 29, 2026</t>
+  </si>
+  <si>
+    <t>FR-Bordeaux</t>
+  </si>
+  <si>
+    <t>Glob Théâtre</t>
+  </si>
+  <si>
+    <t>May 20 &gt; May 23, 2026</t>
   </si>
   <si>
     <t>FR-Chalon-sur-Saône</t>
   </si>
   <si>
     <t>Espace des Arts</t>
   </si>
   <si>
     <t>May 21 &gt; May 22, 2026</t>
   </si>
   <si>
     <t>FR-Chevilly-Larue</t>
   </si>
   <si>
     <t>Théâtre André Malraux de Chevilly-Larue</t>
   </si>
   <si>
     <t>May 27, 2026</t>
   </si>
   <si>
     <t>La Maison du Conte</t>
   </si>
 </sst>
 </file>
 
@@ -683,59 +659,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G29"/>
+  <dimension ref="A1:G27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G29"/>
+      <selection activeCell="A1" sqref="A1:G27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="62.413" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
@@ -748,667 +724,621 @@
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="E3" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="C3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="1" t="s">
+      <c r="F3" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="E3" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G3" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G4" s="1" t="s">
         <v>20</v>
-      </c>
-[...16 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="F5" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="E6" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G6" s="1" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>38</v>
+        <v>7</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>39</v>
+        <v>8</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>39</v>
+        <v>8</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="E13" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="E13" s="1" t="s">
+      <c r="F13" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="F13" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13" s="1" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>24</v>
+        <v>59</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>58</v>
+        <v>7</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>63</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>64</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>65</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D17" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="E17" s="1" t="s">
         <v>67</v>
-      </c>
-[...7 lines deleted...]
-        <v>22</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>68</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D18" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="E18" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C18" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="1" t="s">
+      <c r="F18" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="E18" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G18" s="1" t="s">
-        <v>74</v>
+        <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="G19" s="1" t="s">
         <v>20</v>
-      </c>
-[...16 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>20</v>
+        <v>74</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>24</v>
+        <v>59</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>15</v>
+        <v>82</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E22" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="E22" s="1" t="s">
+      <c r="F22" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="F22" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G22" s="1" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>15</v>
+        <v>82</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>35</v>
+        <v>86</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>87</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>88</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>28</v>
+        <v>82</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>89</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>90</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>91</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D25" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="E25" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="C25" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D25" s="1" t="s">
+      <c r="F25" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="E25" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G25" s="1" t="s">
-        <v>93</v>
+        <v>59</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>92</v>
+        <v>7</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>93</v>
+        <v>8</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="F26" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="E26" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G26" s="1" t="s">
-        <v>93</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>69</v>
+        <v>7</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>70</v>
+        <v>8</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      <c r="A28" s="1" t="s">
         <v>20</v>
-      </c>
-[...39 lines deleted...]
-        <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>