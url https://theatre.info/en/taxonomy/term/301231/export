--- v4 (2026-01-17)
+++ v5 (2026-02-06)
@@ -12,140 +12,122 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Espaces 34" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
     <t>Fiesta</t>
   </si>
   <si>
     <t>Gwendoline Soublin</t>
   </si>
   <si>
     <t>Espaces 34</t>
   </si>
   <si>
-    <t>FR-Pithiviers</t>
-[...5 lines deleted...]
-    <t>Jan 18, 2026</t>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Théâtre de la Ville - Paris</t>
+  </si>
+  <si>
+    <t>Feb 07 &gt; Feb 14, 2026</t>
+  </si>
+  <si>
+    <t>Gwendoline Soublin, Olivier Letellier, Fiona Chauvin</t>
+  </si>
+  <si>
+    <t>Traverser la cendre</t>
+  </si>
+  <si>
+    <t>Michel Simonot</t>
+  </si>
+  <si>
+    <t>FR-Metz</t>
+  </si>
+  <si>
+    <t>Espace Bernard-Marie Koltès - Metz</t>
+  </si>
+  <si>
+    <t>Feb 11 &gt; Feb 13, 2026</t>
+  </si>
+  <si>
+    <t>Michel Simonot, Nadège Coste</t>
+  </si>
+  <si>
+    <t>FR-Monts</t>
+  </si>
+  <si>
+    <t>Espace Jean Cocteau</t>
+  </si>
+  <si>
+    <t>Feb 17, 2026</t>
   </si>
   <si>
     <t>Gwendoline Soublin, Steve Brohon</t>
-  </si>
-[...46 lines deleted...]
-    <t>Feb 17, 2026</t>
   </si>
   <si>
     <t>FR-Perpignan</t>
   </si>
   <si>
     <t>L’Archipel, Scène nationale de Perpignan</t>
   </si>
   <si>
     <t>FR-Tours Fontaines</t>
   </si>
   <si>
     <t>Espace Jacques Villeret</t>
   </si>
   <si>
     <t>Feb 19, 2026</t>
   </si>
   <si>
     <t>FR-Tiercé</t>
   </si>
   <si>
     <t>Cinéma/Théâtre - Le PAX</t>
   </si>
   <si>
     <t>Feb 23, 2026</t>
   </si>
@@ -659,54 +641,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G27"/>
+  <dimension ref="A1:G25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G27"/>
+      <selection activeCell="A1" sqref="A1:G25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="62.413" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -724,621 +706,575 @@
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="F5" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G5" s="1" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="E6" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="E6" s="1" t="s">
+      <c r="F6" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="F6" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G6" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E7" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="E7" s="1" t="s">
+      <c r="F7" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="F7" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G7" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>7</v>
+        <v>35</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>7</v>
+        <v>48</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>8</v>
+        <v>49</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>49</v>
+        <v>7</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>54</v>
+        <v>7</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>55</v>
+        <v>8</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>59</v>
+        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>61</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>63</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>64</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>65</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="E17" s="1" t="s">
+      <c r="F17" s="1" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>7</v>
+        <v>68</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>8</v>
+        <v>49</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E18" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="E18" s="1" t="s">
+      <c r="F18" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="F18" s="1" t="s">
+      <c r="G18" s="1" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>7</v>
+        <v>48</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>8</v>
+        <v>49</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>55</v>
+        <v>76</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="F20" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="G20" s="1" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>54</v>
+        <v>75</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>55</v>
+        <v>76</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>59</v>
+        <v>76</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>81</v>
+        <v>68</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>82</v>
+        <v>49</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>83</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>84</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>85</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>82</v>
+        <v>71</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>81</v>
+        <v>48</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>82</v>
+        <v>49</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>87</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>88</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>82</v>
+        <v>53</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>74</v>
+        <v>7</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>55</v>
+        <v>8</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>89</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>90</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>91</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>77</v>
+        <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>54</v>
+        <v>7</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>55</v>
+        <v>8</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E25" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="E25" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F25" s="1" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>59</v>
-[...45 lines deleted...]
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>