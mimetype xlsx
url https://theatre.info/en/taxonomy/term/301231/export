--- v5 (2026-02-06)
+++ v6 (2026-02-28)
@@ -12,248 +12,191 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Espaces 34" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
     <t>Fiesta</t>
   </si>
   <si>
     <t>Gwendoline Soublin</t>
   </si>
   <si>
     <t>Espaces 34</t>
   </si>
   <si>
+    <t>FR-Angers</t>
+  </si>
+  <si>
+    <t>Le Quai - Angers</t>
+  </si>
+  <si>
+    <t>Mar 03 &gt; Mar 04, 2026</t>
+  </si>
+  <si>
+    <t>Gwendoline Soublin, Steve Brohon</t>
+  </si>
+  <si>
+    <t>Specimen</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>Théâtre Joliette</t>
+  </si>
+  <si>
+    <t>Mar 10 &gt; Mar 11, 2026</t>
+  </si>
+  <si>
+    <t>Gwendoline Soublin, Emilie Flacher</t>
+  </si>
+  <si>
+    <t>FR-Aubervilliers</t>
+  </si>
+  <si>
+    <t>Les Tréteaux de France</t>
+  </si>
+  <si>
+    <t>Mar 13, 2026</t>
+  </si>
+  <si>
+    <t>Petit Parleur</t>
+  </si>
+  <si>
+    <t>Fabien Arca</t>
+  </si>
+  <si>
+    <t>FR-Saran</t>
+  </si>
+  <si>
+    <t>Théâtre de la Tête Noire</t>
+  </si>
+  <si>
+    <t>Mar 14, 2026</t>
+  </si>
+  <si>
+    <t>Fake</t>
+  </si>
+  <si>
+    <t>Claudine Galea</t>
+  </si>
+  <si>
+    <t>FR-Albi</t>
+  </si>
+  <si>
+    <t>Scène Nationale d'Albi</t>
+  </si>
+  <si>
+    <t>Mar 16 &gt; Mar 18, 2026</t>
+  </si>
+  <si>
+    <t>Claudine Galea, Emilie Lafarge</t>
+  </si>
+  <si>
+    <t>FR-Narbonne</t>
+  </si>
+  <si>
+    <t>Scène nationale Grand Narbonne</t>
+  </si>
+  <si>
+    <t>Mar 18 &gt; Mar 21, 2026</t>
+  </si>
+  <si>
+    <t>Gwendoline Soublin, Olivier Letellier, Fiona Chauvin</t>
+  </si>
+  <si>
+    <t>FR-Saint-Mathurin-sur-Loire</t>
+  </si>
+  <si>
+    <t>Espace Léon Mousseau</t>
+  </si>
+  <si>
+    <t>Mar 25, 2026</t>
+  </si>
+  <si>
+    <t>FR-Saint-Barthélémy d'Anjou</t>
+  </si>
+  <si>
+    <t>Théâtre de l'Hôtel de Ville de Saint-Barthélémy d'Anjou</t>
+  </si>
+  <si>
+    <t>Apr 01, 2026</t>
+  </si>
+  <si>
+    <t>FR-Mûrs-Erigné</t>
+  </si>
+  <si>
+    <t>Centre Culturel Jean Carmet - CCJC</t>
+  </si>
+  <si>
+    <t>Apr 14, 2026</t>
+  </si>
+  <si>
     <t>FR-Paris</t>
-  </si>
-[...163 lines deleted...]
-    <t>Apr 14, 2026</t>
   </si>
   <si>
     <t>Maison des Métallos</t>
   </si>
   <si>
     <t>Apr 15 &gt; Apr 18, 2026</t>
   </si>
   <si>
     <t>Leurs coeurs se balancer</t>
   </si>
   <si>
     <t>Théâtre Dunois</t>
   </si>
   <si>
     <t>May 04 &gt; May 12, 2026</t>
   </si>
   <si>
     <t>Claudine Galea, Christophe Laluque</t>
   </si>
   <si>
     <t>FR-Nice</t>
   </si>
   <si>
     <t>Théâtre National de Nice</t>
   </si>
@@ -641,54 +584,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G25"/>
+  <dimension ref="A1:G19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G25"/>
+      <selection activeCell="A1" sqref="A1:G19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="62.413" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -709,572 +652,434 @@
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="C3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="1" t="s">
+      <c r="E3" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="F3" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="F3" s="1" t="s">
+      <c r="G3" s="1" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="F4" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="F4" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G4" s="1" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>7</v>
+        <v>27</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>35</v>
+        <v>7</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>43</v>
+        <v>7</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E12" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="E12" s="1" t="s">
+      <c r="F12" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="F12" s="1" t="s">
+      <c r="G12" s="1" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>7</v>
+        <v>27</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="E13" s="1" t="s">
+      <c r="F13" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="F13" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>8</v>
+        <v>57</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>57</v>
-      </c>
-[...7 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>8</v>
+        <v>57</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>23</v>
+        <v>57</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>7</v>
+        <v>49</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>7</v>
+        <v>27</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>10</v>
+        <v>67</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>68</v>
+        <v>7</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>71</v>
+        <v>36</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>48</v>
+        <v>7</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>73</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>53</v>
-[...137 lines deleted...]
-        <v>13</v>
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>