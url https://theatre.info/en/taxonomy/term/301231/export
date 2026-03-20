--- v6 (2026-02-28)
+++ v7 (2026-03-20)
@@ -12,260 +12,221 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Espaces 34" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
     <t>Fiesta</t>
   </si>
   <si>
     <t>Gwendoline Soublin</t>
   </si>
   <si>
     <t>Espaces 34</t>
   </si>
   <si>
-    <t>FR-Angers</t>
-[...5 lines deleted...]
-    <t>Mar 03 &gt; Mar 04, 2026</t>
+    <t>FR-Narbonne</t>
+  </si>
+  <si>
+    <t>Scène nationale Grand Narbonne</t>
+  </si>
+  <si>
+    <t>Mar 21, 2026</t>
+  </si>
+  <si>
+    <t>Gwendoline Soublin, Olivier Letellier, Fiona Chauvin</t>
+  </si>
+  <si>
+    <t>FR-Saint-Mathurin-sur-Loire</t>
+  </si>
+  <si>
+    <t>Espace Léon Mousseau</t>
+  </si>
+  <si>
+    <t>Mar 25, 2026</t>
   </si>
   <si>
     <t>Gwendoline Soublin, Steve Brohon</t>
   </si>
   <si>
-    <t>Specimen</t>
-[...35 lines deleted...]
-    <t>Mar 14, 2026</t>
+    <t>FR-Saint-Barthélémy d'Anjou</t>
+  </si>
+  <si>
+    <t>Théâtre de l'Hôtel de Ville de Saint-Barthélémy d'Anjou</t>
+  </si>
+  <si>
+    <t>Apr 01, 2026</t>
+  </si>
+  <si>
+    <t>FR-Mûrs-Erigné</t>
+  </si>
+  <si>
+    <t>Centre Culturel Jean Carmet - CCJC</t>
+  </si>
+  <si>
+    <t>Apr 14, 2026</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Maison des Métallos</t>
+  </si>
+  <si>
+    <t>Apr 15 &gt; Apr 18, 2026</t>
+  </si>
+  <si>
+    <t>Leurs coeurs se balancer</t>
+  </si>
+  <si>
+    <t>Claudine Galea</t>
+  </si>
+  <si>
+    <t>Théâtre Dunois</t>
+  </si>
+  <si>
+    <t>May 04 &gt; May 12, 2026</t>
+  </si>
+  <si>
+    <t>Claudine Galea, Christophe Laluque</t>
   </si>
   <si>
     <t>Fake</t>
   </si>
   <si>
-    <t>Claudine Galea</t>
-[...8 lines deleted...]
-    <t>Mar 16 &gt; Mar 18, 2026</t>
+    <t>FR-Nice</t>
+  </si>
+  <si>
+    <t>Théâtre National de Nice</t>
+  </si>
+  <si>
+    <t>May 05 &gt; May 07, 2026</t>
   </si>
   <si>
     <t>Claudine Galea, Emilie Lafarge</t>
   </si>
   <si>
-    <t>FR-Narbonne</t>
-[...67 lines deleted...]
-  <si>
     <t>Le Pays innocent</t>
   </si>
   <si>
     <t>Samuel Gallet</t>
   </si>
   <si>
     <t>FR-Dieppe</t>
   </si>
   <si>
     <t>DSN - Dieppe Scène Nationale</t>
   </si>
   <si>
     <t>May 15, 2026</t>
   </si>
   <si>
     <t>FR-Lyon</t>
   </si>
   <si>
     <t>Les Célestins, Théâtre de Lyon</t>
   </si>
   <si>
     <t>May 20 &gt; May 29, 2026</t>
   </si>
   <si>
     <t>FR-Bordeaux</t>
   </si>
   <si>
     <t>Glob Théâtre</t>
   </si>
   <si>
     <t>May 20 &gt; May 23, 2026</t>
   </si>
   <si>
     <t>FR-Chalon-sur-Saône</t>
   </si>
   <si>
     <t>Espace des Arts</t>
   </si>
   <si>
     <t>May 21 &gt; May 22, 2026</t>
+  </si>
+  <si>
+    <t>KiLLT - Mauvaise pichenette !</t>
+  </si>
+  <si>
+    <t>Magali Mougel</t>
+  </si>
+  <si>
+    <t>FR-Saint-Junien</t>
+  </si>
+  <si>
+    <t>Centre Culturel La Mégisserie</t>
+  </si>
+  <si>
+    <t>May 26 &gt; May 29, 2026</t>
+  </si>
+  <si>
+    <t>Magali Mougel, Olivier Letellier</t>
   </si>
   <si>
     <t>FR-Chevilly-Larue</t>
   </si>
   <si>
     <t>Théâtre André Malraux de Chevilly-Larue</t>
   </si>
   <si>
     <t>May 27, 2026</t>
   </si>
   <si>
     <t>La Maison du Conte</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -584,59 +545,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G19"/>
+  <dimension ref="A1:G15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G19"/>
+      <selection activeCell="A1" sqref="A1:G15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="62.413" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
@@ -649,437 +610,345 @@
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E3" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="F3" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="F3" s="1" t="s">
+      <c r="G3" s="1" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E4" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="F4" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="F4" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G4" s="1" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E5" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G5" s="1" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>27</v>
+        <v>7</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>7</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E9" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="E9" s="1" t="s">
+      <c r="F9" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="F9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G9" s="1" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E10" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="E10" s="1" t="s">
+      <c r="F10" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="F10" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G10" s="1" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>7</v>
+        <v>27</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E11" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="E11" s="1" t="s">
+      <c r="F11" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="F11" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" s="1" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E12" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="F12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G12" s="1" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>55</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
       <c r="B14" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="C14" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D14" s="1" t="s">
+      <c r="E14" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="E14" s="1" t="s">
+      <c r="F14" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="F14" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G14" s="1" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
       <c r="B15" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E15" s="1" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>57</v>
-[...91 lines deleted...]
-        <v>36</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>