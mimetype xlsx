--- v0 (2025-10-12)
+++ v1 (2025-11-03)
@@ -12,728 +12,680 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Actes Sud" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="235">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
+    <t>La Chambre de l'écrivain</t>
+  </si>
+  <si>
+    <t>Marc Lainé</t>
+  </si>
+  <si>
+    <t>Actes Sud</t>
+  </si>
+  <si>
+    <t>FR-Valence</t>
+  </si>
+  <si>
+    <t>La Comédie de Valence</t>
+  </si>
+  <si>
+    <t>Nov 04 &gt; Nov 08, 2025</t>
+  </si>
+  <si>
+    <t>Quand j'étais petite je voterai</t>
+  </si>
+  <si>
+    <t>Boris Le Roy</t>
+  </si>
+  <si>
+    <t>FR-Saint-Denis</t>
+  </si>
+  <si>
+    <t>Théâtre Gérard Philipe - TGP</t>
+  </si>
+  <si>
+    <t>Nov 05 &gt; Nov 08, 2025</t>
+  </si>
+  <si>
+    <t>Boris Le Roy, Emilie Capliez</t>
+  </si>
+  <si>
+    <t>LACRIMA</t>
+  </si>
+  <si>
+    <t>Caroline Guiela Nguyen</t>
+  </si>
+  <si>
+    <t>FR-Grenoble</t>
+  </si>
+  <si>
+    <t>MC2:</t>
+  </si>
+  <si>
+    <t>Nov 05 &gt; Nov 07, 2025</t>
+  </si>
+  <si>
+    <t>Une mouette</t>
+  </si>
+  <si>
+    <t>Anton Tchekhov</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Comédie-Française</t>
+  </si>
+  <si>
+    <t>Nov 05 &gt; Jan 11, 2026</t>
+  </si>
+  <si>
+    <t>Anton Tchekhov, Elsa Granat</t>
+  </si>
+  <si>
+    <t>Diptyque : Nos paysages mineurs / En finir avec leur histoire</t>
+  </si>
+  <si>
+    <t>FR-Annecy</t>
+  </si>
+  <si>
+    <t>Bonlieu Scène nationale</t>
+  </si>
+  <si>
+    <t>Nov 12 &gt; Nov 14, 2025</t>
+  </si>
+  <si>
+    <t>FR-Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>La Comédie de Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>FR-Noisiel</t>
+  </si>
+  <si>
+    <t>La Ferme du Buisson</t>
+  </si>
+  <si>
+    <t>Nov 21 &gt; Nov 22, 2025</t>
+  </si>
+  <si>
+    <t>Dolorosa</t>
+  </si>
+  <si>
+    <t>Rebekka Kricheldorf</t>
+  </si>
+  <si>
+    <t>FR-Hérouville-Saint-Clair</t>
+  </si>
+  <si>
+    <t>Comédie de Caen</t>
+  </si>
+  <si>
+    <t>Nov 25 &gt; Nov 30, 2025</t>
+  </si>
+  <si>
+    <t>Rebekka Kricheldorf, Marcial Di Fonzo Bo</t>
+  </si>
+  <si>
+    <t>FR-Bourges</t>
+  </si>
+  <si>
+    <t>Maison de la Culture de Bourges</t>
+  </si>
+  <si>
+    <t>Dec 02 &gt; Dec 03, 2025</t>
+  </si>
+  <si>
+    <t>FR-Saint-Etienne</t>
+  </si>
+  <si>
+    <t>La Comédie de Saint-Étienne</t>
+  </si>
+  <si>
+    <t>Dec 02 &gt; Dec 04, 2025</t>
+  </si>
+  <si>
+    <t>FR-Colmar</t>
+  </si>
+  <si>
+    <t>Comédie de Colmar</t>
+  </si>
+  <si>
+    <t>Dec 04 &gt; Dec 05, 2025</t>
+  </si>
+  <si>
+    <t>Moman</t>
+  </si>
+  <si>
+    <t>Jean-Claude Grumberg</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>Les Théâtres</t>
+  </si>
+  <si>
+    <t>Dec 09 &gt; Dec 10, 2025</t>
+  </si>
+  <si>
+    <t>Jean-Claude Grumberg, Clotilde Mollet, Hervé Pierre, Noémie Pierre</t>
+  </si>
+  <si>
+    <t>Dec 10 &gt; Dec 12, 2025</t>
+  </si>
+  <si>
+    <t>Vertiges</t>
+  </si>
+  <si>
+    <t>Nasser Djemaï</t>
+  </si>
+  <si>
+    <t>Dec 11 &gt; Dec 12, 2025</t>
+  </si>
+  <si>
+    <t>FR-Antibes</t>
+  </si>
+  <si>
+    <t>Anthéa - Antipolis</t>
+  </si>
+  <si>
+    <t>Dec 11 &gt; Dec 14, 2025</t>
+  </si>
+  <si>
+    <t>FR-Le Havre</t>
+  </si>
+  <si>
+    <t>Le Volcan</t>
+  </si>
+  <si>
+    <t>Dec 16 &gt; Dec 21, 2025</t>
+  </si>
+  <si>
+    <t>Valentina ou la vérité</t>
+  </si>
+  <si>
+    <t>ES-Barcelone</t>
+  </si>
+  <si>
+    <t>Teatre Lliure</t>
+  </si>
+  <si>
+    <t>Jan 08 &gt; Jan 11, 2026</t>
+  </si>
+  <si>
+    <t>FR-Rouen</t>
+  </si>
+  <si>
+    <t>CDN de Normandie - Rouen</t>
+  </si>
+  <si>
+    <t>Jan 09 &gt; Jan 10, 2026</t>
+  </si>
+  <si>
+    <t>Chasselay et autres massacres</t>
+  </si>
+  <si>
+    <t>Eva Doumbia</t>
+  </si>
+  <si>
+    <t>FR-Montreuil</t>
+  </si>
+  <si>
+    <t>Théâtre Public de Montreuil [TPM]</t>
+  </si>
+  <si>
+    <t>Jan 14 &gt; Jan 24, 2026</t>
+  </si>
+  <si>
+    <t>FR-Lieusaint</t>
+  </si>
+  <si>
+    <t>Théâtre-Sénart, Scène nationale</t>
+  </si>
+  <si>
+    <t>Jan 15 &gt; Jan 17, 2026</t>
+  </si>
+  <si>
+    <t>Ivanov</t>
+  </si>
+  <si>
+    <t>FR-Villeurbanne</t>
+  </si>
+  <si>
+    <t>Théâtre National Populaire (TNP)</t>
+  </si>
+  <si>
+    <t>Jan 21 &gt; Feb 06, 2026</t>
+  </si>
+  <si>
+    <t>Anton Tchekhov, Jean-François Sivadier</t>
+  </si>
+  <si>
+    <t>FR-Cavaillon</t>
+  </si>
+  <si>
+    <t>La Garance</t>
+  </si>
+  <si>
+    <t>Jan 21 &gt; Jan 22, 2026</t>
+  </si>
+  <si>
+    <t>FR-Bobigny</t>
+  </si>
+  <si>
+    <t>MC93</t>
+  </si>
+  <si>
+    <t>Jan 22 &gt; Jan 25, 2026</t>
+  </si>
+  <si>
+    <t>Pylade, étude pasolinienne</t>
+  </si>
+  <si>
+    <t>Pier Paolo Pasolini</t>
+  </si>
+  <si>
+    <t>FR-Aubervilliers</t>
+  </si>
+  <si>
+    <t>La Commune - CDN d’Aubervilliers</t>
+  </si>
+  <si>
+    <t>Jan 22 &gt; Jan 31, 2026</t>
+  </si>
+  <si>
+    <t>Pier Paolo Pasolini, Sylvain Creuzevault</t>
+  </si>
+  <si>
+    <t>FR-Illzach</t>
+  </si>
+  <si>
+    <t>Espace 110</t>
+  </si>
+  <si>
+    <t>Jan 23 &gt; Jan 24, 2026</t>
+  </si>
+  <si>
+    <t>Jan 28 &gt; Jan 29, 2026</t>
+  </si>
+  <si>
+    <t>Seuls</t>
+  </si>
+  <si>
+    <t>Wajdi Mouawad</t>
+  </si>
+  <si>
+    <t>FR-Vesoul</t>
+  </si>
+  <si>
+    <t>Théâtre Edwige Feuillère</t>
+  </si>
+  <si>
+    <t>Jan 29, 2026</t>
+  </si>
+  <si>
+    <t>Lieux communs</t>
+  </si>
+  <si>
+    <t>Baptiste Amann</t>
+  </si>
+  <si>
+    <t>L'Odyssée - scène conventionnée de Périgueux</t>
+  </si>
+  <si>
+    <t>FR-Limoges</t>
+  </si>
+  <si>
+    <t>Théâtre de l'Union</t>
+  </si>
+  <si>
+    <t>Feb 04 &gt; Feb 06, 2026</t>
+  </si>
+  <si>
+    <t>FR-Perpignan</t>
+  </si>
+  <si>
+    <t>L’Archipel, Scène nationale de Perpignan</t>
+  </si>
+  <si>
+    <t>Feb 05, 2026</t>
+  </si>
+  <si>
+    <t>FR-Ibos</t>
+  </si>
+  <si>
+    <t>Le Parvis</t>
+  </si>
+  <si>
+    <t>Feb 09, 2026</t>
+  </si>
+  <si>
+    <t>Fajar</t>
+  </si>
+  <si>
+    <t>Adama Diop</t>
+  </si>
+  <si>
+    <t>Feb 11 &gt; Feb 14, 2026</t>
+  </si>
+  <si>
+    <t>FR-Vire</t>
+  </si>
+  <si>
+    <t>Le Préau</t>
+  </si>
+  <si>
+    <t>Feb 12 &gt; Feb 13, 2026</t>
+  </si>
+  <si>
+    <t>FR-Narbonne</t>
+  </si>
+  <si>
+    <t>Scène nationale Grand Narbonne</t>
+  </si>
+  <si>
+    <t>Feb 13, 2026</t>
+  </si>
+  <si>
+    <t>FR-Albi</t>
+  </si>
+  <si>
+    <t>Scène Nationale d'Albi</t>
+  </si>
+  <si>
+    <t>Feb 17, 2026</t>
+  </si>
+  <si>
+    <t>Le iench</t>
+  </si>
+  <si>
+    <t>FR-Lyon</t>
+  </si>
+  <si>
+    <t>Théâtre de la Croix-Rousse</t>
+  </si>
+  <si>
+    <t>Feb 25 &gt; Feb 28, 2026</t>
+  </si>
+  <si>
+    <t>FR-Gauchy</t>
+  </si>
+  <si>
+    <t>Maison de la culture et des loisirs de Gauchy</t>
+  </si>
+  <si>
+    <t>Mar 03, 2026</t>
+  </si>
+  <si>
+    <t>FR-La Rochelle</t>
+  </si>
+  <si>
+    <t>La Coursive</t>
+  </si>
+  <si>
+    <t>Mar 04 &gt; Mar 05, 2026</t>
+  </si>
+  <si>
+    <t>Le Petit Chaperon rouge</t>
+  </si>
+  <si>
+    <t>Joël Pommerat</t>
+  </si>
+  <si>
+    <t>La Criée</t>
+  </si>
+  <si>
+    <t>Mar 12 &gt; Mar 15, 2026</t>
+  </si>
+  <si>
+    <t>FR-Caen</t>
+  </si>
+  <si>
+    <t>Théâtre de Caen</t>
+  </si>
+  <si>
+    <t>Mar 18 &gt; Mar 20, 2026</t>
+  </si>
+  <si>
+    <t>Mar 19 &gt; Mar 20, 2026</t>
+  </si>
+  <si>
+    <t>FR-Créteil</t>
+  </si>
+  <si>
+    <t>MAC - Maison des Arts de Créteil</t>
+  </si>
+  <si>
+    <t>Mar 20 &gt; Mar 21, 2026</t>
+  </si>
+  <si>
+    <t>FR-Nîmes</t>
+  </si>
+  <si>
+    <t>Théâtre de Nîmes</t>
+  </si>
+  <si>
+    <t>Mar 24, 2026</t>
+  </si>
+  <si>
+    <t>La passerelle</t>
+  </si>
+  <si>
+    <t>Mar 25 &gt; Mar 26, 2026</t>
+  </si>
+  <si>
+    <t>Manières d’être vivant</t>
+  </si>
+  <si>
+    <t>Baptiste Morizot</t>
+  </si>
+  <si>
+    <t>Mar 25 &gt; Mar 28, 2026</t>
+  </si>
+  <si>
+    <t>Baptiste Morizot, Clara Hédouin</t>
+  </si>
+  <si>
+    <t>FR-Quimper</t>
+  </si>
+  <si>
+    <t>Théâtre de Cornouaille</t>
+  </si>
+  <si>
+    <t>FR-Sète</t>
+  </si>
+  <si>
+    <t>Théâtre Molière - Sète</t>
+  </si>
+  <si>
+    <t>Mar 27, 2026</t>
+  </si>
+  <si>
+    <t>FR-Brest</t>
+  </si>
+  <si>
+    <t>Le Quartz</t>
+  </si>
+  <si>
+    <t>Apr 01 &gt; Apr 02, 2026</t>
+  </si>
+  <si>
+    <t>Entrée des artistes</t>
+  </si>
+  <si>
+    <t>Ahmed Madani</t>
+  </si>
+  <si>
+    <t>FR-Sartrouville</t>
+  </si>
+  <si>
+    <t>Théâtre de Sartrouville</t>
+  </si>
+  <si>
+    <t>Apr 02 &gt; Apr 03, 2026</t>
+  </si>
+  <si>
+    <t>FR-Cherbourg-en-Cotentin</t>
+  </si>
+  <si>
+    <t>Le Trident</t>
+  </si>
+  <si>
+    <t>Apr 07 &gt; Apr 09, 2026</t>
+  </si>
+  <si>
     <t>J'ai trop d'amis</t>
   </si>
   <si>
     <t>David Lescot</t>
   </si>
   <si>
-    <t>Actes Sud</t>
-[...8 lines deleted...]
-    <t>Oct 12 &gt; Oct 19, 2025</t>
+    <t>FR-Malakoff</t>
+  </si>
+  <si>
+    <t>Malakoff scène nationale</t>
+  </si>
+  <si>
+    <t>Apr 08, 2026</t>
   </si>
   <si>
     <t>J'ai trop peur</t>
   </si>
   <si>
-    <t>Valentina ou la vérité</t>
-[...565 lines deleted...]
-  <si>
     <t>Apr 08 &gt; Apr 11, 2026</t>
   </si>
   <si>
     <t>FR-Lorient</t>
   </si>
   <si>
     <t>Théâtre de Lorient - CDN</t>
   </si>
   <si>
     <t>Apr 08 &gt; Apr 09, 2026</t>
   </si>
   <si>
     <t>FR-Noisy-le-Grand</t>
   </si>
   <si>
     <t>Espace Michel Simon</t>
   </si>
   <si>
     <t>Apr 09 &gt; Apr 10, 2026</t>
   </si>
   <si>
     <t>FR-Poitiers</t>
   </si>
   <si>
     <t>TAP – Théâtre Auditorium de Poitiers</t>
   </si>
   <si>
     <t>Apr 23 &gt; Apr 24, 2026</t>
   </si>
   <si>
     <t>FR-Angoulême</t>
   </si>
   <si>
     <t>Théâtre d'Angoulême</t>
   </si>
   <si>
     <t>Apr 28 &gt; Apr 29, 2026</t>
   </si>
   <si>
     <t>May 05 &gt; May 07, 2026</t>
   </si>
   <si>
+    <t>SG-Singapour</t>
+  </si>
+  <si>
+    <t>Singapore International Festival of Arts [SIFA]</t>
+  </si>
+  <si>
+    <t>May 15 &gt; May 17, 2026</t>
+  </si>
+  <si>
     <t>IT-Milano</t>
   </si>
   <si>
     <t>Piccolo Teatro di Milano</t>
   </si>
   <si>
-    <t>May 15 &gt; May 17, 2026</t>
-[...5 lines deleted...]
-    <t>Singapore International Festival of Arts [SIFA]</t>
+    <t>FR-Mulhouse</t>
+  </si>
+  <si>
+    <t>La Filature, Scène nationale de Mulhouse</t>
+  </si>
+  <si>
+    <t>May 27, 2026</t>
   </si>
   <si>
     <t>May 27 &gt; May 29, 2026</t>
-  </si>
-[...7 lines deleted...]
-    <t>May 27, 2026</t>
   </si>
   <si>
     <t>BE-Anvers</t>
   </si>
   <si>
     <t>deSingel</t>
   </si>
   <si>
     <t>May 29 &gt; May 30, 2026</t>
   </si>
   <si>
     <t>DE-Ludwigshafen</t>
   </si>
   <si>
     <t>Theater im Pfalzbau</t>
   </si>
   <si>
     <t>Jun 05 &gt; Jun 06, 2026</t>
   </si>
   <si>
     <t>FR-Foix</t>
   </si>
   <si>
     <t>L'Estive</t>
   </si>
@@ -1067,54 +1019,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G75"/>
+  <dimension ref="A1:G66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G75"/>
+      <selection activeCell="A1" sqref="A1:G66"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="78.981" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -1135,1718 +1087,1511 @@
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E7" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="F7" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="F7" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G7" s="1" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="E8" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C8" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D8" s="1" t="s">
+      <c r="F8" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="E8" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G8" s="1" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>42</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>43</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="B10" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="C10" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D10" s="1" t="s">
+      <c r="E10" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="E10" s="1" t="s">
+      <c r="F10" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="F10" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G10" s="1" t="s">
-        <v>45</v>
+        <v>8</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D11" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D11" s="1" t="s">
+      <c r="E11" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="E11" s="1" t="s">
+      <c r="F11" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="F11" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="E12" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="E12" s="1" t="s">
+      <c r="F12" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="F12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G12" s="1" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>35</v>
+        <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>37</v>
+        <v>62</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="G15" s="1" t="s">
         <v>62</v>
-      </c>
-[...7 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E16" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="E16" s="1" t="s">
+      <c r="F16" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="F16" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G16" s="1" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>68</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>69</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B18" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D18" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="C18" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="1" t="s">
+      <c r="E18" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="E18" s="1" t="s">
+      <c r="F18" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="F18" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G18" s="1" t="s">
-        <v>75</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>37</v>
+        <v>62</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="F19" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="E19" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G19" s="1" t="s">
-        <v>37</v>
+        <v>62</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>48</v>
+        <v>77</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>33</v>
+        <v>80</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>70</v>
+        <v>30</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>71</v>
+        <v>8</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>75</v>
+        <v>8</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>48</v>
+        <v>70</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>90</v>
+        <v>7</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>91</v>
+        <v>8</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>81</v>
+        <v>94</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>91</v>
+        <v>8</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>83</v>
+        <v>96</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>88</v>
+        <v>101</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>70</v>
+        <v>13</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>71</v>
+        <v>14</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>99</v>
+        <v>41</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>100</v>
+        <v>42</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>90</v>
+        <v>106</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D29" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D29" s="1"/>
       <c r="E29" s="1" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>37</v>
+        <v>62</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>37</v>
+        <v>62</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>15</v>
+        <v>112</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>15</v>
+        <v>112</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>21</v>
+        <v>120</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>22</v>
+        <v>121</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
-        <v>36</v>
+        <v>123</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>37</v>
+        <v>124</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>119</v>
+        <v>93</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>120</v>
+        <v>94</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>37</v>
+        <v>124</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>122</v>
+        <v>61</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>123</v>
+        <v>62</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>127</v>
+        <v>62</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>31</v>
+        <v>112</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>35</v>
+        <v>112</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>36</v>
+        <v>111</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>37</v>
+        <v>112</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>72</v>
+        <v>132</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>73</v>
+        <v>133</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>37</v>
+        <v>112</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>133</v>
+        <v>78</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D37" s="1"/>
+      <c r="D37" s="1" t="s">
+        <v>136</v>
+      </c>
       <c r="E37" s="1" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>133</v>
+        <v>78</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>136</v>
+        <v>13</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>137</v>
+        <v>14</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>137</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
-        <v>90</v>
+        <v>30</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>91</v>
+        <v>8</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>91</v>
+        <v>8</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
-        <v>132</v>
+        <v>145</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>133</v>
+        <v>146</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>143</v>
+        <v>56</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>133</v>
+        <v>146</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
-        <v>132</v>
+        <v>85</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>133</v>
+        <v>25</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>133</v>
+        <v>89</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="1" t="s">
-        <v>149</v>
+        <v>77</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>150</v>
+        <v>78</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>119</v>
+        <v>74</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>120</v>
+        <v>75</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>150</v>
+        <v>78</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="1" t="s">
-        <v>90</v>
+        <v>61</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>91</v>
+        <v>62</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>91</v>
+        <v>62</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="1" t="s">
-        <v>132</v>
+        <v>61</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>133</v>
+        <v>62</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>133</v>
+        <v>62</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="1" t="s">
-        <v>132</v>
+        <v>111</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>133</v>
+        <v>112</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D45" s="1"/>
       <c r="E45" s="1" t="s">
         <v>159</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>160</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>133</v>
+        <v>112</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="1" t="s">
         <v>161</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>106</v>
+        <v>162</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>162</v>
+        <v>147</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>163</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>106</v>
+        <v>164</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="1" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>37</v>
+        <v>62</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>167</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>168</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>169</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>37</v>
+        <v>62</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D49" s="1" t="s">
         <v>170</v>
-      </c>
-[...7 lines deleted...]
-        <v>85</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>172</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="1" t="s">
-        <v>116</v>
+        <v>173</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>26</v>
+        <v>174</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="E50" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="1" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>102</v>
+        <v>178</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>103</v>
+        <v>179</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="1" t="s">
-        <v>90</v>
+        <v>181</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>91</v>
+        <v>182</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>91</v>
+        <v>182</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="1" t="s">
-        <v>90</v>
+        <v>186</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>91</v>
+        <v>182</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="F53" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="1" t="s">
-        <v>132</v>
+        <v>161</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>133</v>
+        <v>162</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D54" s="1"/>
+      <c r="D54" s="1" t="s">
+        <v>93</v>
+      </c>
       <c r="E54" s="1" t="s">
-        <v>183</v>
+        <v>94</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>133</v>
+        <v>164</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="1" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>15</v>
+        <v>62</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>15</v>
+        <v>62</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>85</v>
+        <v>191</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>171</v>
+        <v>192</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="1" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="1" t="s">
-        <v>48</v>
+        <v>111</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>15</v>
+        <v>112</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>15</v>
+        <v>112</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="1" t="s">
-        <v>194</v>
+        <v>77</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>195</v>
+        <v>78</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>46</v>
+        <v>136</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>47</v>
+        <v>137</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>195</v>
+        <v>78</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="1" t="s">
-        <v>132</v>
+        <v>19</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="1" t="s">
-        <v>7</v>
+        <v>70</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="1" t="s">
-        <v>19</v>
+        <v>135</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>119</v>
+        <v>188</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>120</v>
+        <v>189</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="1" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>91</v>
+        <v>20</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>91</v>
+        <v>20</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="1" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="1" t="s">
-        <v>132</v>
+        <v>161</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>133</v>
+        <v>162</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>133</v>
-[...206 lines deleted...]
-        <v>24</v>
+        <v>164</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>