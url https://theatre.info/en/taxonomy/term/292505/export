--- v1 (2025-11-03)
+++ v2 (2025-11-23)
@@ -12,421 +12,427 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Actes Sud" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="231">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
+    <t>Vertiges</t>
+  </si>
+  <si>
+    <t>Nasser Djemaï</t>
+  </si>
+  <si>
+    <t>Actes Sud</t>
+  </si>
+  <si>
+    <t>FR-Ivry-sur-Seine</t>
+  </si>
+  <si>
+    <t>Théâtre des Quartiers d'Ivry</t>
+  </si>
+  <si>
+    <t>Nov 23 &gt; Nov 30, 2025</t>
+  </si>
+  <si>
+    <t>Le poids des fourmis</t>
+  </si>
+  <si>
+    <t>David Paquet</t>
+  </si>
+  <si>
+    <t>FR-Machecoul</t>
+  </si>
+  <si>
+    <t>Espace de Retz</t>
+  </si>
+  <si>
+    <t>Nov 24 &gt; Nov 25, 2025</t>
+  </si>
+  <si>
+    <t>David Paquet, Philippe Cyr</t>
+  </si>
+  <si>
+    <t>Une mouette</t>
+  </si>
+  <si>
+    <t>Anton Tchekhov</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Comédie-Française</t>
+  </si>
+  <si>
+    <t>Nov 24 &gt; Jan 11, 2026</t>
+  </si>
+  <si>
+    <t>Anton Tchekhov, Elsa Granat</t>
+  </si>
+  <si>
+    <t>Dolorosa</t>
+  </si>
+  <si>
+    <t>Rebekka Kricheldorf</t>
+  </si>
+  <si>
+    <t>FR-Hérouville-Saint-Clair</t>
+  </si>
+  <si>
+    <t>Comédie de Caen</t>
+  </si>
+  <si>
+    <t>Nov 25 &gt; Nov 30, 2025</t>
+  </si>
+  <si>
+    <t>Rebekka Kricheldorf, Marcial Di Fonzo Bo</t>
+  </si>
+  <si>
+    <t>FR-Pornichet</t>
+  </si>
+  <si>
+    <t>Quai des Arts de Pornichet</t>
+  </si>
+  <si>
+    <t>Nov 27 &gt; Nov 28, 2025</t>
+  </si>
+  <si>
+    <t>Diptyque : Nos paysages mineurs / En finir avec leur histoire</t>
+  </si>
+  <si>
+    <t>Marc Lainé</t>
+  </si>
+  <si>
+    <t>FR-Bourges</t>
+  </si>
+  <si>
+    <t>Maison de la Culture de Bourges</t>
+  </si>
+  <si>
+    <t>Dec 02 &gt; Dec 03, 2025</t>
+  </si>
+  <si>
+    <t>LACRIMA</t>
+  </si>
+  <si>
+    <t>Caroline Guiela Nguyen</t>
+  </si>
+  <si>
+    <t>FR-Saint-Etienne</t>
+  </si>
+  <si>
+    <t>La Comédie de Saint-Étienne</t>
+  </si>
+  <si>
+    <t>Dec 02 &gt; Dec 04, 2025</t>
+  </si>
+  <si>
+    <t>FR-Le Havre</t>
+  </si>
+  <si>
+    <t>Le Volcan</t>
+  </si>
+  <si>
+    <t>Dec 04 &gt; Dec 05, 2025</t>
+  </si>
+  <si>
+    <t>FR-Colmar</t>
+  </si>
+  <si>
+    <t>Comédie de Colmar</t>
+  </si>
+  <si>
+    <t>FR-Niort</t>
+  </si>
+  <si>
+    <t>Le Moulin du Roc</t>
+  </si>
+  <si>
+    <t>Dec 09 &gt; Dec 11, 2025</t>
+  </si>
+  <si>
+    <t>Moman</t>
+  </si>
+  <si>
+    <t>Jean-Claude Grumberg</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>Les Théâtres</t>
+  </si>
+  <si>
+    <t>Dec 09 &gt; Dec 10, 2025</t>
+  </si>
+  <si>
+    <t>Jean-Claude Grumberg, Clotilde Mollet, Hervé Pierre, Noémie Pierre</t>
+  </si>
+  <si>
+    <t>Dec 10 &gt; Dec 12, 2025</t>
+  </si>
+  <si>
+    <t>Dec 11 &gt; Dec 12, 2025</t>
+  </si>
+  <si>
+    <t>FR-Antibes</t>
+  </si>
+  <si>
+    <t>Anthéa - Antipolis</t>
+  </si>
+  <si>
+    <t>Dec 11 &gt; Dec 14, 2025</t>
+  </si>
+  <si>
+    <t>FR-Limoges</t>
+  </si>
+  <si>
+    <t>Théâtre de l'Union</t>
+  </si>
+  <si>
+    <t>Dec 12 &gt; Dec 17, 2025</t>
+  </si>
+  <si>
+    <t>Dec 16 &gt; Dec 21, 2025</t>
+  </si>
+  <si>
+    <t>Valentina ou la vérité</t>
+  </si>
+  <si>
+    <t>ES-Barcelone</t>
+  </si>
+  <si>
+    <t>Teatre Lliure</t>
+  </si>
+  <si>
+    <t>Jan 08 &gt; Jan 11, 2026</t>
+  </si>
+  <si>
+    <t>FR-Rouen</t>
+  </si>
+  <si>
+    <t>CDN de Normandie - Rouen</t>
+  </si>
+  <si>
+    <t>Jan 09 &gt; Jan 10, 2026</t>
+  </si>
+  <si>
+    <t>Chasselay et autres massacres</t>
+  </si>
+  <si>
+    <t>Eva Doumbia</t>
+  </si>
+  <si>
+    <t>FR-Montreuil</t>
+  </si>
+  <si>
+    <t>Théâtre Public de Montreuil [TPM]</t>
+  </si>
+  <si>
+    <t>Jan 14 &gt; Jan 24, 2026</t>
+  </si>
+  <si>
+    <t>FR-Lieusaint</t>
+  </si>
+  <si>
+    <t>Théâtre-Sénart, Scène nationale</t>
+  </si>
+  <si>
+    <t>Jan 15 &gt; Jan 17, 2026</t>
+  </si>
+  <si>
+    <t>Ivanov</t>
+  </si>
+  <si>
+    <t>FR-Villeurbanne</t>
+  </si>
+  <si>
+    <t>Théâtre National Populaire (TNP)</t>
+  </si>
+  <si>
+    <t>Jan 21 &gt; Feb 06, 2026</t>
+  </si>
+  <si>
+    <t>Anton Tchekhov, Jean-François Sivadier</t>
+  </si>
+  <si>
+    <t>FR-Cavaillon</t>
+  </si>
+  <si>
+    <t>La Garance</t>
+  </si>
+  <si>
+    <t>Jan 21 &gt; Jan 22, 2026</t>
+  </si>
+  <si>
+    <t>Pylade, étude pasolinienne</t>
+  </si>
+  <si>
+    <t>Pier Paolo Pasolini</t>
+  </si>
+  <si>
+    <t>FR-Aubervilliers</t>
+  </si>
+  <si>
+    <t>La Commune - CDN d’Aubervilliers</t>
+  </si>
+  <si>
+    <t>Jan 22 &gt; Jan 31, 2026</t>
+  </si>
+  <si>
+    <t>Pier Paolo Pasolini, Sylvain Creuzevault</t>
+  </si>
+  <si>
     <t>La Chambre de l'écrivain</t>
   </si>
   <si>
-    <t>Marc Lainé</t>
-[...11 lines deleted...]
-    <t>Nov 04 &gt; Nov 08, 2025</t>
+    <t>FR-Bobigny</t>
+  </si>
+  <si>
+    <t>MC93</t>
+  </si>
+  <si>
+    <t>Jan 22 &gt; Jan 25, 2026</t>
   </si>
   <si>
     <t>Quand j'étais petite je voterai</t>
   </si>
   <si>
     <t>Boris Le Roy</t>
   </si>
   <si>
-    <t>FR-Saint-Denis</t>
-[...5 lines deleted...]
-    <t>Nov 05 &gt; Nov 08, 2025</t>
+    <t>FR-Illzach</t>
+  </si>
+  <si>
+    <t>Espace 110</t>
+  </si>
+  <si>
+    <t>Jan 23 &gt; Jan 24, 2026</t>
   </si>
   <si>
     <t>Boris Le Roy, Emilie Capliez</t>
   </si>
   <si>
-    <t>LACRIMA</t>
-[...256 lines deleted...]
-  <si>
     <t>Jan 28 &gt; Jan 29, 2026</t>
   </si>
   <si>
+    <t>Lieux communs</t>
+  </si>
+  <si>
+    <t>Baptiste Amann</t>
+  </si>
+  <si>
+    <t>L'Odyssée - scène conventionnée de Périgueux</t>
+  </si>
+  <si>
+    <t>Jan 29, 2026</t>
+  </si>
+  <si>
     <t>Seuls</t>
   </si>
   <si>
     <t>Wajdi Mouawad</t>
   </si>
   <si>
     <t>FR-Vesoul</t>
   </si>
   <si>
     <t>Théâtre Edwige Feuillère</t>
   </si>
   <si>
-    <t>Jan 29, 2026</t>
-[...16 lines deleted...]
-  <si>
     <t>Feb 04 &gt; Feb 06, 2026</t>
   </si>
   <si>
     <t>FR-Perpignan</t>
   </si>
   <si>
     <t>L’Archipel, Scène nationale de Perpignan</t>
   </si>
   <si>
     <t>Feb 05, 2026</t>
   </si>
   <si>
     <t>FR-Ibos</t>
   </si>
   <si>
     <t>Le Parvis</t>
   </si>
   <si>
     <t>Feb 09, 2026</t>
   </si>
   <si>
+    <t>FR-Angers</t>
+  </si>
+  <si>
+    <t>Le Quai - Angers</t>
+  </si>
+  <si>
+    <t>Feb 10 &gt; Feb 13, 2026</t>
+  </si>
+  <si>
     <t>Fajar</t>
   </si>
   <si>
     <t>Adama Diop</t>
   </si>
   <si>
     <t>Feb 11 &gt; Feb 14, 2026</t>
   </si>
   <si>
     <t>FR-Vire</t>
   </si>
   <si>
     <t>Le Préau</t>
   </si>
   <si>
     <t>Feb 12 &gt; Feb 13, 2026</t>
   </si>
   <si>
     <t>FR-Narbonne</t>
   </si>
   <si>
     <t>Scène nationale Grand Narbonne</t>
   </si>
   <si>
     <t>Feb 13, 2026</t>
@@ -491,228 +497,258 @@
   <si>
     <t>Mar 18 &gt; Mar 20, 2026</t>
   </si>
   <si>
     <t>Mar 19 &gt; Mar 20, 2026</t>
   </si>
   <si>
     <t>FR-Créteil</t>
   </si>
   <si>
     <t>MAC - Maison des Arts de Créteil</t>
   </si>
   <si>
     <t>Mar 20 &gt; Mar 21, 2026</t>
   </si>
   <si>
     <t>FR-Nîmes</t>
   </si>
   <si>
     <t>Théâtre de Nîmes</t>
   </si>
   <si>
     <t>Mar 24, 2026</t>
   </si>
   <si>
+    <t>Manières d’être vivant</t>
+  </si>
+  <si>
+    <t>Baptiste Morizot</t>
+  </si>
+  <si>
+    <t>Mar 25 &gt; Mar 28, 2026</t>
+  </si>
+  <si>
+    <t>Baptiste Morizot, Clara Hédouin</t>
+  </si>
+  <si>
+    <t>FR-Douai</t>
+  </si>
+  <si>
+    <t>TANDEM Scène nationale</t>
+  </si>
+  <si>
+    <t>Mar 25 &gt; Mar 27, 2026</t>
+  </si>
+  <si>
     <t>La passerelle</t>
   </si>
   <si>
     <t>Mar 25 &gt; Mar 26, 2026</t>
   </si>
   <si>
-    <t>Manières d’être vivant</t>
-[...10 lines deleted...]
-  <si>
     <t>FR-Quimper</t>
   </si>
   <si>
     <t>Théâtre de Cornouaille</t>
   </si>
   <si>
     <t>FR-Sète</t>
   </si>
   <si>
     <t>Théâtre Molière - Sète</t>
   </si>
   <si>
     <t>Mar 27, 2026</t>
   </si>
   <si>
     <t>FR-Brest</t>
   </si>
   <si>
     <t>Le Quartz</t>
   </si>
   <si>
     <t>Apr 01 &gt; Apr 02, 2026</t>
   </si>
   <si>
     <t>Entrée des artistes</t>
   </si>
   <si>
     <t>Ahmed Madani</t>
   </si>
   <si>
     <t>FR-Sartrouville</t>
   </si>
   <si>
     <t>Théâtre de Sartrouville</t>
   </si>
   <si>
     <t>Apr 02 &gt; Apr 03, 2026</t>
   </si>
   <si>
     <t>FR-Cherbourg-en-Cotentin</t>
   </si>
   <si>
     <t>Le Trident</t>
   </si>
   <si>
     <t>Apr 07 &gt; Apr 09, 2026</t>
   </si>
   <si>
+    <t>FR-Lorient</t>
+  </si>
+  <si>
+    <t>Théâtre de Lorient - CDN</t>
+  </si>
+  <si>
+    <t>Apr 08 &gt; Apr 09, 2026</t>
+  </si>
+  <si>
+    <t>Apr 08 &gt; Apr 11, 2026</t>
+  </si>
+  <si>
     <t>J'ai trop d'amis</t>
   </si>
   <si>
     <t>David Lescot</t>
   </si>
   <si>
     <t>FR-Malakoff</t>
   </si>
   <si>
     <t>Malakoff scène nationale</t>
   </si>
   <si>
     <t>Apr 08, 2026</t>
   </si>
   <si>
     <t>J'ai trop peur</t>
   </si>
   <si>
-    <t>Apr 08 &gt; Apr 11, 2026</t>
-[...10 lines deleted...]
-  <si>
     <t>FR-Noisy-le-Grand</t>
   </si>
   <si>
     <t>Espace Michel Simon</t>
   </si>
   <si>
     <t>Apr 09 &gt; Apr 10, 2026</t>
   </si>
   <si>
+    <t>CH-Carouge</t>
+  </si>
+  <si>
+    <t>Théâtre de Carouge</t>
+  </si>
+  <si>
+    <t>Apr 21 &gt; May 10, 2026</t>
+  </si>
+  <si>
     <t>FR-Poitiers</t>
   </si>
   <si>
     <t>TAP – Théâtre Auditorium de Poitiers</t>
   </si>
   <si>
     <t>Apr 23 &gt; Apr 24, 2026</t>
   </si>
   <si>
     <t>FR-Angoulême</t>
   </si>
   <si>
     <t>Théâtre d'Angoulême</t>
   </si>
   <si>
     <t>Apr 28 &gt; Apr 29, 2026</t>
   </si>
   <si>
     <t>May 05 &gt; May 07, 2026</t>
   </si>
   <si>
     <t>SG-Singapour</t>
   </si>
   <si>
     <t>Singapore International Festival of Arts [SIFA]</t>
   </si>
   <si>
     <t>May 15 &gt; May 17, 2026</t>
   </si>
   <si>
     <t>IT-Milano</t>
   </si>
   <si>
     <t>Piccolo Teatro di Milano</t>
   </si>
   <si>
+    <t>FR-Châtenay-Malabry</t>
+  </si>
+  <si>
+    <t>L'azimut</t>
+  </si>
+  <si>
+    <t>May 20 &gt; May 21, 2026</t>
+  </si>
+  <si>
     <t>FR-Mulhouse</t>
   </si>
   <si>
     <t>La Filature, Scène nationale de Mulhouse</t>
   </si>
   <si>
     <t>May 27, 2026</t>
   </si>
   <si>
     <t>May 27 &gt; May 29, 2026</t>
   </si>
   <si>
     <t>BE-Anvers</t>
   </si>
   <si>
     <t>deSingel</t>
   </si>
   <si>
     <t>May 29 &gt; May 30, 2026</t>
   </si>
   <si>
     <t>DE-Ludwigshafen</t>
   </si>
   <si>
     <t>Theater im Pfalzbau</t>
   </si>
   <si>
     <t>Jun 05 &gt; Jun 06, 2026</t>
   </si>
   <si>
     <t>FR-Foix</t>
   </si>
   <si>
     <t>L'Estive</t>
   </si>
   <si>
     <t>Jun 09, 2026</t>
+  </si>
+  <si>
+    <t>Jun 10 &gt; Jun 11, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1019,54 +1055,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G66"/>
+  <dimension ref="A1:G72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G66"/>
+      <selection activeCell="A1" sqref="A1:G72"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="78.981" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -1125,1473 +1161,1611 @@
       </c>
       <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E7" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>30</v>
-      </c>
-[...16 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D13" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="E13" s="1" t="s">
         <v>55</v>
-      </c>
-[...7 lines deleted...]
-        <v>57</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E15" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="F15" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G15" s="1" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E16" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="E16" s="1" t="s">
+      <c r="F16" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="F16" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G16" s="1" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>67</v>
+        <v>44</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="F18" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="B18" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G18" s="1" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>61</v>
+        <v>7</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>62</v>
+        <v>8</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>62</v>
+        <v>8</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="E20" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="F20" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="C20" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G20" s="1" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="F22" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="B22" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D22" s="1" t="s">
+      <c r="G22" s="1" t="s">
         <v>86</v>
-      </c>
-[...7 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>7</v>
+        <v>90</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="E24" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="E24" s="1" t="s">
+      <c r="F24" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="F24" s="1" t="s">
+      <c r="G24" s="1" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
         <v>96</v>
       </c>
       <c r="B25" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D25" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="C25" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D25" s="1" t="s">
+      <c r="E25" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="E25" s="1" t="s">
+      <c r="F25" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="F25" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G25" s="1" t="s">
-        <v>101</v>
+        <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>14</v>
+        <v>101</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>103</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>104</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>18</v>
+        <v>105</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>7</v>
+        <v>96</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D28" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D28" s="1"/>
       <c r="E28" s="1" t="s">
         <v>109</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>110</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D29" s="1"/>
+      <c r="D29" s="1" t="s">
+        <v>113</v>
+      </c>
       <c r="E29" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>110</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>61</v>
+        <v>7</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>62</v>
+        <v>8</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>114</v>
+        <v>63</v>
       </c>
       <c r="E30" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="F30" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="F30" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G30" s="1" t="s">
-        <v>62</v>
+        <v>8</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E31" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="E31" s="1" t="s">
+      <c r="F31" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="F31" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" s="1" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="E32" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="E32" s="1" t="s">
+      <c r="F32" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="F32" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G32" s="1" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E33" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="F33" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="C33" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G33" s="1" t="s">
-        <v>124</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>61</v>
+        <v>125</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>62</v>
+        <v>126</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>126</v>
-      </c>
-[...7 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
-        <v>111</v>
+        <v>7</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>112</v>
+        <v>8</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="E35" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="E35" s="1" t="s">
+      <c r="F35" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="F35" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G35" s="1" t="s">
-        <v>112</v>
+        <v>8</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E36" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="E36" s="1" t="s">
+      <c r="F36" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="F36" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G36" s="1" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E37" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="B37" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D37" s="1" t="s">
+      <c r="F37" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="E37" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G37" s="1" t="s">
-        <v>78</v>
+        <v>108</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>13</v>
+        <v>137</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="E38" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="E38" s="1" t="s">
+      <c r="F38" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="F38" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G38" s="1" t="s">
-        <v>18</v>
+        <v>75</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>8</v>
+        <v>101</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="E39" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="E39" s="1" t="s">
+      <c r="F39" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="F39" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G39" s="1" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E40" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="F40" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="C40" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G40" s="1" t="s">
-        <v>146</v>
+        <v>35</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
-        <v>85</v>
+        <v>147</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>25</v>
+        <v>148</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E41" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="E41" s="1" t="s">
+      <c r="F41" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="F41" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G41" s="1" t="s">
-        <v>89</v>
+        <v>148</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="1" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>74</v>
+        <v>151</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>75</v>
+        <v>152</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="1" t="s">
-        <v>61</v>
+        <v>74</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>153</v>
+        <v>71</v>
       </c>
       <c r="E43" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="F43" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="F43" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G43" s="1" t="s">
-        <v>62</v>
+        <v>75</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="1" t="s">
-        <v>61</v>
+        <v>7</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>62</v>
+        <v>8</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="E44" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="E44" s="1" t="s">
+      <c r="F44" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="F44" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G44" s="1" t="s">
-        <v>62</v>
+        <v>8</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="1" t="s">
-        <v>111</v>
+        <v>7</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>112</v>
+        <v>8</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D45" s="1"/>
+      <c r="D45" s="1" t="s">
+        <v>158</v>
+      </c>
       <c r="E45" s="1" t="s">
         <v>159</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>160</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>112</v>
+        <v>8</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="1" t="s">
         <v>161</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>163</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="1" t="s">
-        <v>19</v>
+        <v>82</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>165</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>166</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>20</v>
+        <v>86</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="1" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>62</v>
+        <v>108</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D48" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D48" s="1"/>
       <c r="E48" s="1" t="s">
         <v>168</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>169</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>62</v>
+        <v>108</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="1" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>170</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>172</v>
+        <v>163</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="E50" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="B50" s="1" t="s">
+      <c r="F50" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="C50" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G50" s="1" t="s">
-        <v>174</v>
+        <v>8</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="1" t="s">
-        <v>111</v>
+        <v>39</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>112</v>
+        <v>40</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>112</v>
+        <v>40</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="1" t="s">
-        <v>181</v>
+        <v>82</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>182</v>
+        <v>20</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>184</v>
+        <v>145</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>182</v>
+        <v>86</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B53" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="E53" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="F53" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="C53" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G53" s="1" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="1" t="s">
-        <v>161</v>
+        <v>107</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>162</v>
+        <v>108</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>93</v>
+        <v>183</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>94</v>
+        <v>184</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>164</v>
+        <v>108</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="1" t="s">
-        <v>61</v>
+        <v>7</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>62</v>
+        <v>8</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D55" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="E55" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="F55" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="E55" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G55" s="1" t="s">
-        <v>62</v>
+        <v>8</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="1" t="s">
-        <v>19</v>
+        <v>161</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>20</v>
+        <v>162</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>191</v>
+        <v>97</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>192</v>
+        <v>98</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="1" t="s">
-        <v>111</v>
+        <v>190</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>112</v>
+        <v>191</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D57" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="E57" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="F57" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="E57" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G57" s="1" t="s">
-        <v>112</v>
+        <v>191</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="1" t="s">
-        <v>111</v>
+        <v>195</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>112</v>
+        <v>191</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>112</v>
+        <v>191</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="1" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>78</v>
+        <v>40</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>136</v>
+        <v>196</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>137</v>
+        <v>197</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>78</v>
+        <v>40</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="1" t="s">
-        <v>19</v>
+        <v>82</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D60" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="E60" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="F60" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="E60" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G60" s="1" t="s">
-        <v>20</v>
+        <v>86</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="1" t="s">
-        <v>70</v>
+        <v>107</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>20</v>
+        <v>108</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D61" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="E61" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="F61" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="E61" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G61" s="1" t="s">
-        <v>20</v>
+        <v>108</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="1" t="s">
-        <v>13</v>
+        <v>107</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>14</v>
+        <v>108</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D62" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="E62" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="E62" s="1" t="s">
+      <c r="F62" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="F62" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G62" s="1" t="s">
-        <v>18</v>
+        <v>108</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="1" t="s">
-        <v>135</v>
+        <v>74</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>188</v>
+        <v>138</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>189</v>
+        <v>139</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="1" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D64" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="E64" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="E64" s="1" t="s">
+      <c r="F64" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="F64" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G64" s="1" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="1" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D65" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E65" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="E65" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F65" s="1" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="E66" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7">
+      <c r="A67" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="E67" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7">
+      <c r="A68" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="E68" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7">
+      <c r="A69" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="E69" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="F69" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7">
+      <c r="A70" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="E70" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7">
+      <c r="A71" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="B71" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="C66" s="1" t="s">
-[...11 lines deleted...]
-      <c r="G66" s="1" t="s">
+      <c r="C71" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="E71" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="F71" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="G71" s="1" t="s">
         <v>164</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7">
+      <c r="A72" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="E72" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>