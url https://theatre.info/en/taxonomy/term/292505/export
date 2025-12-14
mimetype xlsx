--- v2 (2025-11-23)
+++ v3 (2025-12-14)
@@ -12,586 +12,508 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Actes Sud" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="231">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="205">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
+    <t>Moman</t>
+  </si>
+  <si>
+    <t>Jean-Claude Grumberg</t>
+  </si>
+  <si>
+    <t>Actes Sud</t>
+  </si>
+  <si>
+    <t>FR-Antibes</t>
+  </si>
+  <si>
+    <t>Anthéa - Antipolis</t>
+  </si>
+  <si>
+    <t>Dec 14, 2025</t>
+  </si>
+  <si>
+    <t>Jean-Claude Grumberg, Clotilde Mollet, Hervé Pierre, Noémie Pierre</t>
+  </si>
+  <si>
+    <t>Le poids des fourmis</t>
+  </si>
+  <si>
+    <t>David Paquet</t>
+  </si>
+  <si>
+    <t>FR-Limoges</t>
+  </si>
+  <si>
+    <t>Théâtre de l'Union</t>
+  </si>
+  <si>
+    <t>Dec 15 &gt; Dec 17, 2025</t>
+  </si>
+  <si>
+    <t>David Paquet, Philippe Cyr</t>
+  </si>
+  <si>
+    <t>Dolorosa</t>
+  </si>
+  <si>
+    <t>Rebekka Kricheldorf</t>
+  </si>
+  <si>
+    <t>FR-Le Havre</t>
+  </si>
+  <si>
+    <t>Le Volcan</t>
+  </si>
+  <si>
+    <t>Dec 16 &gt; Dec 21, 2025</t>
+  </si>
+  <si>
+    <t>Rebekka Kricheldorf, Marcial Di Fonzo Bo</t>
+  </si>
+  <si>
+    <t>Une mouette</t>
+  </si>
+  <si>
+    <t>Anton Tchekhov</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Comédie-Française</t>
+  </si>
+  <si>
+    <t>Dec 19 &gt; Jan 11, 2026</t>
+  </si>
+  <si>
+    <t>Anton Tchekhov, Elsa Granat</t>
+  </si>
+  <si>
+    <t>Valentina ou la vérité</t>
+  </si>
+  <si>
+    <t>Caroline Guiela Nguyen</t>
+  </si>
+  <si>
+    <t>ES-Barcelone</t>
+  </si>
+  <si>
+    <t>Teatre Lliure</t>
+  </si>
+  <si>
+    <t>Jan 08 &gt; Jan 11, 2026</t>
+  </si>
+  <si>
     <t>Vertiges</t>
   </si>
   <si>
     <t>Nasser Djemaï</t>
   </si>
   <si>
-    <t>Actes Sud</t>
-[...50 lines deleted...]
-    <t>Rebekka Kricheldorf</t>
+    <t>FR-Rouen</t>
+  </si>
+  <si>
+    <t>CDN de Normandie - Rouen</t>
+  </si>
+  <si>
+    <t>Jan 09 &gt; Jan 10, 2026</t>
+  </si>
+  <si>
+    <t>Chasselay et autres massacres</t>
+  </si>
+  <si>
+    <t>Eva Doumbia</t>
+  </si>
+  <si>
+    <t>FR-Montreuil</t>
+  </si>
+  <si>
+    <t>Théâtre Public de Montreuil [TPM]</t>
+  </si>
+  <si>
+    <t>Jan 14 &gt; Jan 24, 2026</t>
+  </si>
+  <si>
+    <t>Diptyque : Nos paysages mineurs / En finir avec leur histoire</t>
+  </si>
+  <si>
+    <t>Marc Lainé</t>
+  </si>
+  <si>
+    <t>FR-Lieusaint</t>
+  </si>
+  <si>
+    <t>Théâtre-Sénart, Scène nationale</t>
+  </si>
+  <si>
+    <t>Jan 15 &gt; Jan 17, 2026</t>
+  </si>
+  <si>
+    <t>Ivanov</t>
+  </si>
+  <si>
+    <t>FR-Villeurbanne</t>
+  </si>
+  <si>
+    <t>Théâtre National Populaire (TNP)</t>
+  </si>
+  <si>
+    <t>Jan 21 &gt; Feb 06, 2026</t>
+  </si>
+  <si>
+    <t>Anton Tchekhov, Jean-François Sivadier</t>
+  </si>
+  <si>
+    <t>FR-Cavaillon</t>
+  </si>
+  <si>
+    <t>La Garance</t>
+  </si>
+  <si>
+    <t>Jan 21 &gt; Jan 22, 2026</t>
+  </si>
+  <si>
+    <t>Pylade, étude pasolinienne</t>
+  </si>
+  <si>
+    <t>Pier Paolo Pasolini</t>
+  </si>
+  <si>
+    <t>FR-Aubervilliers</t>
+  </si>
+  <si>
+    <t>La Commune - CDN d’Aubervilliers</t>
+  </si>
+  <si>
+    <t>Jan 22 &gt; Jan 31, 2026</t>
+  </si>
+  <si>
+    <t>Pier Paolo Pasolini, Sylvain Creuzevault</t>
+  </si>
+  <si>
+    <t>La Chambre de l'écrivain</t>
+  </si>
+  <si>
+    <t>FR-Bobigny</t>
+  </si>
+  <si>
+    <t>MC93</t>
+  </si>
+  <si>
+    <t>Jan 22 &gt; Jan 25, 2026</t>
+  </si>
+  <si>
+    <t>Quand j'étais petite je voterai</t>
+  </si>
+  <si>
+    <t>Boris Le Roy</t>
+  </si>
+  <si>
+    <t>FR-Illzach</t>
+  </si>
+  <si>
+    <t>Espace 110</t>
+  </si>
+  <si>
+    <t>Jan 23 &gt; Jan 24, 2026</t>
+  </si>
+  <si>
+    <t>Boris Le Roy, Emilie Capliez</t>
   </si>
   <si>
     <t>FR-Hérouville-Saint-Clair</t>
   </si>
   <si>
     <t>Comédie de Caen</t>
   </si>
   <si>
-    <t>Nov 25 &gt; Nov 30, 2025</t>
-[...26 lines deleted...]
-    <t>Dec 02 &gt; Dec 03, 2025</t>
+    <t>Jan 28 &gt; Jan 29, 2026</t>
+  </si>
+  <si>
+    <t>Seuls</t>
+  </si>
+  <si>
+    <t>Wajdi Mouawad</t>
+  </si>
+  <si>
+    <t>FR-Vesoul</t>
+  </si>
+  <si>
+    <t>Théâtre Edwige Feuillère</t>
+  </si>
+  <si>
+    <t>Jan 29, 2026</t>
+  </si>
+  <si>
+    <t>Lieux communs</t>
+  </si>
+  <si>
+    <t>Baptiste Amann</t>
+  </si>
+  <si>
+    <t>L'Odyssée - scène conventionnée de Périgueux</t>
+  </si>
+  <si>
+    <t>Feb 04 &gt; Feb 06, 2026</t>
+  </si>
+  <si>
+    <t>FR-Perpignan</t>
+  </si>
+  <si>
+    <t>L’Archipel, Scène nationale de Perpignan</t>
+  </si>
+  <si>
+    <t>Feb 05, 2026</t>
+  </si>
+  <si>
+    <t>FR-Ibos</t>
+  </si>
+  <si>
+    <t>Le Parvis</t>
+  </si>
+  <si>
+    <t>Feb 09, 2026</t>
+  </si>
+  <si>
+    <t>FR-Angers</t>
+  </si>
+  <si>
+    <t>Le Quai - Angers</t>
+  </si>
+  <si>
+    <t>Feb 10 &gt; Feb 13, 2026</t>
+  </si>
+  <si>
+    <t>Fajar</t>
+  </si>
+  <si>
+    <t>Adama Diop</t>
+  </si>
+  <si>
+    <t>Feb 11 &gt; Feb 14, 2026</t>
+  </si>
+  <si>
+    <t>FR-Vire</t>
+  </si>
+  <si>
+    <t>Le Préau</t>
+  </si>
+  <si>
+    <t>Feb 12 &gt; Feb 13, 2026</t>
+  </si>
+  <si>
+    <t>FR-Narbonne</t>
+  </si>
+  <si>
+    <t>Scène nationale Grand Narbonne</t>
+  </si>
+  <si>
+    <t>Feb 13, 2026</t>
+  </si>
+  <si>
+    <t>FR-Albi</t>
+  </si>
+  <si>
+    <t>Scène Nationale d'Albi</t>
+  </si>
+  <si>
+    <t>Feb 17, 2026</t>
+  </si>
+  <si>
+    <t>Le iench</t>
+  </si>
+  <si>
+    <t>FR-Lyon</t>
+  </si>
+  <si>
+    <t>Théâtre de la Croix-Rousse</t>
+  </si>
+  <si>
+    <t>Feb 25 &gt; Feb 28, 2026</t>
+  </si>
+  <si>
+    <t>FR-Gauchy</t>
+  </si>
+  <si>
+    <t>Maison de la culture et des loisirs de Gauchy</t>
+  </si>
+  <si>
+    <t>Mar 03, 2026</t>
+  </si>
+  <si>
+    <t>FR-La Rochelle</t>
+  </si>
+  <si>
+    <t>La Coursive</t>
+  </si>
+  <si>
+    <t>Mar 04 &gt; Mar 05, 2026</t>
+  </si>
+  <si>
+    <t>Le Petit Chaperon rouge</t>
+  </si>
+  <si>
+    <t>Joël Pommerat</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>La Criée</t>
+  </si>
+  <si>
+    <t>Mar 12 &gt; Mar 15, 2026</t>
+  </si>
+  <si>
+    <t>FR-Caen</t>
+  </si>
+  <si>
+    <t>Théâtre de Caen</t>
+  </si>
+  <si>
+    <t>Mar 18 &gt; Mar 20, 2026</t>
+  </si>
+  <si>
+    <t>Mar 19 &gt; Mar 20, 2026</t>
+  </si>
+  <si>
+    <t>FR-Créteil</t>
+  </si>
+  <si>
+    <t>MAC - Maison des Arts de Créteil</t>
+  </si>
+  <si>
+    <t>Mar 20 &gt; Mar 21, 2026</t>
+  </si>
+  <si>
+    <t>FR-Nîmes</t>
+  </si>
+  <si>
+    <t>Théâtre de Nîmes</t>
+  </si>
+  <si>
+    <t>Mar 24, 2026</t>
+  </si>
+  <si>
+    <t>FR-Douai</t>
+  </si>
+  <si>
+    <t>TANDEM Scène nationale</t>
+  </si>
+  <si>
+    <t>Mar 25 &gt; Mar 27, 2026</t>
+  </si>
+  <si>
+    <t>La passerelle</t>
+  </si>
+  <si>
+    <t>Mar 25 &gt; Mar 26, 2026</t>
+  </si>
+  <si>
+    <t>Manières d’être vivant</t>
+  </si>
+  <si>
+    <t>Baptiste Morizot</t>
+  </si>
+  <si>
+    <t>Mar 25 &gt; Mar 28, 2026</t>
+  </si>
+  <si>
+    <t>Baptiste Morizot, Clara Hédouin</t>
   </si>
   <si>
     <t>LACRIMA</t>
   </si>
   <si>
-    <t>Caroline Guiela Nguyen</t>
-[...388 lines deleted...]
-  <si>
     <t>FR-Quimper</t>
   </si>
   <si>
     <t>Théâtre de Cornouaille</t>
   </si>
   <si>
     <t>FR-Sète</t>
   </si>
   <si>
     <t>Théâtre Molière - Sète</t>
   </si>
   <si>
     <t>Mar 27, 2026</t>
   </si>
   <si>
+    <t>Apr 01 &gt; Apr 02, 2026</t>
+  </si>
+  <si>
     <t>FR-Brest</t>
   </si>
   <si>
     <t>Le Quartz</t>
   </si>
   <si>
-    <t>Apr 01 &gt; Apr 02, 2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Entrée des artistes</t>
   </si>
   <si>
     <t>Ahmed Madani</t>
   </si>
   <si>
     <t>FR-Sartrouville</t>
   </si>
   <si>
     <t>Théâtre de Sartrouville</t>
   </si>
   <si>
     <t>Apr 02 &gt; Apr 03, 2026</t>
   </si>
   <si>
     <t>FR-Cherbourg-en-Cotentin</t>
   </si>
   <si>
     <t>Le Trident</t>
   </si>
   <si>
     <t>Apr 07 &gt; Apr 09, 2026</t>
   </si>
   <si>
     <t>FR-Lorient</t>
@@ -641,84 +563,84 @@
   <si>
     <t>Apr 21 &gt; May 10, 2026</t>
   </si>
   <si>
     <t>FR-Poitiers</t>
   </si>
   <si>
     <t>TAP – Théâtre Auditorium de Poitiers</t>
   </si>
   <si>
     <t>Apr 23 &gt; Apr 24, 2026</t>
   </si>
   <si>
     <t>FR-Angoulême</t>
   </si>
   <si>
     <t>Théâtre d'Angoulême</t>
   </si>
   <si>
     <t>Apr 28 &gt; Apr 29, 2026</t>
   </si>
   <si>
     <t>May 05 &gt; May 07, 2026</t>
   </si>
   <si>
+    <t>IT-Milano</t>
+  </si>
+  <si>
+    <t>Piccolo Teatro di Milano</t>
+  </si>
+  <si>
+    <t>May 15 &gt; May 17, 2026</t>
+  </si>
+  <si>
     <t>SG-Singapour</t>
   </si>
   <si>
     <t>Singapore International Festival of Arts [SIFA]</t>
   </si>
   <si>
-    <t>May 15 &gt; May 17, 2026</t>
-[...7 lines deleted...]
-  <si>
     <t>FR-Châtenay-Malabry</t>
   </si>
   <si>
     <t>L'azimut</t>
   </si>
   <si>
     <t>May 20 &gt; May 21, 2026</t>
   </si>
   <si>
+    <t>May 27 &gt; May 29, 2026</t>
+  </si>
+  <si>
     <t>FR-Mulhouse</t>
   </si>
   <si>
     <t>La Filature, Scène nationale de Mulhouse</t>
   </si>
   <si>
     <t>May 27, 2026</t>
-  </si>
-[...1 lines deleted...]
-    <t>May 27 &gt; May 29, 2026</t>
   </si>
   <si>
     <t>BE-Anvers</t>
   </si>
   <si>
     <t>deSingel</t>
   </si>
   <si>
     <t>May 29 &gt; May 30, 2026</t>
   </si>
   <si>
     <t>DE-Ludwigshafen</t>
   </si>
   <si>
     <t>Theater im Pfalzbau</t>
   </si>
   <si>
     <t>Jun 05 &gt; Jun 06, 2026</t>
   </si>
   <si>
     <t>FR-Foix</t>
   </si>
   <si>
     <t>L'Estive</t>
   </si>
@@ -1055,54 +977,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G72"/>
+  <dimension ref="A1:G60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G72"/>
+      <selection activeCell="A1" sqref="A1:G60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="78.981" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -1115,1657 +1037,1381 @@
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F6" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F7" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F8" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>39</v>
+        <v>66</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>7</v>
+        <v>70</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>48</v>
+        <v>73</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>8</v>
+        <v>75</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>13</v>
+        <v>79</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>14</v>
+        <v>80</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>65</v>
+        <v>83</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>18</v>
+        <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>25</v>
+        <v>84</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>26</v>
+        <v>85</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D17" s="1"/>
       <c r="E17" s="1" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>30</v>
+        <v>85</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>69</v>
+        <v>17</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>7</v>
+        <v>84</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>8</v>
+        <v>85</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>73</v>
+        <v>90</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>8</v>
+        <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>78</v>
+        <v>93</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>79</v>
+        <v>94</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>81</v>
+        <v>96</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>84</v>
+        <v>68</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>88</v>
+        <v>101</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>89</v>
+        <v>102</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>35</v>
+        <v>85</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>35</v>
+        <v>85</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>101</v>
+        <v>43</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>105</v>
+        <v>43</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>35</v>
+        <v>71</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>28</v>
+        <v>114</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>107</v>
+        <v>47</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>108</v>
+        <v>48</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D28" s="1"/>
+      <c r="D28" s="1" t="s">
+        <v>116</v>
+      </c>
       <c r="E28" s="1" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>108</v>
+        <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>110</v>
+        <v>123</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>7</v>
+        <v>52</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>63</v>
+        <v>124</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>64</v>
+        <v>125</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>115</v>
+        <v>126</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>107</v>
+        <v>42</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>108</v>
+        <v>43</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>116</v>
+        <v>39</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>117</v>
+        <v>40</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>108</v>
+        <v>43</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>107</v>
+        <v>37</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>108</v>
+        <v>38</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>108</v>
+        <v>38</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>125</v>
+        <v>52</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>126</v>
+        <v>27</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>97</v>
+        <v>134</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>98</v>
+        <v>135</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>126</v>
+        <v>56</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
-        <v>7</v>
+        <v>84</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>8</v>
+        <v>85</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D35" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D35" s="1"/>
       <c r="E35" s="1" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>8</v>
+        <v>85</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>108</v>
+        <v>140</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>131</v>
+        <v>121</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>132</v>
+        <v>122</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>108</v>
+        <v>142</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>107</v>
+        <v>143</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>108</v>
+        <v>33</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>108</v>
+        <v>33</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>137</v>
+        <v>37</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>75</v>
+        <v>38</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>75</v>
+        <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
-        <v>100</v>
+        <v>52</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>101</v>
+        <v>27</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>141</v>
+        <v>116</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>142</v>
+        <v>117</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>105</v>
+        <v>56</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
-        <v>34</v>
+        <v>143</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>54</v>
+        <v>154</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="1" t="s">
-        <v>74</v>
+        <v>37</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>75</v>
+        <v>38</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>71</v>
+        <v>160</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>72</v>
+        <v>161</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>75</v>
+        <v>38</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="1" t="s">
-        <v>7</v>
+        <v>139</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>8</v>
+        <v>140</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>155</v>
+        <v>67</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>156</v>
+        <v>68</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>8</v>
+        <v>142</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="1" t="s">
-        <v>7</v>
+        <v>164</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>8</v>
+        <v>165</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>8</v>
+        <v>165</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="1" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>54</v>
+        <v>166</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>149</v>
+        <v>167</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="1" t="s">
-        <v>82</v>
+        <v>143</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="1" t="s">
-        <v>107</v>
+        <v>52</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>108</v>
+        <v>27</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D48" s="1"/>
+      <c r="D48" s="1" t="s">
+        <v>173</v>
+      </c>
       <c r="E48" s="1" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>108</v>
+        <v>56</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="1" t="s">
-        <v>39</v>
+        <v>84</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>40</v>
+        <v>85</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>163</v>
+        <v>178</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>40</v>
+        <v>85</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="1" t="s">
-        <v>7</v>
+        <v>84</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>8</v>
+        <v>85</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>8</v>
+        <v>85</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>175</v>
+        <v>110</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>176</v>
+        <v>111</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="1" t="s">
-        <v>82</v>
+        <v>32</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>144</v>
+        <v>183</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>145</v>
+        <v>184</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="1" t="s">
-        <v>178</v>
+        <v>143</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>179</v>
+        <v>33</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>179</v>
+        <v>33</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="1" t="s">
-        <v>107</v>
+        <v>52</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>108</v>
+        <v>27</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>108</v>
+        <v>56</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="1" t="s">
-        <v>7</v>
+        <v>109</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>8</v>
+        <v>43</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>187</v>
+        <v>161</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>8</v>
+        <v>43</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="1" t="s">
-        <v>161</v>
+        <v>70</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>162</v>
+        <v>71</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>97</v>
+        <v>192</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>98</v>
+        <v>193</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>164</v>
+        <v>75</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="1" t="s">
-        <v>190</v>
+        <v>143</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>191</v>
+        <v>33</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>191</v>
+        <v>33</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="1" t="s">
-        <v>195</v>
+        <v>143</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>191</v>
+        <v>33</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>191</v>
+        <v>33</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="1" t="s">
-        <v>39</v>
+        <v>139</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>40</v>
+        <v>140</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>40</v>
+        <v>142</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="1" t="s">
-        <v>82</v>
+        <v>52</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>199</v>
+        <v>176</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>200</v>
+        <v>177</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>86</v>
-[...275 lines deleted...]
-        <v>86</v>
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>