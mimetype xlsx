--- v3 (2025-12-14)
+++ v4 (2026-01-16)
@@ -12,562 +12,496 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Actes Sud" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="205">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
-    <t>Moman</t>
-[...2 lines deleted...]
-    <t>Jean-Claude Grumberg</t>
+    <t>Diptyque : Nos paysages mineurs / En finir avec leur histoire</t>
+  </si>
+  <si>
+    <t>Marc Lainé</t>
   </si>
   <si>
     <t>Actes Sud</t>
   </si>
   <si>
-    <t>FR-Antibes</t>
-[...8 lines deleted...]
-    <t>Jean-Claude Grumberg, Clotilde Mollet, Hervé Pierre, Noémie Pierre</t>
+    <t>FR-Lieusaint</t>
+  </si>
+  <si>
+    <t>Théâtre-Sénart, Scène nationale</t>
+  </si>
+  <si>
+    <t>Jan 16 &gt; Jan 17, 2026</t>
+  </si>
+  <si>
+    <t>Chasselay et autres massacres</t>
+  </si>
+  <si>
+    <t>Eva Doumbia</t>
+  </si>
+  <si>
+    <t>FR-Montreuil</t>
+  </si>
+  <si>
+    <t>Théâtre Public de Montreuil [TPM]</t>
+  </si>
+  <si>
+    <t>Jan 16 &gt; Jan 24, 2026</t>
+  </si>
+  <si>
+    <t>Ivanov</t>
+  </si>
+  <si>
+    <t>Anton Tchekhov</t>
+  </si>
+  <si>
+    <t>FR-Villeurbanne</t>
+  </si>
+  <si>
+    <t>Théâtre National Populaire (TNP)</t>
+  </si>
+  <si>
+    <t>Jan 21 &gt; Feb 06, 2026</t>
+  </si>
+  <si>
+    <t>Anton Tchekhov, Jean-François Sivadier</t>
+  </si>
+  <si>
+    <t>Valentina ou la vérité</t>
+  </si>
+  <si>
+    <t>Caroline Guiela Nguyen</t>
+  </si>
+  <si>
+    <t>FR-Cavaillon</t>
+  </si>
+  <si>
+    <t>La Garance</t>
+  </si>
+  <si>
+    <t>Jan 21 &gt; Jan 22, 2026</t>
+  </si>
+  <si>
+    <t>Pylade, étude pasolinienne</t>
+  </si>
+  <si>
+    <t>Pier Paolo Pasolini</t>
+  </si>
+  <si>
+    <t>FR-Aubervilliers</t>
+  </si>
+  <si>
+    <t>La Commune - CDN d’Aubervilliers</t>
+  </si>
+  <si>
+    <t>Jan 22 &gt; Jan 31, 2026</t>
+  </si>
+  <si>
+    <t>Pier Paolo Pasolini, Sylvain Creuzevault</t>
+  </si>
+  <si>
+    <t>La Chambre de l'écrivain</t>
+  </si>
+  <si>
+    <t>FR-Bobigny</t>
+  </si>
+  <si>
+    <t>MC93</t>
+  </si>
+  <si>
+    <t>Jan 22 &gt; Jan 25, 2026</t>
+  </si>
+  <si>
+    <t>Quand j'étais petite je voterai</t>
+  </si>
+  <si>
+    <t>Boris Le Roy</t>
+  </si>
+  <si>
+    <t>FR-Illzach</t>
+  </si>
+  <si>
+    <t>Espace 110</t>
+  </si>
+  <si>
+    <t>Jan 23 &gt; Jan 24, 2026</t>
+  </si>
+  <si>
+    <t>Boris Le Roy, Emilie Capliez</t>
+  </si>
+  <si>
+    <t>FR-Hérouville-Saint-Clair</t>
+  </si>
+  <si>
+    <t>Comédie de Caen</t>
+  </si>
+  <si>
+    <t>Jan 28 &gt; Jan 29, 2026</t>
+  </si>
+  <si>
+    <t>Seuls</t>
+  </si>
+  <si>
+    <t>Wajdi Mouawad</t>
+  </si>
+  <si>
+    <t>FR-Vesoul</t>
+  </si>
+  <si>
+    <t>Théâtre Edwige Feuillère</t>
+  </si>
+  <si>
+    <t>Jan 29, 2026</t>
+  </si>
+  <si>
+    <t>Lieux communs</t>
+  </si>
+  <si>
+    <t>Baptiste Amann</t>
+  </si>
+  <si>
+    <t>L'Odyssée - scène conventionnée de Périgueux</t>
+  </si>
+  <si>
+    <t>Vertiges</t>
+  </si>
+  <si>
+    <t>Nasser Djemaï</t>
+  </si>
+  <si>
+    <t>FR-Limoges</t>
+  </si>
+  <si>
+    <t>Théâtre de l'Union</t>
+  </si>
+  <si>
+    <t>Feb 04 &gt; Feb 06, 2026</t>
+  </si>
+  <si>
+    <t>FR-Perpignan</t>
+  </si>
+  <si>
+    <t>L’Archipel, Scène nationale de Perpignan</t>
+  </si>
+  <si>
+    <t>Feb 05, 2026</t>
+  </si>
+  <si>
+    <t>FR-Ibos</t>
+  </si>
+  <si>
+    <t>Le Parvis</t>
+  </si>
+  <si>
+    <t>Feb 09, 2026</t>
   </si>
   <si>
     <t>Le poids des fourmis</t>
   </si>
   <si>
     <t>David Paquet</t>
   </si>
   <si>
-    <t>FR-Limoges</t>
-[...5 lines deleted...]
-    <t>Dec 15 &gt; Dec 17, 2025</t>
+    <t>FR-Angers</t>
+  </si>
+  <si>
+    <t>Le Quai - Angers</t>
+  </si>
+  <si>
+    <t>Feb 10 &gt; Feb 13, 2026</t>
   </si>
   <si>
     <t>David Paquet, Philippe Cyr</t>
   </si>
   <si>
-    <t>Dolorosa</t>
-[...53 lines deleted...]
-    <t>Nasser Djemaï</t>
+    <t>Fajar</t>
+  </si>
+  <si>
+    <t>Adama Diop</t>
+  </si>
+  <si>
+    <t>Feb 11 &gt; Feb 14, 2026</t>
+  </si>
+  <si>
+    <t>FR-Vire</t>
+  </si>
+  <si>
+    <t>Le Préau</t>
+  </si>
+  <si>
+    <t>Feb 12 &gt; Feb 13, 2026</t>
+  </si>
+  <si>
+    <t>FR-Narbonne</t>
+  </si>
+  <si>
+    <t>Scène nationale Grand Narbonne</t>
+  </si>
+  <si>
+    <t>Feb 13, 2026</t>
+  </si>
+  <si>
+    <t>FR-Albi</t>
+  </si>
+  <si>
+    <t>Scène Nationale d'Albi</t>
+  </si>
+  <si>
+    <t>Feb 17, 2026</t>
+  </si>
+  <si>
+    <t>Le iench</t>
+  </si>
+  <si>
+    <t>FR-Lyon</t>
+  </si>
+  <si>
+    <t>Théâtre de la Croix-Rousse</t>
+  </si>
+  <si>
+    <t>Feb 25 &gt; Feb 28, 2026</t>
+  </si>
+  <si>
+    <t>FR-Gauchy</t>
+  </si>
+  <si>
+    <t>Maison de la culture et des loisirs de Gauchy</t>
+  </si>
+  <si>
+    <t>Mar 03, 2026</t>
+  </si>
+  <si>
+    <t>FR-La Rochelle</t>
+  </si>
+  <si>
+    <t>La Coursive</t>
+  </si>
+  <si>
+    <t>Mar 04 &gt; Mar 05, 2026</t>
+  </si>
+  <si>
+    <t>Le Petit Chaperon rouge</t>
+  </si>
+  <si>
+    <t>Joël Pommerat</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>La Criée</t>
+  </si>
+  <si>
+    <t>Mar 12 &gt; Mar 15, 2026</t>
+  </si>
+  <si>
+    <t>FR-Caen</t>
+  </si>
+  <si>
+    <t>Théâtre de Caen</t>
+  </si>
+  <si>
+    <t>Mar 18 &gt; Mar 20, 2026</t>
   </si>
   <si>
     <t>FR-Rouen</t>
   </si>
   <si>
     <t>CDN de Normandie - Rouen</t>
   </si>
   <si>
-    <t>Jan 09 &gt; Jan 10, 2026</t>
-[...256 lines deleted...]
-  <si>
     <t>Mar 19 &gt; Mar 20, 2026</t>
   </si>
   <si>
     <t>FR-Créteil</t>
   </si>
   <si>
     <t>MAC - Maison des Arts de Créteil</t>
   </si>
   <si>
     <t>Mar 20 &gt; Mar 21, 2026</t>
   </si>
   <si>
     <t>FR-Nîmes</t>
   </si>
   <si>
     <t>Théâtre de Nîmes</t>
   </si>
   <si>
     <t>Mar 24, 2026</t>
   </si>
   <si>
     <t>FR-Douai</t>
   </si>
   <si>
     <t>TANDEM Scène nationale</t>
   </si>
   <si>
     <t>Mar 25 &gt; Mar 27, 2026</t>
   </si>
   <si>
+    <t>Manières d’être vivant</t>
+  </si>
+  <si>
+    <t>Baptiste Morizot</t>
+  </si>
+  <si>
+    <t>Mar 25 &gt; Mar 28, 2026</t>
+  </si>
+  <si>
+    <t>Baptiste Morizot, Clara Hédouin</t>
+  </si>
+  <si>
     <t>La passerelle</t>
   </si>
   <si>
     <t>Mar 25 &gt; Mar 26, 2026</t>
   </si>
   <si>
-    <t>Manières d’être vivant</t>
-[...10 lines deleted...]
-  <si>
     <t>LACRIMA</t>
   </si>
   <si>
     <t>FR-Quimper</t>
   </si>
   <si>
     <t>Théâtre de Cornouaille</t>
   </si>
   <si>
     <t>FR-Sète</t>
   </si>
   <si>
     <t>Théâtre Molière - Sète</t>
   </si>
   <si>
     <t>Mar 27, 2026</t>
   </si>
   <si>
+    <t>FR-Brest</t>
+  </si>
+  <si>
+    <t>Le Quartz</t>
+  </si>
+  <si>
     <t>Apr 01 &gt; Apr 02, 2026</t>
   </si>
   <si>
-    <t>FR-Brest</t>
-[...4 lines deleted...]
-  <si>
     <t>Entrée des artistes</t>
   </si>
   <si>
     <t>Ahmed Madani</t>
   </si>
   <si>
     <t>FR-Sartrouville</t>
   </si>
   <si>
     <t>Théâtre de Sartrouville</t>
   </si>
   <si>
     <t>Apr 02 &gt; Apr 03, 2026</t>
   </si>
   <si>
     <t>FR-Cherbourg-en-Cotentin</t>
   </si>
   <si>
     <t>Le Trident</t>
   </si>
   <si>
     <t>Apr 07 &gt; Apr 09, 2026</t>
   </si>
   <si>
     <t>FR-Lorient</t>
   </si>
   <si>
     <t>Théâtre de Lorient - CDN</t>
   </si>
   <si>
     <t>Apr 08 &gt; Apr 09, 2026</t>
   </si>
   <si>
+    <t>J'ai trop d'amis</t>
+  </si>
+  <si>
+    <t>David Lescot</t>
+  </si>
+  <si>
+    <t>FR-Malakoff</t>
+  </si>
+  <si>
+    <t>Malakoff scène nationale</t>
+  </si>
+  <si>
+    <t>Apr 08, 2026</t>
+  </si>
+  <si>
+    <t>J'ai trop peur</t>
+  </si>
+  <si>
     <t>Apr 08 &gt; Apr 11, 2026</t>
   </si>
   <si>
-    <t>J'ai trop d'amis</t>
-[...16 lines deleted...]
-  <si>
     <t>FR-Noisy-le-Grand</t>
   </si>
   <si>
     <t>Espace Michel Simon</t>
   </si>
   <si>
     <t>Apr 09 &gt; Apr 10, 2026</t>
   </si>
   <si>
     <t>CH-Carouge</t>
   </si>
   <si>
     <t>Théâtre de Carouge</t>
   </si>
   <si>
     <t>Apr 21 &gt; May 10, 2026</t>
   </si>
   <si>
     <t>FR-Poitiers</t>
   </si>
   <si>
     <t>TAP – Théâtre Auditorium de Poitiers</t>
   </si>
   <si>
     <t>Apr 23 &gt; Apr 24, 2026</t>
@@ -587,60 +521,60 @@
   <si>
     <t>IT-Milano</t>
   </si>
   <si>
     <t>Piccolo Teatro di Milano</t>
   </si>
   <si>
     <t>May 15 &gt; May 17, 2026</t>
   </si>
   <si>
     <t>SG-Singapour</t>
   </si>
   <si>
     <t>Singapore International Festival of Arts [SIFA]</t>
   </si>
   <si>
     <t>FR-Châtenay-Malabry</t>
   </si>
   <si>
     <t>L'azimut</t>
   </si>
   <si>
     <t>May 20 &gt; May 21, 2026</t>
   </si>
   <si>
+    <t>FR-Mulhouse</t>
+  </si>
+  <si>
+    <t>La Filature, Scène nationale de Mulhouse</t>
+  </si>
+  <si>
+    <t>May 27, 2026</t>
+  </si>
+  <si>
     <t>May 27 &gt; May 29, 2026</t>
-  </si>
-[...7 lines deleted...]
-    <t>May 27, 2026</t>
   </si>
   <si>
     <t>BE-Anvers</t>
   </si>
   <si>
     <t>deSingel</t>
   </si>
   <si>
     <t>May 29 &gt; May 30, 2026</t>
   </si>
   <si>
     <t>DE-Ludwigshafen</t>
   </si>
   <si>
     <t>Theater im Pfalzbau</t>
   </si>
   <si>
     <t>Jun 05 &gt; Jun 06, 2026</t>
   </si>
   <si>
     <t>FR-Foix</t>
   </si>
   <si>
     <t>L'Estive</t>
   </si>
@@ -977,1441 +911,1303 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G60"/>
+  <dimension ref="A1:G54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G60"/>
+      <selection activeCell="A1" sqref="A1:G54"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="C3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="1" t="s">
+      <c r="E3" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="F3" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="F3" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G3" s="1" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="E4" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="1" t="s">
+      <c r="F4" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="G4" s="1" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="E5" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="E5" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G5" s="1" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E6" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="F6" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="1" t="s">
+      <c r="G6" s="1" t="s">
         <v>34</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="E7" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="F7" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="C7" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G7" s="1" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E8" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="F8" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C8" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D8" s="1" t="s">
+      <c r="G8" s="1" t="s">
         <v>44</v>
-      </c>
-[...7 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G9" s="1" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G10" s="1" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D11" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D11" s="1"/>
       <c r="E11" s="1" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G12" s="1" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>71</v>
+        <v>54</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>48</v>
+        <v>68</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>81</v>
+        <v>36</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>84</v>
+        <v>56</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>85</v>
+        <v>57</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D17" s="1"/>
+      <c r="D17" s="1" t="s">
+        <v>76</v>
+      </c>
       <c r="E17" s="1" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>85</v>
+        <v>57</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>16</v>
+        <v>79</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>17</v>
+        <v>80</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="F19" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="B19" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G19" s="1" t="s">
-        <v>85</v>
+        <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>85</v>
+        <v>14</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>85</v>
+        <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>97</v>
+        <v>7</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>98</v>
+        <v>8</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>67</v>
+        <v>92</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>68</v>
+        <v>93</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>98</v>
+        <v>8</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>37</v>
+        <v>95</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>85</v>
+        <v>19</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>85</v>
+        <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>84</v>
+        <v>13</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>85</v>
+        <v>14</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>85</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>109</v>
+        <v>56</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>70</v>
+        <v>56</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>71</v>
+        <v>57</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>75</v>
+        <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D30" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D30" s="1"/>
       <c r="E30" s="1" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>42</v>
+        <v>121</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>39</v>
+        <v>122</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>40</v>
+        <v>123</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>127</v>
+        <v>117</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>37</v>
+        <v>56</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
-        <v>37</v>
+        <v>121</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>134</v>
+        <v>92</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>135</v>
+        <v>93</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
-        <v>84</v>
+        <v>130</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>85</v>
+        <v>131</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D35" s="1"/>
+      <c r="D35" s="1" t="s">
+        <v>132</v>
+      </c>
       <c r="E35" s="1" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>85</v>
+        <v>131</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>139</v>
+        <v>53</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>140</v>
+        <v>54</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>121</v>
+        <v>135</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>122</v>
+        <v>136</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>142</v>
+        <v>54</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>143</v>
+        <v>56</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>37</v>
+        <v>141</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>38</v>
+        <v>142</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>38</v>
+        <v>142</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
-        <v>52</v>
+        <v>146</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>27</v>
+        <v>142</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>56</v>
+        <v>142</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
-        <v>143</v>
+        <v>115</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>33</v>
+        <v>116</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>150</v>
+        <v>36</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>151</v>
+        <v>37</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>33</v>
+        <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
-        <v>152</v>
+        <v>121</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>153</v>
+        <v>25</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>153</v>
+        <v>25</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="1" t="s">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>85</v>
+        <v>19</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>85</v>
+        <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="1" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="1" t="s">
-        <v>139</v>
+        <v>53</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>140</v>
+        <v>54</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>67</v>
+        <v>157</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>68</v>
+        <v>158</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>142</v>
+        <v>54</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="1" t="s">
-        <v>164</v>
+        <v>13</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>165</v>
+        <v>14</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>166</v>
+        <v>86</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>167</v>
+        <v>87</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>165</v>
+        <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="1" t="s">
-        <v>169</v>
+        <v>24</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>165</v>
+        <v>25</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>165</v>
+        <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="1" t="s">
-        <v>143</v>
+        <v>121</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>172</v>
+        <v>163</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="1" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="1" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>85</v>
+        <v>40</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>85</v>
+        <v>14</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>179</v>
+        <v>138</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>180</v>
+        <v>139</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>181</v>
+        <v>172</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>85</v>
+        <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="1" t="s">
-        <v>42</v>
+        <v>121</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>110</v>
+        <v>173</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>111</v>
+        <v>174</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="1" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>184</v>
+        <v>177</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="1" t="s">
-        <v>143</v>
+        <v>115</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>33</v>
+        <v>116</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>33</v>
+        <v>118</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="1" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>188</v>
+        <v>154</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>189</v>
+        <v>155</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>56</v>
-[...137 lines deleted...]
-        <v>56</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>