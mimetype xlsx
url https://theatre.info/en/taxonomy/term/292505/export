--- v4 (2026-01-16)
+++ v5 (2026-02-06)
@@ -12,599 +12,527 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Actes Sud" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
+    <t>Vertiges</t>
+  </si>
+  <si>
+    <t>Nasser Djemaï</t>
+  </si>
+  <si>
+    <t>Actes Sud</t>
+  </si>
+  <si>
+    <t>FR-Limoges</t>
+  </si>
+  <si>
+    <t>Théâtre de l'Union</t>
+  </si>
+  <si>
+    <t>Feb 06, 2026</t>
+  </si>
+  <si>
+    <t>Ivanov</t>
+  </si>
+  <si>
+    <t>Anton Tchekhov</t>
+  </si>
+  <si>
+    <t>FR-Villeurbanne</t>
+  </si>
+  <si>
+    <t>Théâtre National Populaire (TNP)</t>
+  </si>
+  <si>
+    <t>Anton Tchekhov, Jean-François Sivadier</t>
+  </si>
+  <si>
+    <t>Lieux communs</t>
+  </si>
+  <si>
+    <t>Baptiste Amann</t>
+  </si>
+  <si>
+    <t>FR-Ibos</t>
+  </si>
+  <si>
+    <t>Le Parvis</t>
+  </si>
+  <si>
+    <t>Feb 09, 2026</t>
+  </si>
+  <si>
+    <t>Le poids des fourmis</t>
+  </si>
+  <si>
+    <t>David Paquet</t>
+  </si>
+  <si>
+    <t>FR-Angers</t>
+  </si>
+  <si>
+    <t>Le Quai - Angers</t>
+  </si>
+  <si>
+    <t>Feb 10 &gt; Feb 13, 2026</t>
+  </si>
+  <si>
+    <t>David Paquet, Philippe Cyr</t>
+  </si>
+  <si>
+    <t>Fajar</t>
+  </si>
+  <si>
+    <t>Adama Diop</t>
+  </si>
+  <si>
+    <t>FR-Bobigny</t>
+  </si>
+  <si>
+    <t>MC93</t>
+  </si>
+  <si>
+    <t>Feb 11 &gt; Feb 14, 2026</t>
+  </si>
+  <si>
+    <t>FR-Vire</t>
+  </si>
+  <si>
+    <t>Le Préau</t>
+  </si>
+  <si>
+    <t>Feb 12 &gt; Feb 13, 2026</t>
+  </si>
+  <si>
+    <t>FR-Narbonne</t>
+  </si>
+  <si>
+    <t>Scène nationale Grand Narbonne</t>
+  </si>
+  <si>
+    <t>Feb 13, 2026</t>
+  </si>
+  <si>
+    <t>FR-Albi</t>
+  </si>
+  <si>
+    <t>Scène Nationale d'Albi</t>
+  </si>
+  <si>
+    <t>Feb 17, 2026</t>
+  </si>
+  <si>
+    <t>Le iench</t>
+  </si>
+  <si>
+    <t>Eva Doumbia</t>
+  </si>
+  <si>
+    <t>FR-Lyon</t>
+  </si>
+  <si>
+    <t>Théâtre de la Croix-Rousse</t>
+  </si>
+  <si>
+    <t>Feb 25 &gt; Feb 28, 2026</t>
+  </si>
+  <si>
+    <t>Quand j'étais petite je voterai</t>
+  </si>
+  <si>
+    <t>Boris Le Roy</t>
+  </si>
+  <si>
+    <t>FR-Gauchy</t>
+  </si>
+  <si>
+    <t>Maison de la culture et des loisirs de Gauchy</t>
+  </si>
+  <si>
+    <t>Mar 03, 2026</t>
+  </si>
+  <si>
+    <t>Boris Le Roy, Emilie Capliez</t>
+  </si>
+  <si>
     <t>Diptyque : Nos paysages mineurs / En finir avec leur histoire</t>
   </si>
   <si>
     <t>Marc Lainé</t>
   </si>
   <si>
-    <t>Actes Sud</t>
-[...8 lines deleted...]
-    <t>Jan 16 &gt; Jan 17, 2026</t>
+    <t>FR-La Rochelle</t>
+  </si>
+  <si>
+    <t>La Coursive</t>
+  </si>
+  <si>
+    <t>Mar 04 &gt; Mar 05, 2026</t>
+  </si>
+  <si>
+    <t>Le Petit Chaperon rouge</t>
+  </si>
+  <si>
+    <t>Joël Pommerat</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>La Criée</t>
+  </si>
+  <si>
+    <t>Mar 12 &gt; Mar 15, 2026</t>
+  </si>
+  <si>
+    <t>FR-Caen</t>
+  </si>
+  <si>
+    <t>Théâtre de Caen</t>
+  </si>
+  <si>
+    <t>Mar 18 &gt; Mar 20, 2026</t>
   </si>
   <si>
     <t>Chasselay et autres massacres</t>
   </si>
   <si>
-    <t>Eva Doumbia</t>
-[...26 lines deleted...]
-    <t>Anton Tchekhov, Jean-François Sivadier</t>
+    <t>FR-Rouen</t>
+  </si>
+  <si>
+    <t>CDN de Normandie - Rouen</t>
+  </si>
+  <si>
+    <t>Mar 19 &gt; Mar 20, 2026</t>
+  </si>
+  <si>
+    <t>FR-Créteil</t>
+  </si>
+  <si>
+    <t>MAC - Maison des Arts de Créteil</t>
+  </si>
+  <si>
+    <t>Mar 20 &gt; Mar 21, 2026</t>
+  </si>
+  <si>
+    <t>FR-Nîmes</t>
+  </si>
+  <si>
+    <t>Théâtre de Nîmes</t>
+  </si>
+  <si>
+    <t>Mar 24, 2026</t>
+  </si>
+  <si>
+    <t>La passerelle</t>
+  </si>
+  <si>
+    <t>Mar 25 &gt; Mar 26, 2026</t>
+  </si>
+  <si>
+    <t>FR-Douai</t>
+  </si>
+  <si>
+    <t>TANDEM Scène nationale</t>
+  </si>
+  <si>
+    <t>Mar 25 &gt; Mar 27, 2026</t>
+  </si>
+  <si>
+    <t>Manières d’être vivant</t>
+  </si>
+  <si>
+    <t>Baptiste Morizot</t>
+  </si>
+  <si>
+    <t>Mar 25 &gt; Mar 28, 2026</t>
+  </si>
+  <si>
+    <t>Baptiste Morizot, Clara Hédouin</t>
+  </si>
+  <si>
+    <t>LACRIMA</t>
+  </si>
+  <si>
+    <t>Caroline Guiela Nguyen</t>
+  </si>
+  <si>
+    <t>FR-Quimper</t>
+  </si>
+  <si>
+    <t>Théâtre de Cornouaille</t>
+  </si>
+  <si>
+    <t>FR-Sète</t>
+  </si>
+  <si>
+    <t>Théâtre Molière - Sète</t>
+  </si>
+  <si>
+    <t>Mar 27, 2026</t>
+  </si>
+  <si>
+    <t>Apr 01 &gt; Apr 02, 2026</t>
+  </si>
+  <si>
+    <t>FR-Brest</t>
+  </si>
+  <si>
+    <t>Le Quartz</t>
+  </si>
+  <si>
+    <t>Entrée des artistes</t>
+  </si>
+  <si>
+    <t>Ahmed Madani</t>
+  </si>
+  <si>
+    <t>FR-Sartrouville</t>
+  </si>
+  <si>
+    <t>Théâtre de Sartrouville</t>
+  </si>
+  <si>
+    <t>Apr 02 &gt; Apr 03, 2026</t>
+  </si>
+  <si>
+    <t>FR-Cherbourg-en-Cotentin</t>
+  </si>
+  <si>
+    <t>Le Trident</t>
+  </si>
+  <si>
+    <t>Apr 07 &gt; Apr 09, 2026</t>
+  </si>
+  <si>
+    <t>FR-Lorient</t>
+  </si>
+  <si>
+    <t>Théâtre de Lorient - CDN</t>
+  </si>
+  <si>
+    <t>Apr 08 &gt; Apr 09, 2026</t>
+  </si>
+  <si>
+    <t>Apr 08 &gt; Apr 11, 2026</t>
+  </si>
+  <si>
+    <t>J'ai trop d'amis</t>
+  </si>
+  <si>
+    <t>David Lescot</t>
+  </si>
+  <si>
+    <t>FR-Malakoff</t>
+  </si>
+  <si>
+    <t>Malakoff scène nationale</t>
+  </si>
+  <si>
+    <t>Apr 08, 2026</t>
+  </si>
+  <si>
+    <t>J'ai trop peur</t>
+  </si>
+  <si>
+    <t>FR-Noisy-le-Grand</t>
+  </si>
+  <si>
+    <t>Espace Michel Simon</t>
+  </si>
+  <si>
+    <t>Apr 09 &gt; Apr 10, 2026</t>
+  </si>
+  <si>
+    <t>CH-Carouge</t>
+  </si>
+  <si>
+    <t>Théâtre de Carouge</t>
+  </si>
+  <si>
+    <t>Apr 21 &gt; May 10, 2026</t>
+  </si>
+  <si>
+    <t>FR-Poitiers</t>
+  </si>
+  <si>
+    <t>TAP – Théâtre Auditorium de Poitiers</t>
+  </si>
+  <si>
+    <t>Apr 23 &gt; Apr 24, 2026</t>
+  </si>
+  <si>
+    <t>FR-Angoulême</t>
+  </si>
+  <si>
+    <t>Théâtre d'Angoulême</t>
+  </si>
+  <si>
+    <t>Apr 28 &gt; Apr 29, 2026</t>
+  </si>
+  <si>
+    <t>May 05 &gt; May 07, 2026</t>
+  </si>
+  <si>
+    <t>SG-Singapour</t>
+  </si>
+  <si>
+    <t>Singapore International Festival of Arts [SIFA]</t>
+  </si>
+  <si>
+    <t>May 15 &gt; May 17, 2026</t>
   </si>
   <si>
     <t>Valentina ou la vérité</t>
   </si>
   <si>
-    <t>Caroline Guiela Nguyen</t>
-[...406 lines deleted...]
-  <si>
     <t>IT-Milano</t>
   </si>
   <si>
     <t>Piccolo Teatro di Milano</t>
   </si>
   <si>
-    <t>May 15 &gt; May 17, 2026</t>
-[...7 lines deleted...]
-  <si>
     <t>FR-Châtenay-Malabry</t>
   </si>
   <si>
     <t>L'azimut</t>
   </si>
   <si>
     <t>May 20 &gt; May 21, 2026</t>
   </si>
   <si>
     <t>FR-Mulhouse</t>
   </si>
   <si>
     <t>La Filature, Scène nationale de Mulhouse</t>
   </si>
   <si>
     <t>May 27, 2026</t>
   </si>
   <si>
     <t>May 27 &gt; May 29, 2026</t>
   </si>
   <si>
+    <t>FR-Forbach</t>
+  </si>
+  <si>
+    <t>Le Carreau</t>
+  </si>
+  <si>
+    <t>May 28 &gt; May 29, 2026</t>
+  </si>
+  <si>
     <t>BE-Anvers</t>
   </si>
   <si>
     <t>deSingel</t>
   </si>
   <si>
     <t>May 29 &gt; May 30, 2026</t>
   </si>
   <si>
+    <t>DE-Recklinghausen</t>
+  </si>
+  <si>
+    <t>Ruhrfestspiele Recklinghausen</t>
+  </si>
+  <si>
+    <t>Jun 03 &gt; Jun 05, 2026</t>
+  </si>
+  <si>
     <t>DE-Ludwigshafen</t>
   </si>
   <si>
     <t>Theater im Pfalzbau</t>
   </si>
   <si>
     <t>Jun 05 &gt; Jun 06, 2026</t>
   </si>
   <si>
     <t>FR-Foix</t>
   </si>
   <si>
     <t>L'Estive</t>
   </si>
   <si>
     <t>Jun 09, 2026</t>
   </si>
   <si>
     <t>Jun 10 &gt; Jun 11, 2026</t>
+  </si>
+  <si>
+    <t>NL-Amsterdam</t>
+  </si>
+  <si>
+    <t>Holland Festival</t>
+  </si>
+  <si>
+    <t>Jun 24 &gt; Jun 26, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -911,65 +839,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G54"/>
+  <dimension ref="A1:G47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G54"/>
+      <selection activeCell="A1" sqref="A1:G47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="45.846" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
@@ -991,1223 +919,1064 @@
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F3" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" s="1" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D5" s="1" t="s">
+      <c r="E5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>35</v>
+        <v>7</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="F7" s="1" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="F8" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G8" s="1" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D11" s="1"/>
+      <c r="D11" s="1" t="s">
+        <v>50</v>
+      </c>
       <c r="E11" s="1" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>52</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="E12" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="C12" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D12" s="1" t="s">
+      <c r="F12" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="E12" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G12" s="1" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>61</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>62</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>63</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>65</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>66</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B15" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D15" s="1" t="s">
+      <c r="E15" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="E15" s="1" t="s">
+      <c r="F15" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="F15" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G15" s="1" t="s">
-        <v>72</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="F16" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="B16" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G16" s="1" t="s">
-        <v>74</v>
+        <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>57</v>
+        <v>8</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="F17" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="E17" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G17" s="1" t="s">
-        <v>57</v>
+        <v>8</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>54</v>
+        <v>19</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D18" s="1"/>
       <c r="E18" s="1" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>54</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="G20" s="1" t="s">
         <v>85</v>
-      </c>
-[...16 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>39</v>
+        <v>86</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>40</v>
+        <v>87</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="E21" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="E21" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="1" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>44</v>
+        <v>87</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="F22" s="1" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>96</v>
+        <v>14</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>97</v>
+        <v>56</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>98</v>
+        <v>57</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>96</v>
+        <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>18</v>
+        <v>86</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>19</v>
+        <v>87</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>23</v>
+        <v>87</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>13</v>
+        <v>96</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>14</v>
+        <v>97</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>14</v>
+        <v>97</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>56</v>
+        <v>7</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>57</v>
+        <v>8</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>57</v>
+        <v>8</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>18</v>
+        <v>82</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>19</v>
+        <v>83</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>112</v>
+        <v>31</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>113</v>
+        <v>32</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>23</v>
+        <v>85</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>116</v>
+        <v>109</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>98</v>
+        <v>111</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>53</v>
+        <v>113</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>54</v>
+        <v>109</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D30" s="1"/>
+      <c r="D30" s="1" t="s">
+        <v>110</v>
+      </c>
       <c r="E30" s="1" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>54</v>
+        <v>109</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>121</v>
+        <v>86</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>25</v>
+        <v>87</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>25</v>
+        <v>87</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>124</v>
+        <v>117</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="E33" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="B33" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F33" s="1" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>92</v>
+        <v>123</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>93</v>
+        <v>124</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
-        <v>130</v>
+        <v>67</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>131</v>
+        <v>44</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>132</v>
+        <v>45</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>133</v>
+        <v>46</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>131</v>
+        <v>44</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>53</v>
+        <v>86</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>54</v>
+        <v>87</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>54</v>
+        <v>87</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>56</v>
+        <v>130</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>57</v>
+        <v>87</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>140</v>
+        <v>129</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>57</v>
+        <v>87</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>141</v>
+        <v>13</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>142</v>
+        <v>14</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>143</v>
+        <v>133</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>144</v>
+        <v>134</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>145</v>
+        <v>135</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>142</v>
+        <v>17</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
-        <v>146</v>
+        <v>48</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>142</v>
+        <v>49</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>142</v>
+        <v>53</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
-        <v>115</v>
+        <v>43</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>116</v>
+        <v>44</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>36</v>
+        <v>104</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>37</v>
+        <v>105</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>118</v>
+        <v>44</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>25</v>
+        <v>87</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>25</v>
+        <v>87</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="1" t="s">
-        <v>18</v>
+        <v>86</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>19</v>
+        <v>87</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>23</v>
+        <v>87</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="1" t="s">
-        <v>53</v>
+        <v>130</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>54</v>
+        <v>87</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>54</v>
+        <v>87</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="1" t="s">
-        <v>53</v>
+        <v>86</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>54</v>
+        <v>87</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>158</v>
+        <v>150</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>54</v>
+        <v>87</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="1" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>14</v>
+        <v>83</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>86</v>
+        <v>152</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>87</v>
+        <v>153</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>14</v>
+        <v>85</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="1" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>161</v>
+        <v>120</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>162</v>
+        <v>121</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="1" t="s">
-        <v>121</v>
+        <v>86</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>25</v>
+        <v>87</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>164</v>
+        <v>156</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>25</v>
-[...160 lines deleted...]
-        <v>23</v>
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>