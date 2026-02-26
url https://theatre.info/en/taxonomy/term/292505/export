--- v5 (2026-02-06)
+++ v6 (2026-02-26)
@@ -12,470 +12,446 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Actes Sud" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
+    <t>Le iench</t>
+  </si>
+  <si>
+    <t>Eva Doumbia</t>
+  </si>
+  <si>
+    <t>Actes Sud</t>
+  </si>
+  <si>
+    <t>FR-Lyon</t>
+  </si>
+  <si>
+    <t>Théâtre de la Croix-Rousse</t>
+  </si>
+  <si>
+    <t>Feb 26 &gt; Feb 28, 2026</t>
+  </si>
+  <si>
+    <t>Fajar</t>
+  </si>
+  <si>
+    <t>Adama Diop</t>
+  </si>
+  <si>
+    <t>SN-Dakar</t>
+  </si>
+  <si>
+    <t>Institut français</t>
+  </si>
+  <si>
+    <t>Feb 26, 2026</t>
+  </si>
+  <si>
+    <t>Quand j'étais petite je voterai</t>
+  </si>
+  <si>
+    <t>Boris Le Roy</t>
+  </si>
+  <si>
+    <t>FR-Gauchy</t>
+  </si>
+  <si>
+    <t>Maison de la culture et des loisirs de Gauchy</t>
+  </si>
+  <si>
+    <t>Mar 03, 2026</t>
+  </si>
+  <si>
+    <t>Boris Le Roy, Emilie Capliez</t>
+  </si>
+  <si>
+    <t>Diptyque : Nos paysages mineurs / En finir avec leur histoire</t>
+  </si>
+  <si>
+    <t>Marc Lainé</t>
+  </si>
+  <si>
+    <t>FR-La Rochelle</t>
+  </si>
+  <si>
+    <t>La Coursive</t>
+  </si>
+  <si>
+    <t>Mar 04 &gt; Mar 05, 2026</t>
+  </si>
+  <si>
+    <t>Le Petit Chaperon rouge</t>
+  </si>
+  <si>
+    <t>Joël Pommerat</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>La Criée</t>
+  </si>
+  <si>
+    <t>Mar 12 &gt; Mar 15, 2026</t>
+  </si>
+  <si>
+    <t>Jamais dormir</t>
+  </si>
+  <si>
+    <t>Baptiste Amann</t>
+  </si>
+  <si>
+    <t>FR-Biganos</t>
+  </si>
+  <si>
+    <t>Espace culturel Lucien Mounaix</t>
+  </si>
+  <si>
+    <t>Mar 18 &gt; Mar 19, 2026</t>
+  </si>
+  <si>
+    <t>Ivanov</t>
+  </si>
+  <si>
+    <t>Anton Tchekhov</t>
+  </si>
+  <si>
+    <t>FR-Caen</t>
+  </si>
+  <si>
+    <t>Théâtre de Caen</t>
+  </si>
+  <si>
+    <t>Mar 18 &gt; Mar 20, 2026</t>
+  </si>
+  <si>
+    <t>Anton Tchekhov, Jean-François Sivadier</t>
+  </si>
+  <si>
+    <t>Chasselay et autres massacres</t>
+  </si>
+  <si>
+    <t>FR-Rouen</t>
+  </si>
+  <si>
+    <t>CDN de Normandie - Rouen</t>
+  </si>
+  <si>
+    <t>Mar 19 &gt; Mar 20, 2026</t>
+  </si>
+  <si>
     <t>Vertiges</t>
   </si>
   <si>
     <t>Nasser Djemaï</t>
   </si>
   <si>
-    <t>Actes Sud</t>
-[...23 lines deleted...]
-    <t>Anton Tchekhov, Jean-François Sivadier</t>
+    <t>FR-Créteil</t>
+  </si>
+  <si>
+    <t>MAC - Maison des Arts de Créteil</t>
+  </si>
+  <si>
+    <t>Mar 20 &gt; Mar 21, 2026</t>
+  </si>
+  <si>
+    <t>FR-Nîmes</t>
+  </si>
+  <si>
+    <t>Théâtre de Nîmes</t>
+  </si>
+  <si>
+    <t>Mar 24, 2026</t>
   </si>
   <si>
     <t>Lieux communs</t>
   </si>
   <si>
-    <t>Baptiste Amann</t>
-[...32 lines deleted...]
-    <t>Adama Diop</t>
+    <t>La passerelle</t>
+  </si>
+  <si>
+    <t>Mar 25 &gt; Mar 26, 2026</t>
+  </si>
+  <si>
+    <t>LACRIMA</t>
+  </si>
+  <si>
+    <t>Caroline Guiela Nguyen</t>
+  </si>
+  <si>
+    <t>FR-Quimper</t>
+  </si>
+  <si>
+    <t>Théâtre de Cornouaille</t>
+  </si>
+  <si>
+    <t>Mar 25 &gt; Mar 28, 2026</t>
+  </si>
+  <si>
+    <t>L'Ordre du jour</t>
+  </si>
+  <si>
+    <t>Eric Vuillard</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Comédie-Française</t>
+  </si>
+  <si>
+    <t>Mar 25 &gt; May 03, 2026</t>
+  </si>
+  <si>
+    <t>Eric Vuillard, Jean Bellorini</t>
+  </si>
+  <si>
+    <t>Manières d’être vivant</t>
+  </si>
+  <si>
+    <t>Baptiste Morizot</t>
+  </si>
+  <si>
+    <t>Baptiste Morizot, Clara Hédouin</t>
+  </si>
+  <si>
+    <t>FR-Douai</t>
+  </si>
+  <si>
+    <t>TANDEM Scène nationale</t>
+  </si>
+  <si>
+    <t>Mar 25 &gt; Mar 27, 2026</t>
+  </si>
+  <si>
+    <t>FR-Sète</t>
+  </si>
+  <si>
+    <t>Théâtre Molière - Sète</t>
+  </si>
+  <si>
+    <t>Mar 27, 2026</t>
+  </si>
+  <si>
+    <t>FR-Brest</t>
+  </si>
+  <si>
+    <t>Le Quartz</t>
+  </si>
+  <si>
+    <t>Apr 01 &gt; Apr 02, 2026</t>
+  </si>
+  <si>
+    <t>Entrée des artistes</t>
+  </si>
+  <si>
+    <t>Ahmed Madani</t>
+  </si>
+  <si>
+    <t>FR-Sartrouville</t>
+  </si>
+  <si>
+    <t>Théâtre de Sartrouville</t>
+  </si>
+  <si>
+    <t>Apr 02 &gt; Apr 03, 2026</t>
+  </si>
+  <si>
+    <t>FR-Cherbourg-en-Cotentin</t>
+  </si>
+  <si>
+    <t>Le Trident</t>
+  </si>
+  <si>
+    <t>Apr 07 &gt; Apr 09, 2026</t>
+  </si>
+  <si>
+    <t>FR-Lorient</t>
+  </si>
+  <si>
+    <t>Théâtre de Lorient - CDN</t>
+  </si>
+  <si>
+    <t>Apr 08 &gt; Apr 09, 2026</t>
   </si>
   <si>
     <t>FR-Bobigny</t>
   </si>
   <si>
     <t>MC93</t>
   </si>
   <si>
-    <t>Feb 11 &gt; Feb 14, 2026</t>
-[...220 lines deleted...]
-  <si>
     <t>Apr 08 &gt; Apr 11, 2026</t>
   </si>
   <si>
+    <t>J'ai trop peur</t>
+  </si>
+  <si>
+    <t>David Lescot</t>
+  </si>
+  <si>
+    <t>FR-Malakoff</t>
+  </si>
+  <si>
+    <t>Malakoff scène nationale</t>
+  </si>
+  <si>
+    <t>Apr 08, 2026</t>
+  </si>
+  <si>
     <t>J'ai trop d'amis</t>
   </si>
   <si>
-    <t>David Lescot</t>
-[...13 lines deleted...]
-  <si>
     <t>FR-Noisy-le-Grand</t>
   </si>
   <si>
     <t>Espace Michel Simon</t>
   </si>
   <si>
     <t>Apr 09 &gt; Apr 10, 2026</t>
   </si>
   <si>
+    <t>Valentina ou la vérité</t>
+  </si>
+  <si>
+    <t>FR-Tremblay-en-France</t>
+  </si>
+  <si>
+    <t>Théâtre Louis Aragon</t>
+  </si>
+  <si>
+    <t>Apr 16, 2026</t>
+  </si>
+  <si>
     <t>CH-Carouge</t>
   </si>
   <si>
     <t>Théâtre de Carouge</t>
   </si>
   <si>
     <t>Apr 21 &gt; May 10, 2026</t>
   </si>
   <si>
     <t>FR-Poitiers</t>
   </si>
   <si>
     <t>TAP – Théâtre Auditorium de Poitiers</t>
   </si>
   <si>
     <t>Apr 23 &gt; Apr 24, 2026</t>
   </si>
   <si>
     <t>FR-Angoulême</t>
   </si>
   <si>
     <t>Théâtre d'Angoulême</t>
   </si>
   <si>
     <t>Apr 28 &gt; Apr 29, 2026</t>
   </si>
   <si>
     <t>May 05 &gt; May 07, 2026</t>
   </si>
   <si>
     <t>SG-Singapour</t>
   </si>
   <si>
     <t>Singapore International Festival of Arts [SIFA]</t>
   </si>
   <si>
     <t>May 15 &gt; May 17, 2026</t>
   </si>
   <si>
-    <t>Valentina ou la vérité</t>
-[...1 lines deleted...]
-  <si>
     <t>IT-Milano</t>
   </si>
   <si>
     <t>Piccolo Teatro di Milano</t>
   </si>
   <si>
     <t>FR-Châtenay-Malabry</t>
   </si>
   <si>
     <t>L'azimut</t>
   </si>
   <si>
     <t>May 20 &gt; May 21, 2026</t>
   </si>
   <si>
+    <t>May 27 &gt; May 29, 2026</t>
+  </si>
+  <si>
     <t>FR-Mulhouse</t>
   </si>
   <si>
     <t>La Filature, Scène nationale de Mulhouse</t>
   </si>
   <si>
     <t>May 27, 2026</t>
-  </si>
-[...1 lines deleted...]
-    <t>May 27 &gt; May 29, 2026</t>
   </si>
   <si>
     <t>FR-Forbach</t>
   </si>
   <si>
     <t>Le Carreau</t>
   </si>
   <si>
     <t>May 28 &gt; May 29, 2026</t>
   </si>
   <si>
     <t>BE-Anvers</t>
   </si>
   <si>
     <t>deSingel</t>
   </si>
   <si>
     <t>May 29 &gt; May 30, 2026</t>
   </si>
   <si>
     <t>DE-Recklinghausen</t>
   </si>
   <si>
     <t>Ruhrfestspiele Recklinghausen</t>
   </si>
@@ -839,54 +815,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G47"/>
+  <dimension ref="A1:G43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G47"/>
+      <selection activeCell="A1" sqref="A1:G43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="45.846" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -919,1064 +895,972 @@
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>25</v>
-      </c>
-[...7 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E7" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>50</v>
-      </c>
-[...7 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D12" s="1"/>
       <c r="E12" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>69</v>
+        <v>32</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>44</v>
+        <v>73</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>7</v>
+        <v>39</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>7</v>
+        <v>49</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>8</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>18</v>
+        <v>60</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D18" s="1"/>
+      <c r="D18" s="1" t="s">
+        <v>80</v>
+      </c>
       <c r="E18" s="1" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>79</v>
+        <v>26</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>80</v>
+        <v>27</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>61</v>
+        <v>85</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>62</v>
+        <v>86</v>
       </c>
       <c r="F20" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="G20" s="1" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>86</v>
+        <v>57</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>87</v>
+        <v>35</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>88</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>89</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>87</v>
+        <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>7</v>
+        <v>49</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>8</v>
+        <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>14</v>
+        <v>72</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>56</v>
+        <v>94</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>57</v>
+        <v>95</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>87</v>
+        <v>98</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>87</v>
+        <v>98</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="G25" s="1" t="s">
         <v>98</v>
-      </c>
-[...7 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>18</v>
+        <v>60</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>7</v>
+        <v>106</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>82</v>
+        <v>39</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>83</v>
+        <v>40</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>31</v>
+        <v>110</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>32</v>
+        <v>111</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>108</v>
+        <v>57</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>109</v>
+        <v>35</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>109</v>
+        <v>35</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>113</v>
+        <v>57</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>109</v>
+        <v>35</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>109</v>
+        <v>35</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>87</v>
+        <v>8</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>114</v>
+        <v>10</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>115</v>
+        <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>87</v>
+        <v>8</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
-        <v>18</v>
+        <v>106</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>122</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
-        <v>67</v>
+        <v>7</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>45</v>
+        <v>91</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>46</v>
+        <v>92</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>44</v>
+        <v>8</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>87</v>
+        <v>19</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>87</v>
+        <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>87</v>
+        <v>61</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>87</v>
+        <v>61</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
-        <v>48</v>
+        <v>106</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>44</v>
+        <v>61</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>104</v>
+        <v>141</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>105</v>
+        <v>142</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>44</v>
+        <v>61</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
-        <v>130</v>
+        <v>71</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>87</v>
+        <v>72</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>87</v>
+        <v>73</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="1" t="s">
-        <v>86</v>
+        <v>39</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>87</v>
+        <v>40</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>143</v>
+        <v>113</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>144</v>
+        <v>114</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>87</v>
+        <v>44</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="1" t="s">
-        <v>130</v>
+        <v>60</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>87</v>
+        <v>61</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>87</v>
-[...91 lines deleted...]
-        <v>87</v>
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>