--- v6 (2026-02-26)
+++ v7 (2026-03-19)
@@ -12,448 +12,430 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Actes Sud" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
+    <t>Jamais dormir</t>
+  </si>
+  <si>
+    <t>Baptiste Amann</t>
+  </si>
+  <si>
+    <t>Actes Sud</t>
+  </si>
+  <si>
+    <t>FR-Biganos</t>
+  </si>
+  <si>
+    <t>Espace culturel Lucien Mounaix</t>
+  </si>
+  <si>
+    <t>Mar 19, 2026</t>
+  </si>
+  <si>
+    <t>Chasselay et autres massacres</t>
+  </si>
+  <si>
+    <t>Eva Doumbia</t>
+  </si>
+  <si>
+    <t>FR-Rouen</t>
+  </si>
+  <si>
+    <t>CDN de Normandie - Rouen</t>
+  </si>
+  <si>
+    <t>Mar 19 &gt; Mar 20, 2026</t>
+  </si>
+  <si>
+    <t>Ivanov</t>
+  </si>
+  <si>
+    <t>Anton Tchekhov</t>
+  </si>
+  <si>
+    <t>FR-Caen</t>
+  </si>
+  <si>
+    <t>Théâtre de Caen</t>
+  </si>
+  <si>
+    <t>Anton Tchekhov, Jean-François Sivadier</t>
+  </si>
+  <si>
+    <t>Vertiges</t>
+  </si>
+  <si>
+    <t>Nasser Djemaï</t>
+  </si>
+  <si>
+    <t>FR-Créteil</t>
+  </si>
+  <si>
+    <t>MAC - Maison des Arts de Créteil</t>
+  </si>
+  <si>
+    <t>Mar 20 &gt; Mar 21, 2026</t>
+  </si>
+  <si>
+    <t>Quand nous nous réveillons d'entre les morts</t>
+  </si>
+  <si>
+    <t>Henrik Ibsen</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Théâtre Nicole Loraux - ENS</t>
+  </si>
+  <si>
+    <t>Mar 20 &gt; Mar 22, 2026</t>
+  </si>
+  <si>
+    <t>Henrik Ibsen, Thomas Médioni</t>
+  </si>
+  <si>
+    <t>FR-Nîmes</t>
+  </si>
+  <si>
+    <t>Théâtre de Nîmes</t>
+  </si>
+  <si>
+    <t>Mar 24, 2026</t>
+  </si>
+  <si>
+    <t>Lieux communs</t>
+  </si>
+  <si>
+    <t>La passerelle</t>
+  </si>
+  <si>
+    <t>Mar 25 &gt; Mar 26, 2026</t>
+  </si>
+  <si>
+    <t>LACRIMA</t>
+  </si>
+  <si>
+    <t>Caroline Guiela Nguyen</t>
+  </si>
+  <si>
+    <t>FR-Quimper</t>
+  </si>
+  <si>
+    <t>Théâtre de Cornouaille</t>
+  </si>
+  <si>
+    <t>Mar 25 &gt; Mar 28, 2026</t>
+  </si>
+  <si>
+    <t>Manières d’être vivant</t>
+  </si>
+  <si>
+    <t>Baptiste Morizot</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>La Criée</t>
+  </si>
+  <si>
+    <t>Baptiste Morizot, Clara Hédouin</t>
+  </si>
+  <si>
+    <t>L'Ordre du jour</t>
+  </si>
+  <si>
+    <t>Eric Vuillard</t>
+  </si>
+  <si>
+    <t>Comédie-Française</t>
+  </si>
+  <si>
+    <t>Mar 25 &gt; May 03, 2026</t>
+  </si>
+  <si>
+    <t>Eric Vuillard, Jean Bellorini</t>
+  </si>
+  <si>
+    <t>FR-Douai</t>
+  </si>
+  <si>
+    <t>TANDEM Scène nationale</t>
+  </si>
+  <si>
+    <t>Mar 25 &gt; Mar 27, 2026</t>
+  </si>
+  <si>
+    <t>FR-Sète</t>
+  </si>
+  <si>
+    <t>Théâtre Molière - Sète</t>
+  </si>
+  <si>
+    <t>Mar 27, 2026</t>
+  </si>
+  <si>
+    <t>FR-Brest</t>
+  </si>
+  <si>
+    <t>Le Quartz</t>
+  </si>
+  <si>
+    <t>Apr 01 &gt; Apr 02, 2026</t>
+  </si>
+  <si>
+    <t>FR-La Rochelle</t>
+  </si>
+  <si>
+    <t>La Coursive</t>
+  </si>
+  <si>
+    <t>Entrée des artistes</t>
+  </si>
+  <si>
+    <t>Ahmed Madani</t>
+  </si>
+  <si>
+    <t>FR-Sartrouville</t>
+  </si>
+  <si>
+    <t>Théâtre de Sartrouville</t>
+  </si>
+  <si>
+    <t>Apr 02 &gt; Apr 03, 2026</t>
+  </si>
+  <si>
+    <t>FR-Cherbourg-en-Cotentin</t>
+  </si>
+  <si>
+    <t>Le Trident</t>
+  </si>
+  <si>
+    <t>Apr 07 &gt; Apr 09, 2026</t>
+  </si>
+  <si>
+    <t>FR-Lorient</t>
+  </si>
+  <si>
+    <t>Théâtre de Lorient - CDN</t>
+  </si>
+  <si>
+    <t>Apr 08 &gt; Apr 09, 2026</t>
+  </si>
+  <si>
+    <t>FR-Bobigny</t>
+  </si>
+  <si>
+    <t>MC93</t>
+  </si>
+  <si>
+    <t>Apr 08 &gt; Apr 11, 2026</t>
+  </si>
+  <si>
+    <t>J'ai trop d'amis</t>
+  </si>
+  <si>
+    <t>David Lescot</t>
+  </si>
+  <si>
+    <t>FR-Malakoff</t>
+  </si>
+  <si>
+    <t>Malakoff scène nationale</t>
+  </si>
+  <si>
+    <t>Apr 08, 2026</t>
+  </si>
+  <si>
+    <t>J'ai trop peur</t>
+  </si>
+  <si>
+    <t>FR-Noisy-le-Grand</t>
+  </si>
+  <si>
+    <t>Espace Michel Simon</t>
+  </si>
+  <si>
+    <t>Apr 09 &gt; Apr 10, 2026</t>
+  </si>
+  <si>
+    <t>Valentina ou la vérité</t>
+  </si>
+  <si>
+    <t>FR-Tremblay-en-France</t>
+  </si>
+  <si>
+    <t>Théâtre Louis Aragon</t>
+  </si>
+  <si>
+    <t>Apr 16, 2026</t>
+  </si>
+  <si>
+    <t>La Réunification des deux Corées</t>
+  </si>
+  <si>
+    <t>Joël Pommerat</t>
+  </si>
+  <si>
+    <t>TW-Taipei</t>
+  </si>
+  <si>
+    <t>National Theater and Concert Hall</t>
+  </si>
+  <si>
+    <t>Apr 17 &gt; Apr 19, 2026</t>
+  </si>
+  <si>
+    <t>CH-Carouge</t>
+  </si>
+  <si>
+    <t>Théâtre de Carouge</t>
+  </si>
+  <si>
+    <t>Apr 21 &gt; May 10, 2026</t>
+  </si>
+  <si>
+    <t>FR-Poitiers</t>
+  </si>
+  <si>
+    <t>TAP – Théâtre Auditorium de Poitiers</t>
+  </si>
+  <si>
+    <t>Apr 23 &gt; Apr 24, 2026</t>
+  </si>
+  <si>
+    <t>FR-Angoulême</t>
+  </si>
+  <si>
+    <t>Théâtre d'Angoulême</t>
+  </si>
+  <si>
+    <t>Apr 28 &gt; Apr 29, 2026</t>
+  </si>
+  <si>
+    <t>FR-Lyon</t>
+  </si>
+  <si>
+    <t>Théâtre de la Croix-Rousse</t>
+  </si>
+  <si>
+    <t>May 05 &gt; May 07, 2026</t>
+  </si>
+  <si>
+    <t>SG-Singapour</t>
+  </si>
+  <si>
+    <t>Singapore International Festival of Arts [SIFA]</t>
+  </si>
+  <si>
+    <t>May 15 &gt; May 17, 2026</t>
+  </si>
+  <si>
+    <t>IT-Milano</t>
+  </si>
+  <si>
+    <t>Piccolo Teatro di Milano</t>
+  </si>
+  <si>
+    <t>FR-Châtenay-Malabry</t>
+  </si>
+  <si>
+    <t>L'azimut</t>
+  </si>
+  <si>
+    <t>May 20 &gt; May 21, 2026</t>
+  </si>
+  <si>
+    <t>Quand j'étais petite je voterai</t>
+  </si>
+  <si>
+    <t>Boris Le Roy</t>
+  </si>
+  <si>
+    <t>FR-Mulhouse</t>
+  </si>
+  <si>
+    <t>La Filature, Scène nationale de Mulhouse</t>
+  </si>
+  <si>
+    <t>May 27, 2026</t>
+  </si>
+  <si>
+    <t>Boris Le Roy, Emilie Capliez</t>
+  </si>
+  <si>
     <t>Le iench</t>
   </si>
   <si>
-    <t>Eva Doumbia</t>
-[...358 lines deleted...]
-  <si>
     <t>May 27 &gt; May 29, 2026</t>
   </si>
   <si>
-    <t>FR-Mulhouse</t>
-[...7 lines deleted...]
-  <si>
     <t>FR-Forbach</t>
   </si>
   <si>
     <t>Le Carreau</t>
   </si>
   <si>
     <t>May 28 &gt; May 29, 2026</t>
   </si>
   <si>
     <t>BE-Anvers</t>
   </si>
   <si>
     <t>deSingel</t>
   </si>
   <si>
     <t>May 29 &gt; May 30, 2026</t>
   </si>
   <si>
     <t>DE-Recklinghausen</t>
   </si>
   <si>
     <t>Ruhrfestspiele Recklinghausen</t>
   </si>
   <si>
     <t>Jun 03 &gt; Jun 05, 2026</t>
@@ -465,50 +447,59 @@
     <t>Theater im Pfalzbau</t>
   </si>
   <si>
     <t>Jun 05 &gt; Jun 06, 2026</t>
   </si>
   <si>
     <t>FR-Foix</t>
   </si>
   <si>
     <t>L'Estive</t>
   </si>
   <si>
     <t>Jun 09, 2026</t>
   </si>
   <si>
     <t>Jun 10 &gt; Jun 11, 2026</t>
   </si>
   <si>
     <t>NL-Amsterdam</t>
   </si>
   <si>
     <t>Holland Festival</t>
   </si>
   <si>
     <t>Jun 24 &gt; Jun 26, 2026</t>
+  </si>
+  <si>
+    <t>FR-Nanterre</t>
+  </si>
+  <si>
+    <t>Théâtre Nanterre-Amandiers</t>
+  </si>
+  <si>
+    <t>Jan 06 &gt; Jan 30, 2027</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -815,59 +806,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G43"/>
+  <dimension ref="A1:G41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G43"/>
+      <selection activeCell="A1" sqref="A1:G41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="45.846" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
@@ -918,949 +909,903 @@
       </c>
       <c r="F3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F4" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G4" s="1" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D5" s="1" t="s">
+      <c r="E5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="F5" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G5" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="C6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="1" t="s">
+      <c r="E6" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="E6" s="1" t="s">
+      <c r="F6" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="F6" s="1" t="s">
+      <c r="G6" s="1" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="E7" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="C7" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D7" s="1" t="s">
+      <c r="F7" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="E7" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G7" s="1" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" s="1"/>
+      <c r="E8" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="F8" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G8" s="1" t="s">
-        <v>44</v>
+        <v>8</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>49</v>
-      </c>
-[...16 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="G12" s="1" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="F13" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="B13" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G13" s="1" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>65</v>
+        <v>40</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>66</v>
+        <v>41</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>32</v>
+        <v>65</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>73</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>39</v>
+        <v>66</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>44</v>
+        <v>67</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>26</v>
+        <v>77</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>27</v>
+        <v>78</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E20" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="F20" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="C20" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G20" s="1" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>57</v>
+        <v>85</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>35</v>
+        <v>81</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>35</v>
+        <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>71</v>
+        <v>89</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="F24" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="B24" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G24" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="B25" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D25" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="C25" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D25" s="1" t="s">
+      <c r="E25" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="E25" s="1" t="s">
+      <c r="F25" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="F25" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G25" s="1" t="s">
-        <v>98</v>
+        <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>60</v>
+        <v>37</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="F26" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="E26" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G26" s="1" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F27" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="B27" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G27" s="1" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>57</v>
+        <v>89</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>10</v>
+        <v>115</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>11</v>
+        <v>116</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>60</v>
+        <v>118</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>61</v>
+        <v>119</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>120</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>121</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>122</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>61</v>
+        <v>123</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
-        <v>106</v>
+        <v>124</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>123</v>
+        <v>74</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>124</v>
+        <v>75</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>39</v>
+        <v>89</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
-        <v>7</v>
+        <v>40</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>91</v>
+        <v>129</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>92</v>
+        <v>130</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>18</v>
+        <v>89</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>106</v>
+        <v>40</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>61</v>
+        <v>46</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
-        <v>106</v>
+        <v>18</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>138</v>
+        <v>101</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>139</v>
+        <v>102</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>73</v>
-[...45 lines deleted...]
-        <v>61</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>