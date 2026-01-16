--- v0 (2025-12-14)
+++ v1 (2026-01-16)
@@ -12,1556 +12,1484 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Les Solitaires Intempestifs" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="517">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="493">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
-    <t>Ο Χορός των εραστών</t>
+    <t>Garçon</t>
+  </si>
+  <si>
+    <t>Simon Grangeat</t>
+  </si>
+  <si>
+    <t>Les Solitaires Intempestifs</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>Théâtre Massalia</t>
+  </si>
+  <si>
+    <t>Jan 16 &gt; Jan 17, 2026</t>
+  </si>
+  <si>
+    <t>Simon Grangeat, Thomas Fourneau</t>
+  </si>
+  <si>
+    <t>Catarina et la beauté de tuer des fascistes</t>
   </si>
   <si>
     <t>Tiago Rodrigues</t>
   </si>
   <si>
-    <t>Les Solitaires Intempestifs</t>
+    <t>PT-Lisbonne</t>
+  </si>
+  <si>
+    <t>Culturgest Lisboa</t>
+  </si>
+  <si>
+    <t>Stabat mater furiosa</t>
+  </si>
+  <si>
+    <t>Jean-Pierre Siméon</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Lavoir Moderne Parisien</t>
+  </si>
+  <si>
+    <t>Jan 16 &gt; Jan 18, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Pierre Siméon, Pierre Pfauwadel</t>
+  </si>
+  <si>
+    <t>Entre les lignes (Entrelinhas)</t>
+  </si>
+  <si>
+    <t>FR-Mougins</t>
+  </si>
+  <si>
+    <t>Scène 55</t>
+  </si>
+  <si>
+    <t>Tiago Rodrigues, Tónan Quito</t>
+  </si>
+  <si>
+    <t>Au nom du ciel</t>
+  </si>
+  <si>
+    <t>Yuval Rozman</t>
+  </si>
+  <si>
+    <t>Le CentQuatre #104 Paris</t>
+  </si>
+  <si>
+    <t>António e Cleópatra (Antoine et Cléôpatre)</t>
+  </si>
+  <si>
+    <t>FR-Bordeaux</t>
+  </si>
+  <si>
+    <t>TnBA</t>
+  </si>
+  <si>
+    <t>Jan 16, 2026</t>
+  </si>
+  <si>
+    <t>La Distance</t>
+  </si>
+  <si>
+    <t>ES-Madrid</t>
+  </si>
+  <si>
+    <t>Centro Dramático Nacional</t>
+  </si>
+  <si>
+    <t>Je suis trop vert</t>
+  </si>
+  <si>
+    <t>David Lescot</t>
+  </si>
+  <si>
+    <t>FR-Redon</t>
+  </si>
+  <si>
+    <t>Le Canal - Théâtre du Pays de Redon</t>
+  </si>
+  <si>
+    <t>Sur tes traces</t>
+  </si>
+  <si>
+    <t>Gurshad Shaheman, Dany Boudreault</t>
+  </si>
+  <si>
+    <t>FR-Mulhouse</t>
+  </si>
+  <si>
+    <t>La Filature, Scène nationale de Mulhouse</t>
+  </si>
+  <si>
+    <t>Jan 17 &gt; Jan 20, 2026</t>
+  </si>
+  <si>
+    <t>Il ne m'est jamais rien arrivé</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Vincent Dedienne</t>
+  </si>
+  <si>
+    <t>FR-Grasse</t>
+  </si>
+  <si>
+    <t>Théâtre de Grasse</t>
+  </si>
+  <si>
+    <t>Jan 18 &gt; Jan 19, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Vincent Dedienne, Johanny Bert</t>
+  </si>
+  <si>
+    <t>Lagarce en musique : Échos et Silences</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce</t>
+  </si>
+  <si>
+    <t>DE-Berlin</t>
+  </si>
+  <si>
+    <t>Club der Polnischen</t>
+  </si>
+  <si>
+    <t>Jan 18, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Lionel Croissant</t>
+  </si>
+  <si>
+    <t>Le Mandat</t>
+  </si>
+  <si>
+    <t>Nicolaï Erdman</t>
+  </si>
+  <si>
+    <t>FR-Vesoul</t>
+  </si>
+  <si>
+    <t>Théâtre Edwige Feuillère</t>
+  </si>
+  <si>
+    <t>Jan 20, 2026</t>
+  </si>
+  <si>
+    <t>Nicolaï Erdman, Patrick Pineau</t>
+  </si>
+  <si>
+    <t>Centre français de Berlin</t>
+  </si>
+  <si>
+    <t>La Chanson de Roland</t>
+  </si>
+  <si>
+    <t>Jean Lambert-wild, Marc Goldberg</t>
+  </si>
+  <si>
+    <t>FR-Versailles</t>
+  </si>
+  <si>
+    <t>Théâtre Montansier de Versailles</t>
+  </si>
+  <si>
+    <t>Jan 20 &gt; Jan 24, 2026</t>
+  </si>
+  <si>
+    <t>Alain Pinochet, Jean Lambert-wild, Lorenzo Malaguerra</t>
+  </si>
+  <si>
+    <t>MC-Monaco</t>
+  </si>
+  <si>
+    <t>Théâtre Princesse Grâce</t>
+  </si>
+  <si>
+    <t>Jan 20 &gt; Jan 23, 2026</t>
+  </si>
+  <si>
+    <t>ES-Barcelone</t>
+  </si>
+  <si>
+    <t>Teatre Lliure</t>
+  </si>
+  <si>
+    <t>Jan 21 &gt; Jan 25, 2026</t>
+  </si>
+  <si>
+    <t>Sœurs (Audrey &amp; Victoria)</t>
+  </si>
+  <si>
+    <t>Pascal Rambert</t>
+  </si>
+  <si>
+    <t>FR-Châlons-en-Champagne</t>
+  </si>
+  <si>
+    <t>La Comète</t>
+  </si>
+  <si>
+    <t>Jan 21 &gt; Jan 22, 2026</t>
+  </si>
+  <si>
+    <t>L'écritoire - Quiche Haus</t>
+  </si>
+  <si>
+    <t>Jan 21, 2026</t>
+  </si>
+  <si>
+    <t>Bovary Madame</t>
+  </si>
+  <si>
+    <t>Christophe Honoré</t>
+  </si>
+  <si>
+    <t>FR-Douai</t>
+  </si>
+  <si>
+    <t>TANDEM Scène nationale</t>
+  </si>
+  <si>
+    <t>Jan 21 &gt; Jan 24, 2026</t>
+  </si>
+  <si>
+    <t>Gustave Flaubert, Christophe Honoré</t>
+  </si>
+  <si>
+    <t>By Heart (Apprendre par cœur)</t>
+  </si>
+  <si>
+    <t>FR-Cergy-Pontoise</t>
+  </si>
+  <si>
+    <t>Points communs</t>
+  </si>
+  <si>
+    <t>L'infâme</t>
+  </si>
+  <si>
+    <t>FR-Rumilly</t>
+  </si>
+  <si>
+    <t>Le Maillon en Scène</t>
+  </si>
+  <si>
+    <t>Jan 22, 2026</t>
+  </si>
+  <si>
+    <t>Simon Grangeat, Laurent Fréchuret</t>
+  </si>
+  <si>
+    <t>Portrait de Ludmilla en Nina Simone</t>
+  </si>
+  <si>
+    <t>Université Sorbonne Nouvelle - Paris 3</t>
+  </si>
+  <si>
+    <t>Ludmilla Dabo, David Lescot</t>
+  </si>
+  <si>
+    <t>Chœur des amants</t>
+  </si>
+  <si>
+    <t>FR-Meudon</t>
+  </si>
+  <si>
+    <t>Espace culturel Robert Doisneau</t>
+  </si>
+  <si>
+    <t>Dispak Dispac'h</t>
+  </si>
+  <si>
+    <t>Patricia Allio</t>
+  </si>
+  <si>
+    <t>BE-Bruxelles</t>
+  </si>
+  <si>
+    <t>Théâtre Varia</t>
+  </si>
+  <si>
+    <t>Jan 22 &gt; Jan 24, 2026</t>
+  </si>
+  <si>
+    <t>Derniers remords avant l'oubli</t>
+  </si>
+  <si>
+    <t>Théâtre Clavel</t>
+  </si>
+  <si>
+    <t>Jan 22 &gt; Jan 29, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Margaux Cury</t>
+  </si>
+  <si>
+    <t>FR-Antibes</t>
+  </si>
+  <si>
+    <t>Anthéa - Antipolis</t>
+  </si>
+  <si>
+    <t>Jan 22 &gt; Jan 25, 2026</t>
+  </si>
+  <si>
+    <t>KILLT - Les règles du jeu</t>
+  </si>
+  <si>
+    <t>Yann Verburgh</t>
+  </si>
+  <si>
+    <t>Grand Palais</t>
+  </si>
+  <si>
+    <t>Jan 24 &gt; Jan 25, 2026</t>
+  </si>
+  <si>
+    <t>Yann Verburgh, Olivier Letellier, Malte Martin</t>
+  </si>
+  <si>
+    <t>FR-Dieppe</t>
+  </si>
+  <si>
+    <t>DSN - Dieppe Scène Nationale</t>
+  </si>
+  <si>
+    <t>Jan 24, 2026</t>
+  </si>
+  <si>
+    <t>Juste la fin du monde</t>
+  </si>
+  <si>
+    <t>FR-Montpellier</t>
+  </si>
+  <si>
+    <t>Carré Rondelet</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Grégoire Aubin</t>
+  </si>
+  <si>
+    <t>FR-Lyon</t>
+  </si>
+  <si>
+    <t>Théâtre de la Croix-Rousse</t>
+  </si>
+  <si>
+    <t>Jan 27 &gt; Jan 31, 2026</t>
+  </si>
+  <si>
+    <t>FR-Verdun</t>
+  </si>
+  <si>
+    <t>Transversales</t>
+  </si>
+  <si>
+    <t>Jan 27, 2026</t>
+  </si>
+  <si>
+    <t>Aš buvau namuose ir laukiau, kol ateis lietus</t>
+  </si>
+  <si>
+    <t>Kudirkos Naumiestyje</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Lina Inga Stankaitytė</t>
+  </si>
+  <si>
+    <t>Les Célestins, Théâtre de Lyon</t>
+  </si>
+  <si>
+    <t>Jan 28 &gt; Jan 31, 2026</t>
+  </si>
+  <si>
+    <t>FR-Besançon</t>
+  </si>
+  <si>
+    <t>Nouveau Théâtre Besançon (NTB)</t>
+  </si>
+  <si>
+    <t>Jan 28, 2026</t>
+  </si>
+  <si>
+    <t>Cavalières</t>
+  </si>
+  <si>
+    <t>Isabelle Lafon</t>
+  </si>
+  <si>
+    <t>FR-Malakoff</t>
+  </si>
+  <si>
+    <t>Malakoff scène nationale</t>
+  </si>
+  <si>
+    <t>Jan 29 &gt; Jan 30, 2026</t>
+  </si>
+  <si>
+    <t>FR-Montbéliard</t>
+  </si>
+  <si>
+    <t>MA scène nationale - Pays de Montbéliard</t>
+  </si>
+  <si>
+    <t>Jan 29, 2026</t>
+  </si>
+  <si>
+    <t>FR-Le Creusot</t>
+  </si>
+  <si>
+    <t>L'ARC</t>
+  </si>
+  <si>
+    <t>FR-Quimper</t>
+  </si>
+  <si>
+    <t>Très Tôt Théâtre</t>
+  </si>
+  <si>
+    <t>FR-Dunkerque</t>
+  </si>
+  <si>
+    <t>Le Bateau Feu</t>
+  </si>
+  <si>
+    <t>FR-Angers</t>
+  </si>
+  <si>
+    <t>Le Quai - Angers</t>
+  </si>
+  <si>
+    <t>Jan 30 &gt; Jan 31, 2026</t>
+  </si>
+  <si>
+    <t>Espace Marcel Carné</t>
+  </si>
+  <si>
+    <t>Jan 30, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Guillaume Barbot</t>
+  </si>
+  <si>
+    <t>FR-Toulouse</t>
+  </si>
+  <si>
+    <t>ThéâtredelaCité</t>
+  </si>
+  <si>
+    <t>Feb 01 &gt; Feb 05, 2026</t>
+  </si>
+  <si>
+    <t>FR-Le Havre</t>
+  </si>
+  <si>
+    <t>Le Volcan</t>
+  </si>
+  <si>
+    <t>Feb 03 &gt; Feb 04, 2026</t>
+  </si>
+  <si>
+    <t>FR-Le Vésinet</t>
+  </si>
+  <si>
+    <t>Théâtre du Vésinet</t>
+  </si>
+  <si>
+    <t>Feb 03, 2026</t>
+  </si>
+  <si>
+    <t>Kill Me</t>
+  </si>
+  <si>
+    <t>Marina Otero</t>
+  </si>
+  <si>
+    <t>Feb 03 &gt; Feb 07, 2026</t>
+  </si>
+  <si>
+    <t>FR-Hérouville-Saint-Clair</t>
+  </si>
+  <si>
+    <t>Comédie de Caen</t>
+  </si>
+  <si>
+    <t>Feb 05 &gt; Feb 06, 2026</t>
+  </si>
+  <si>
+    <t>FR-Nanterre</t>
+  </si>
+  <si>
+    <t>Théâtre Bernard-Marie Koltès</t>
+  </si>
+  <si>
+    <t>Feb 05, 2026</t>
+  </si>
+  <si>
+    <t>El tiempo todo entero</t>
+  </si>
+  <si>
+    <t>Romina Paula</t>
+  </si>
+  <si>
+    <t>FR-Reims</t>
+  </si>
+  <si>
+    <t>FARaway</t>
+  </si>
+  <si>
+    <t>Feb 06 &gt; Feb 07, 2026</t>
+  </si>
+  <si>
+    <t>FR-Mont-de-Marsan</t>
+  </si>
+  <si>
+    <t>Théâtre de Gascogne - Scènes de Mont-de-Marsan</t>
+  </si>
+  <si>
+    <t>Feb 06, 2026</t>
+  </si>
+  <si>
+    <t>FR-Aix-en-Provence</t>
+  </si>
+  <si>
+    <t>Le Pavillon Noir</t>
+  </si>
+  <si>
+    <t>Clôture de l'amour</t>
+  </si>
+  <si>
+    <t>FR-Nice</t>
+  </si>
+  <si>
+    <t>Théâtre Francis-Gag</t>
+  </si>
+  <si>
+    <t>Feb 07, 2026</t>
+  </si>
+  <si>
+    <t>Pascal Rambert, Fabienne Colson, Frédéric De Goldfiem</t>
+  </si>
+  <si>
+    <t>FR-Pontault-Combault</t>
+  </si>
+  <si>
+    <t>Les Passerelles</t>
+  </si>
+  <si>
+    <t>FR-Agen</t>
+  </si>
+  <si>
+    <t>Théâtre Ducourneau</t>
+  </si>
+  <si>
+    <t>Jenom konec světa</t>
+  </si>
+  <si>
+    <t>CZ-Brno</t>
+  </si>
+  <si>
+    <t>HaDivadlo</t>
+  </si>
+  <si>
+    <t>Feb 08 &gt; Mar 31, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Ivan Buraj</t>
+  </si>
+  <si>
+    <t>Peau d'âne, la fête est finie</t>
+  </si>
+  <si>
+    <t>Hélène Soulié, Marie Dilasser</t>
+  </si>
+  <si>
+    <t>FR-Le Mans</t>
+  </si>
+  <si>
+    <t>Les Quinconces-L'Espal</t>
+  </si>
+  <si>
+    <t>Feb 09 &gt; Feb 11, 2026</t>
+  </si>
+  <si>
+    <t>Marie Dilasser, Hélène Soulié</t>
+  </si>
+  <si>
+    <t>FR-Martigues</t>
+  </si>
+  <si>
+    <t>Théâtre des Salins</t>
+  </si>
+  <si>
+    <t>Feb 10, 2026</t>
+  </si>
+  <si>
+    <t>La vie secrète des vieux</t>
+  </si>
+  <si>
+    <t>Mohamed El Khatib</t>
+  </si>
+  <si>
+    <t>Feb 10 &gt; Feb 11, 2026</t>
+  </si>
+  <si>
+    <t>FR-Nogent-sur-Marne</t>
+  </si>
+  <si>
+    <t>Théâtre Antoine Watteau</t>
+  </si>
+  <si>
+    <t>Théâtre de L'Atelier</t>
+  </si>
+  <si>
+    <t>Feb 12 &gt; Mar 08, 2026</t>
+  </si>
+  <si>
+    <t>FR-Eaubonne</t>
+  </si>
+  <si>
+    <t>Espace Culturel L’Orange Bleue</t>
+  </si>
+  <si>
+    <t>Feb 13, 2026</t>
+  </si>
+  <si>
+    <t>FR-Avignon</t>
+  </si>
+  <si>
+    <t>Les Hivernales - CDCN d'Avignon</t>
+  </si>
+  <si>
+    <t>Le suicidé</t>
+  </si>
+  <si>
+    <t>Théâtre Nanterre-Amandiers</t>
+  </si>
+  <si>
+    <t>Feb 13 &gt; Feb 21, 2026</t>
+  </si>
+  <si>
+    <t>Nicolaï Erdman, Jean Bellorini</t>
+  </si>
+  <si>
+    <t>FR-Lorient</t>
+  </si>
+  <si>
+    <t>Théâtre de Lorient - CDN</t>
+  </si>
+  <si>
+    <t>Feb 14, 2026</t>
+  </si>
+  <si>
+    <t>FR-Noisy-le-Grand</t>
+  </si>
+  <si>
+    <t>Espace Michel Simon</t>
+  </si>
+  <si>
+    <t>Feb 17, 2026</t>
+  </si>
+  <si>
+    <t>FR-Castelnau-le-Lez</t>
+  </si>
+  <si>
+    <t>Le Kiasma - Agora</t>
+  </si>
+  <si>
+    <t>Feb 19, 2026</t>
+  </si>
+  <si>
+    <t>Tik pasaulio pabaiga</t>
+  </si>
+  <si>
+    <t>LT-Panevėžys</t>
+  </si>
+  <si>
+    <t>Juozo Miltinio dramos teatras</t>
+  </si>
+  <si>
+    <t>Feb 20, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Valentinas Masalskis</t>
+  </si>
+  <si>
+    <t>Taire</t>
+  </si>
+  <si>
+    <t>Tamara Al Saadi</t>
+  </si>
+  <si>
+    <t>Feb 25 &gt; Feb 27, 2026</t>
+  </si>
+  <si>
+    <t>FR-Anglet</t>
+  </si>
+  <si>
+    <t>Théâtre Quintaou</t>
+  </si>
+  <si>
+    <t>Feb 26 &gt; Feb 27, 2026</t>
+  </si>
+  <si>
+    <t>BE-Anvers</t>
+  </si>
+  <si>
+    <t>deSingel</t>
+  </si>
+  <si>
+    <t>Feb 27 &gt; Feb 28, 2026</t>
+  </si>
+  <si>
+    <t>Les Règles du savoir-vivre dans la société moderne</t>
+  </si>
+  <si>
+    <t>Théâtre des Bouffes parisiens</t>
+  </si>
+  <si>
+    <t>Mar 02 &gt; Apr 14, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Marcial Di Fonzo Bo</t>
+  </si>
+  <si>
+    <t>FR-Beauvais</t>
+  </si>
+  <si>
+    <t>Théâtre du Beauvaisis</t>
+  </si>
+  <si>
+    <t>Mar 03 &gt; Mar 07, 2026</t>
+  </si>
+  <si>
+    <t>Les Forteresses</t>
+  </si>
+  <si>
+    <t>Gurshad Shaheman</t>
+  </si>
+  <si>
+    <t>LE ZEF - scène nationale</t>
+  </si>
+  <si>
+    <t>Mar 03 &gt; Mar 04, 2026</t>
+  </si>
+  <si>
+    <t>FR-Epinal</t>
+  </si>
+  <si>
+    <t>Scènes Vosges</t>
+  </si>
+  <si>
+    <t>Mar 03, 2026</t>
+  </si>
+  <si>
+    <t>FR-Blois</t>
+  </si>
+  <si>
+    <t>La Halle aux Grains</t>
+  </si>
+  <si>
+    <t>Mar 05, 2026</t>
+  </si>
+  <si>
+    <t>FR-Belfort</t>
+  </si>
+  <si>
+    <t>Grrranit</t>
+  </si>
+  <si>
+    <t>Mar 05 &gt; Mar 06, 2026</t>
+  </si>
+  <si>
+    <t>FR-Annemasse</t>
+  </si>
+  <si>
+    <t>Château Rouge</t>
+  </si>
+  <si>
+    <t>FR-Cavaillon</t>
+  </si>
+  <si>
+    <t>La Garance</t>
+  </si>
+  <si>
+    <t>Mar 06, 2026</t>
+  </si>
+  <si>
+    <t>ES-Grenade</t>
+  </si>
+  <si>
+    <t>Teatro Alhambra</t>
+  </si>
+  <si>
+    <t>Mar 06 &gt; Mar 07, 2026</t>
+  </si>
+  <si>
+    <t>FR-Vannes</t>
+  </si>
+  <si>
+    <t>Scènes du Golfe</t>
+  </si>
+  <si>
+    <t>Mar 10 &gt; Mar 11, 2026</t>
+  </si>
+  <si>
+    <t>Noi gli eroi</t>
+  </si>
+  <si>
+    <t>IT-Prato</t>
+  </si>
+  <si>
+    <t>Teatro Metastasio di Prato</t>
+  </si>
+  <si>
+    <t>Mar 10 &gt; Mar 15, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Giorgia Cerruti</t>
+  </si>
+  <si>
+    <t>FR-Rungis</t>
+  </si>
+  <si>
+    <t>L'Arc-en-Ciel - Théâtre de Rungis</t>
+  </si>
+  <si>
+    <t>Mar 10, 2026</t>
+  </si>
+  <si>
+    <t>Théâtre National de Nice</t>
+  </si>
+  <si>
+    <t>Mar 11 &gt; Mar 13, 2026</t>
+  </si>
+  <si>
+    <t>FR-Vélizy-Villacoublay</t>
+  </si>
+  <si>
+    <t>L'Onde Théâtre Centre d'Art</t>
+  </si>
+  <si>
+    <t>Mar 12 &gt; Mar 14, 2026</t>
+  </si>
+  <si>
+    <t>FR-Orléans</t>
+  </si>
+  <si>
+    <t>CDN Orléans / Centre-Val de Loire</t>
+  </si>
+  <si>
+    <t>FR-Miramas</t>
+  </si>
+  <si>
+    <t>Théâtre La Colonne</t>
+  </si>
+  <si>
+    <t>Mar 12, 2026</t>
+  </si>
+  <si>
+    <t>Portrait de famille</t>
+  </si>
+  <si>
+    <t>Jean-François Sivadier</t>
+  </si>
+  <si>
+    <t>FR-Toulon</t>
+  </si>
+  <si>
+    <t>Le Liberté, scène nationale</t>
+  </si>
+  <si>
+    <t>Du Luxe et de l'impuissance</t>
+  </si>
+  <si>
+    <t>FR-Le Tampon</t>
+  </si>
+  <si>
+    <t>Théâtre Luc Donat</t>
+  </si>
+  <si>
+    <t>Mar 13, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Charles Rios</t>
+  </si>
+  <si>
+    <t>FR-Noisiel</t>
+  </si>
+  <si>
+    <t>La Ferme du Buisson</t>
+  </si>
+  <si>
+    <t>Mar 14, 2026</t>
+  </si>
+  <si>
+    <t>IT-Brescia</t>
+  </si>
+  <si>
+    <t>Centro Teatrale Bresciano</t>
+  </si>
+  <si>
+    <t>Mar 17 &gt; Mar 22, 2026</t>
+  </si>
+  <si>
+    <t>FR-Corbeil-Essonnes</t>
+  </si>
+  <si>
+    <t>Le Théâtre de Corbeil-Essonnes</t>
+  </si>
+  <si>
+    <t>Mar 17, 2026</t>
+  </si>
+  <si>
+    <t>BE-Liège</t>
+  </si>
+  <si>
+    <t>Théâtre de Liège</t>
+  </si>
+  <si>
+    <t>Mar 18 &gt; Mar 20, 2026</t>
+  </si>
+  <si>
+    <t>FR-Gap</t>
+  </si>
+  <si>
+    <t>La Passerelle</t>
+  </si>
+  <si>
+    <t>Mar 18, 2026</t>
+  </si>
+  <si>
+    <t>FR-Sartrouville</t>
+  </si>
+  <si>
+    <t>Théâtre de Sartrouville</t>
+  </si>
+  <si>
+    <t>Mar 19 &gt; Mar 20, 2026</t>
+  </si>
+  <si>
+    <t>Le Scarabée et l’océan</t>
+  </si>
+  <si>
+    <t>Leïla Anis</t>
+  </si>
+  <si>
+    <t>FR-Saint-Denis</t>
+  </si>
+  <si>
+    <t>Théâtre Gérard Philipe - TGP</t>
+  </si>
+  <si>
+    <t>Mar 19 &gt; Mar 21, 2026</t>
+  </si>
+  <si>
+    <t>Leïla Anis, Julie Bertin, Jade Herbulot</t>
+  </si>
+  <si>
+    <t>Mar 19, 2026</t>
+  </si>
+  <si>
+    <t>Au bout de ma langue</t>
+  </si>
+  <si>
+    <t>Maif Social Club</t>
+  </si>
+  <si>
+    <t>Simon Grangeat, Tal Reuveny</t>
+  </si>
+  <si>
+    <t>Théâtre de la Ville - Paris</t>
+  </si>
+  <si>
+    <t>Mar 20 &gt; Apr 16, 2026</t>
+  </si>
+  <si>
+    <t>FR-Lieusaint</t>
+  </si>
+  <si>
+    <t>Théâtre-Sénart, Scène nationale</t>
+  </si>
+  <si>
+    <t>Mar 20 &gt; Mar 22, 2026</t>
+  </si>
+  <si>
+    <t>Teatro Municipal de Ourem</t>
+  </si>
+  <si>
+    <t>Mar 20 &gt; Mar 21, 2026</t>
+  </si>
+  <si>
+    <t>Mar 20, 2026</t>
+  </si>
+  <si>
+    <t>Hécube, pas Hécube</t>
+  </si>
+  <si>
+    <t>Le 13ème Art</t>
+  </si>
+  <si>
+    <t>Mar 21 &gt; May 02, 2026</t>
+  </si>
+  <si>
+    <t>FR-Val-de-Reuil</t>
+  </si>
+  <si>
+    <t>Théâtre de l'Arsenal</t>
+  </si>
+  <si>
+    <t>Mar 24, 2026</t>
+  </si>
+  <si>
+    <t>Señora Tentación</t>
+  </si>
+  <si>
+    <t>Marie Dilasser</t>
+  </si>
+  <si>
+    <t>FR-Saint-Etienne</t>
+  </si>
+  <si>
+    <t>La Comédie de Saint-Étienne</t>
+  </si>
+  <si>
+    <t>Mar 24 &gt; Mar 26, 2026</t>
+  </si>
+  <si>
+    <t>Marie Dilasser, Roser Montlló Guberna, Brigitte Seth</t>
+  </si>
+  <si>
+    <t>Mar 25 &gt; Mar 28, 2026</t>
+  </si>
+  <si>
+    <t>Mar 26 &gt; Mar 28, 2026</t>
+  </si>
+  <si>
+    <t>Teatro Municipal de Vila Real</t>
+  </si>
+  <si>
+    <t>Mar 27 &gt; Mar 28, 2026</t>
+  </si>
+  <si>
+    <t>Vudú</t>
+  </si>
+  <si>
+    <t>Angélica Liddell</t>
+  </si>
+  <si>
+    <t>Odéon-Théâtre de l'Europe</t>
+  </si>
+  <si>
+    <t>Mar 27 &gt; Apr 12, 2026</t>
+  </si>
+  <si>
+    <t>L’Entracte, Sablé sur Sarthe</t>
+  </si>
+  <si>
+    <t>Mar 27, 2026</t>
+  </si>
+  <si>
+    <t>FR-Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>Le Carré-Les Colonnes</t>
+  </si>
+  <si>
+    <t>Mar 31 &gt; Apr 02, 2026</t>
+  </si>
+  <si>
+    <t>FR-Grenoble</t>
+  </si>
+  <si>
+    <t>MC2:</t>
+  </si>
+  <si>
+    <t>Apr 01 &gt; Apr 02, 2026</t>
+  </si>
+  <si>
+    <t>Apr 01 &gt; Apr 03, 2026</t>
+  </si>
+  <si>
+    <t>FR-Brive</t>
+  </si>
+  <si>
+    <t>L'Empreinte - Scène nationale Brive-Tulle</t>
+  </si>
+  <si>
+    <t>FR-Niort</t>
+  </si>
+  <si>
+    <t>Le Moulin du Roc</t>
+  </si>
+  <si>
+    <t>Apr 01, 2026</t>
+  </si>
+  <si>
+    <t>FR-Saint-Denis de La Réunion</t>
+  </si>
+  <si>
+    <t>Théâtre Canter</t>
+  </si>
+  <si>
+    <t>Apr 02 &gt; Apr 04, 2026</t>
+  </si>
+  <si>
+    <t>FR-Châtenay-Malabry</t>
+  </si>
+  <si>
+    <t>L'azimut</t>
+  </si>
+  <si>
+    <t>Apr 02, 2026</t>
+  </si>
+  <si>
+    <t>A la barre</t>
+  </si>
+  <si>
+    <t>Ronan Chéneau</t>
+  </si>
+  <si>
+    <t>FR-Vienne</t>
+  </si>
+  <si>
+    <t>Théâtre François Ponsard</t>
+  </si>
+  <si>
+    <t>Ronan Chéneau, Steeve Brunet</t>
+  </si>
+  <si>
+    <t>Face à la mère</t>
+  </si>
+  <si>
+    <t>Jean-René Lemoine</t>
+  </si>
+  <si>
+    <t>Apr 04, 2026</t>
+  </si>
+  <si>
+    <t>Jean-René Lemoine, Guy Cassiers</t>
+  </si>
+  <si>
+    <t>Apr 08, 2026</t>
+  </si>
+  <si>
+    <t>Théâtre du Rond-Point</t>
+  </si>
+  <si>
+    <t>Apr 09 &gt; Apr 18, 2026</t>
+  </si>
+  <si>
+    <t>Apr 09, 2026</t>
+  </si>
+  <si>
+    <t>BE-Leuze-en-Hainaut</t>
+  </si>
+  <si>
+    <t>Centre Culturel de Leuze-en-Hainaut</t>
+  </si>
+  <si>
+    <t>Apr 10 &gt; Apr 26, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Mathilde Toubeau</t>
+  </si>
+  <si>
+    <t>FR-Choisy-le-Roi</t>
+  </si>
+  <si>
+    <t>Théâtre Cinéma de Choisy-le-Roi</t>
+  </si>
+  <si>
+    <t>Apr 12 &gt; Apr 14, 2026</t>
+  </si>
+  <si>
+    <t>FR-Le Kremlin-Bicêtre</t>
+  </si>
+  <si>
+    <t>Espace Culturel André Malraux - ECAM</t>
+  </si>
+  <si>
+    <t>Apr 17, 2026</t>
+  </si>
+  <si>
+    <t>The Brotherhood</t>
+  </si>
+  <si>
+    <t>Carolina Bianchi</t>
+  </si>
+  <si>
+    <t>CH-Genève</t>
+  </si>
+  <si>
+    <t>Comédie de Genève</t>
+  </si>
+  <si>
+    <t>Apr 22 &gt; Apr 25, 2026</t>
+  </si>
+  <si>
+    <t>Théâtre des Marronniers</t>
+  </si>
+  <si>
+    <t>Apr 22 &gt; Apr 27, 2026</t>
+  </si>
+  <si>
+    <t>FR-Villeurbanne</t>
+  </si>
+  <si>
+    <t>Théâtre National Populaire (TNP)</t>
+  </si>
+  <si>
+    <t>Apr 24 &gt; Apr 29, 2026</t>
+  </si>
+  <si>
+    <t>FR-Bayonne</t>
+  </si>
+  <si>
+    <t>Scène Nationale du Sud-Aquitain</t>
+  </si>
+  <si>
+    <t>Apr 28, 2026</t>
+  </si>
+  <si>
+    <t>Apr 28 &gt; Apr 30, 2026</t>
+  </si>
+  <si>
+    <t>FR-Le Perreux-sur-Marne</t>
+  </si>
+  <si>
+    <t>Centre des Bords de Marne</t>
+  </si>
+  <si>
+    <t>May 05, 2026</t>
+  </si>
+  <si>
+    <t>FR-Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>La Comédie de Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>May 05 &gt; May 06, 2026</t>
+  </si>
+  <si>
+    <t>FR-Valence</t>
+  </si>
+  <si>
+    <t>La Comédie de Valence</t>
   </si>
   <si>
     <t>GR-Athènes</t>
   </si>
   <si>
     <t>Onassis Stegi</t>
   </si>
   <si>
-    <t>Dec 14 &gt; Jan 10, 2026</t>
-[...1355 lines deleted...]
-    <t>La Comédie de Clermont-Ferrand</t>
+    <t>May 07 &gt; May 10, 2026</t>
   </si>
   <si>
     <t>FR-Creil</t>
   </si>
   <si>
     <t>La Faïencerie - Théâtre de Creil</t>
   </si>
   <si>
     <t>May 07, 2026</t>
   </si>
   <si>
-    <t>May 07 &gt; May 10, 2026</t>
-[...1 lines deleted...]
-  <si>
     <t>May 11 &gt; May 12, 2026</t>
   </si>
   <si>
+    <t>Les Gaulois</t>
+  </si>
+  <si>
+    <t>Marion Aubert</t>
+  </si>
+  <si>
+    <t>Marion Aubert, Thomas Blanchard, Olivier Martin-Salvan</t>
+  </si>
+  <si>
     <t>FR-Troyes</t>
   </si>
   <si>
     <t>Théâtre de la Madeleine - Troyes</t>
   </si>
   <si>
     <t>May 12, 2026</t>
   </si>
   <si>
     <t>IT-Milano</t>
   </si>
   <si>
     <t>Piccolo Teatro di Milano</t>
   </si>
   <si>
     <t>May 14 &gt; May 16, 2026</t>
   </si>
   <si>
     <t>May 15 &gt; May 16, 2026</t>
   </si>
   <si>
+    <t>May 16 &gt; Jun 14, 2026</t>
+  </si>
+  <si>
     <t>FR-Vire</t>
   </si>
   <si>
     <t>Le Préau</t>
   </si>
   <si>
     <t>May 19 &gt; May 22, 2026</t>
   </si>
   <si>
-    <t>May 19 &gt; Jun 10, 2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Princesse de pierre et Rouge dents</t>
   </si>
   <si>
     <t>Pauline Peyrade</t>
   </si>
   <si>
     <t>FR-Bagnolet</t>
   </si>
   <si>
     <t>Théâtre l'Echangeur</t>
   </si>
   <si>
     <t>May 20 &gt; May 23, 2026</t>
   </si>
   <si>
     <t>Pauline Peyrade, Mohand Azzoug</t>
   </si>
   <si>
     <t>May 21 &gt; May 22, 2026</t>
   </si>
   <si>
+    <t>FR-Vénissieux</t>
+  </si>
+  <si>
+    <t>La Machinerie - Théâtre de Vénissieux</t>
+  </si>
+  <si>
     <t>May 23, 2026</t>
   </si>
   <si>
+    <t>May 26 &gt; Jun 17, 2026</t>
+  </si>
+  <si>
     <t>FR-Istres</t>
   </si>
   <si>
     <t>Théâtre de l'Olivier</t>
   </si>
   <si>
     <t>May 27 &gt; May 28, 2026</t>
   </si>
   <si>
     <t>Einfach das Ende der Welt</t>
   </si>
   <si>
     <t>DE-Bonn</t>
   </si>
   <si>
     <t>Theater Bonn</t>
   </si>
   <si>
     <t>May 28, 2026</t>
   </si>
   <si>
     <t>Jean-Luc Lagarce, Max Lindemann</t>
   </si>
   <si>
     <t>Le Bois de l'Aune</t>
   </si>
   <si>
     <t>Jun 02 &gt; Jun 03, 2026</t>
   </si>
   <si>
     <t>No Yogurt for the Dead</t>
   </si>
   <si>
     <t>Koninklijke Vlaamse Schouwburg (KVS)</t>
   </si>
   <si>
     <t>Jun 03 &gt; Jun 04, 2026</t>
+  </si>
+  <si>
+    <t>Le Printemps des Comédiens</t>
   </si>
   <si>
     <t>Jun 04 &gt; Jun 07, 2026</t>
   </si>
   <si>
     <t>Illusions</t>
   </si>
   <si>
     <t>Ivan Viripaev</t>
   </si>
   <si>
     <t>Théâtre de la Tempête</t>
   </si>
   <si>
     <t>Jun 04 &gt; Jun 21, 2026</t>
   </si>
   <si>
     <t>Ivan Viripaev, Yordan Goldwaser</t>
   </si>
   <si>
     <t>Toneelhuis</t>
   </si>
   <si>
     <t>Jun 06 &gt; Jun 07, 2026</t>
   </si>
@@ -1913,4172 +1841,3873 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G179"/>
+  <dimension ref="A1:G166"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G179"/>
+      <selection activeCell="A1" sqref="A1:G166"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="64.841" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="E7" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C7" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D7" s="1" t="s">
+      <c r="F7" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="E7" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G7" s="1" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="E8" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C8" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F8" s="1" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D9" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="E9" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="C9" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F9" s="1" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G10" s="1" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>51</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>8</v>
+        <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>8</v>
+        <v>58</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>68</v>
+        <v>48</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="E17" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G17" s="1" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>78</v>
+        <v>35</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>8</v>
+        <v>79</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>8</v>
+        <v>79</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>72</v>
+        <v>53</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>73</v>
+        <v>54</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>30</v>
+        <v>83</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>77</v>
+        <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D21" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="E21" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C21" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D21" s="1" t="s">
+      <c r="F21" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="E21" s="1" t="s">
+      <c r="G21" s="1" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="E22" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F22" s="1" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>97</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>40</v>
+        <v>94</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>41</v>
+        <v>8</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>42</v>
+        <v>95</v>
       </c>
       <c r="E23" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="G23" s="1" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>52</v>
+        <v>99</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="E24" s="1" t="s">
+      <c r="F24" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="G24" s="1" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>103</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>104</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>77</v>
+        <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="C26" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D26" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="C26" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D26" s="1" t="s">
+      <c r="E26" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="E26" s="1" t="s">
+      <c r="F26" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="F26" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G26" s="1" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>111</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>112</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>14</v>
+        <v>113</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>72</v>
+        <v>47</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>77</v>
+        <v>52</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>93</v>
+        <v>15</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>97</v>
+        <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>8</v>
+        <v>128</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>127</v>
+        <v>91</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>129</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>130</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>131</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>132</v>
+        <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="E33" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="B33" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F33" s="1" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>134</v>
+        <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B34" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D34" s="1"/>
+      <c r="E34" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="C34" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D34" s="1" t="s">
+      <c r="F34" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>137</v>
-      </c>
-[...7 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B35" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="B35" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>140</v>
+        <v>129</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>72</v>
+        <v>47</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>77</v>
+        <v>52</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>72</v>
+        <v>143</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>73</v>
+        <v>144</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="E37" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="E37" s="1" t="s">
+      <c r="F37" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="F37" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G37" s="1" t="s">
-        <v>77</v>
+        <v>144</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>59</v>
+        <v>148</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>60</v>
+        <v>149</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
-        <v>150</v>
+        <v>102</v>
       </c>
       <c r="B39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D39" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="C39" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D39" s="1" t="s">
+      <c r="E39" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="E39" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F39" s="1" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>155</v>
+        <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
-        <v>92</v>
+        <v>38</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>93</v>
+        <v>39</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>97</v>
+        <v>39</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>160</v>
+        <v>147</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="1" t="s">
-        <v>161</v>
+        <v>85</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>8</v>
+        <v>86</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>8</v>
+        <v>90</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="1" t="s">
-        <v>164</v>
+        <v>125</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>37</v>
+        <v>54</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D43" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D43" s="1"/>
       <c r="E43" s="1" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>37</v>
+        <v>162</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="1" t="s">
-        <v>123</v>
+        <v>47</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="1" t="s">
-        <v>171</v>
+        <v>35</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>175</v>
+        <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="1" t="s">
-        <v>83</v>
+        <v>125</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>120</v>
+        <v>169</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>121</v>
+        <v>170</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>8</v>
+        <v>162</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="1" t="s">
-        <v>72</v>
+        <v>172</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>73</v>
+        <v>173</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>176</v>
+        <v>49</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>177</v>
+        <v>50</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>77</v>
+        <v>173</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="1" t="s">
-        <v>179</v>
+        <v>143</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>88</v>
+        <v>144</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>89</v>
+        <v>129</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>90</v>
+        <v>138</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>88</v>
+        <v>144</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="1" t="s">
-        <v>181</v>
+        <v>38</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>136</v>
+        <v>39</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>183</v>
+        <v>39</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="1" t="s">
-        <v>184</v>
+        <v>99</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>185</v>
+        <v>39</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>188</v>
+        <v>101</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="1" t="s">
-        <v>83</v>
+        <v>181</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>8</v>
+        <v>182</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>8</v>
+        <v>182</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="1" t="s">
-        <v>83</v>
+        <v>102</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="1" t="s">
-        <v>161</v>
+        <v>172</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>8</v>
+        <v>173</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>56</v>
+        <v>189</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>8</v>
+        <v>173</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="1" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>41</v>
+        <v>79</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D54" s="1"/>
+      <c r="D54" s="1" t="s">
+        <v>192</v>
+      </c>
       <c r="E54" s="1" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>194</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="1" t="s">
-        <v>179</v>
+        <v>125</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>88</v>
+        <v>54</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>56</v>
+        <v>196</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>57</v>
+        <v>197</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>88</v>
+        <v>162</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="1" t="s">
-        <v>72</v>
+        <v>47</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>77</v>
+        <v>52</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="1" t="s">
-        <v>123</v>
+        <v>200</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D57" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="E57" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>204</v>
-      </c>
-[...7 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="1" t="s">
-        <v>83</v>
+        <v>205</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>208</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>8</v>
+        <v>210</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="1" t="s">
-        <v>67</v>
+        <v>172</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>68</v>
+        <v>173</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>68</v>
+        <v>173</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="1" t="s">
-        <v>135</v>
+        <v>214</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>136</v>
+        <v>215</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>211</v>
+        <v>49</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>212</v>
+        <v>50</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>206</v>
+        <v>216</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>136</v>
+        <v>215</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="1" t="s">
-        <v>72</v>
+        <v>125</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>73</v>
+        <v>54</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D61" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="E61" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="F61" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="E61" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G61" s="1" t="s">
-        <v>77</v>
+        <v>162</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="1" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>103</v>
+        <v>20</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>104</v>
+        <v>219</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="1" t="s">
-        <v>217</v>
+        <v>125</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D63" s="1"/>
+      <c r="D63" s="1" t="s">
+        <v>221</v>
+      </c>
       <c r="E63" s="1" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>220</v>
+        <v>162</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="1" t="s">
-        <v>72</v>
+        <v>172</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>73</v>
+        <v>173</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>42</v>
+        <v>224</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>77</v>
+        <v>173</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="1" t="s">
-        <v>217</v>
+        <v>226</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>223</v>
+        <v>178</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="1" t="s">
-        <v>226</v>
+        <v>47</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>227</v>
+        <v>48</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>143</v>
+        <v>230</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>144</v>
+        <v>231</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>227</v>
+        <v>52</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="1" t="s">
-        <v>123</v>
+        <v>47</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="1" t="s">
-        <v>67</v>
+        <v>205</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>68</v>
+        <v>206</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>56</v>
+        <v>236</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>57</v>
+        <v>237</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>68</v>
+        <v>210</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="1" t="s">
-        <v>181</v>
+        <v>239</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>136</v>
+        <v>54</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>234</v>
+        <v>242</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>183</v>
+        <v>243</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="1" t="s">
-        <v>135</v>
+        <v>244</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>136</v>
+        <v>245</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>235</v>
+        <v>246</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>136</v>
+        <v>245</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="1" t="s">
-        <v>236</v>
+        <v>85</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>237</v>
+        <v>86</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>238</v>
+        <v>247</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>239</v>
+        <v>248</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>237</v>
+        <v>90</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="1" t="s">
-        <v>226</v>
+        <v>28</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>227</v>
+        <v>29</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>242</v>
+        <v>251</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>227</v>
+        <v>29</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="1" t="s">
-        <v>83</v>
+        <v>253</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>244</v>
+        <v>20</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>245</v>
+        <v>254</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>8</v>
+        <v>256</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="1" t="s">
-        <v>72</v>
+        <v>38</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>73</v>
+        <v>39</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>246</v>
+        <v>257</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>247</v>
+        <v>258</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>248</v>
+        <v>259</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="1" t="s">
-        <v>249</v>
+        <v>260</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>37</v>
+        <v>261</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>250</v>
+        <v>262</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>248</v>
+        <v>263</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>251</v>
+        <v>261</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="1" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>41</v>
+        <v>215</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>253</v>
+        <v>265</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>248</v>
+        <v>266</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="1" t="s">
-        <v>254</v>
+        <v>214</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>41</v>
+        <v>215</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>255</v>
+        <v>267</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>256</v>
+        <v>268</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>257</v>
+        <v>269</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>258</v>
+        <v>215</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="1" t="s">
-        <v>259</v>
+        <v>28</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>260</v>
+        <v>29</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>79</v>
+        <v>270</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>262</v>
+        <v>272</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>263</v>
+        <v>29</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="1" t="s">
-        <v>32</v>
+        <v>226</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>33</v>
+        <v>60</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>143</v>
+        <v>273</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>144</v>
+        <v>274</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>33</v>
+        <v>229</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="1" t="s">
-        <v>226</v>
+        <v>260</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>227</v>
+        <v>261</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>265</v>
+        <v>275</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>266</v>
+        <v>276</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>227</v>
+        <v>261</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="1" t="s">
-        <v>217</v>
+        <v>172</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>41</v>
+        <v>173</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>268</v>
+        <v>278</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>269</v>
+        <v>279</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>267</v>
+        <v>280</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>220</v>
+        <v>173</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="1" t="s">
-        <v>72</v>
+        <v>214</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>73</v>
+        <v>215</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>15</v>
+        <v>281</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>270</v>
+        <v>282</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>77</v>
+        <v>215</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="1" t="s">
-        <v>226</v>
+        <v>284</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>227</v>
+        <v>54</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>272</v>
+        <v>285</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>273</v>
+        <v>286</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>274</v>
+        <v>287</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>227</v>
+        <v>288</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="1" t="s">
-        <v>275</v>
+        <v>143</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>93</v>
+        <v>144</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>232</v>
+        <v>289</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>276</v>
+        <v>290</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>277</v>
+        <v>291</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>278</v>
+        <v>144</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="1" t="s">
-        <v>217</v>
+        <v>85</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>41</v>
+        <v>86</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>279</v>
+        <v>192</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>280</v>
+        <v>292</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>274</v>
+        <v>293</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="1" t="s">
-        <v>72</v>
+        <v>205</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>73</v>
+        <v>206</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>281</v>
+        <v>294</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>282</v>
+        <v>295</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>77</v>
+        <v>210</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="1" t="s">
-        <v>72</v>
+        <v>260</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>73</v>
+        <v>261</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>284</v>
+        <v>297</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>285</v>
+        <v>298</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>286</v>
+        <v>296</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>77</v>
+        <v>261</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="1" t="s">
-        <v>259</v>
+        <v>38</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>260</v>
+        <v>39</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>287</v>
+        <v>192</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>263</v>
+        <v>39</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="1" t="s">
-        <v>290</v>
+        <v>244</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>291</v>
+        <v>245</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>59</v>
+        <v>299</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>60</v>
+        <v>300</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>291</v>
+        <v>245</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="1" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>293</v>
+        <v>257</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>294</v>
+        <v>258</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="1" t="s">
-        <v>13</v>
+        <v>302</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>14</v>
+        <v>303</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D91" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="E91" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="F91" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="E91" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G91" s="1" t="s">
-        <v>14</v>
+        <v>303</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="1" t="s">
-        <v>135</v>
+        <v>306</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>136</v>
+        <v>54</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>299</v>
+        <v>307</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>300</v>
+        <v>308</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>136</v>
+        <v>310</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="1" t="s">
-        <v>302</v>
+        <v>143</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>303</v>
+        <v>144</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>129</v>
+        <v>311</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>304</v>
+        <v>312</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>303</v>
+        <v>144</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" s="1" t="s">
-        <v>32</v>
+        <v>191</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>33</v>
+        <v>79</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>306</v>
+        <v>148</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>307</v>
+        <v>149</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>33</v>
+        <v>79</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" s="1" t="s">
-        <v>13</v>
+        <v>284</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>14</v>
+        <v>288</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" s="1" t="s">
-        <v>275</v>
+        <v>214</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>93</v>
+        <v>215</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>311</v>
+        <v>319</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>278</v>
+        <v>215</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" s="1" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" s="1" t="s">
-        <v>302</v>
+        <v>244</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>303</v>
+        <v>245</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>303</v>
+        <v>245</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" s="1" t="s">
-        <v>32</v>
+        <v>214</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>33</v>
+        <v>215</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>33</v>
+        <v>215</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" s="1" t="s">
-        <v>67</v>
+        <v>329</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>68</v>
+        <v>330</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>324</v>
+        <v>332</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>325</v>
+        <v>333</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>68</v>
+        <v>334</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" s="1" t="s">
-        <v>326</v>
+        <v>143</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>41</v>
+        <v>144</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>327</v>
+        <v>61</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>328</v>
+        <v>62</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>330</v>
+        <v>144</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" s="1" t="s">
-        <v>22</v>
+        <v>336</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>39</v>
+        <v>337</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>27</v>
+        <v>338</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" s="1" t="s">
-        <v>332</v>
+        <v>85</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>333</v>
+        <v>86</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>334</v>
+        <v>20</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>333</v>
+        <v>90</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" s="1" t="s">
-        <v>290</v>
+        <v>302</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>291</v>
+        <v>303</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>291</v>
+        <v>303</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="1" t="s">
-        <v>302</v>
+        <v>14</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>303</v>
+        <v>15</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D105" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D105" s="1"/>
       <c r="E105" s="1" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>336</v>
+        <v>345</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>303</v>
+        <v>15</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="1" t="s">
-        <v>135</v>
+        <v>38</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>136</v>
+        <v>39</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>38</v>
+        <v>80</v>
       </c>
       <c r="E106" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="F106" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="G106" s="1" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" s="1" t="s">
-        <v>259</v>
+        <v>347</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>260</v>
+        <v>15</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>342</v>
+        <v>20</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>336</v>
+        <v>349</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>263</v>
+        <v>15</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" s="1" t="s">
-        <v>92</v>
+        <v>78</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>93</v>
+        <v>79</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>299</v>
+        <v>350</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>300</v>
+        <v>351</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>97</v>
+        <v>79</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" s="1" t="s">
-        <v>67</v>
+        <v>353</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>68</v>
+        <v>354</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>344</v>
+        <v>355</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>346</v>
+        <v>357</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>68</v>
+        <v>358</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" s="1" t="s">
-        <v>347</v>
+        <v>214</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>41</v>
+        <v>215</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>348</v>
+        <v>129</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>349</v>
+        <v>130</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>346</v>
+        <v>359</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>350</v>
+        <v>215</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" s="1" t="s">
-        <v>249</v>
+        <v>302</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>37</v>
+        <v>303</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>213</v>
+        <v>294</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>214</v>
+        <v>295</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>351</v>
+        <v>360</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>37</v>
+        <v>303</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" s="1" t="s">
-        <v>326</v>
+        <v>14</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D112" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D112" s="1"/>
       <c r="E112" s="1" t="s">
-        <v>353</v>
+        <v>361</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>330</v>
+        <v>15</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" s="1" t="s">
-        <v>32</v>
+        <v>363</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>33</v>
+        <v>364</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>355</v>
+        <v>20</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>356</v>
+        <v>365</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>33</v>
+        <v>364</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" s="1" t="s">
-        <v>13</v>
+        <v>102</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D114" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D114" s="1"/>
       <c r="E114" s="1" t="s">
-        <v>359</v>
+        <v>367</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>360</v>
+        <v>368</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" s="1" t="s">
-        <v>290</v>
+        <v>214</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>291</v>
+        <v>215</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>361</v>
+        <v>369</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>362</v>
+        <v>370</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>291</v>
+        <v>215</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" s="1" t="s">
-        <v>32</v>
+        <v>244</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>33</v>
+        <v>245</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>365</v>
+        <v>373</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>33</v>
+        <v>245</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" s="1" t="s">
-        <v>367</v>
+        <v>105</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>368</v>
+        <v>106</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>369</v>
+        <v>297</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>370</v>
+        <v>298</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>372</v>
+        <v>106</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" s="1" t="s">
-        <v>373</v>
+        <v>205</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>128</v>
+        <v>206</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>15</v>
+        <v>376</v>
       </c>
       <c r="E118" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="F118" s="1" t="s">
         <v>374</v>
       </c>
-      <c r="F118" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G118" s="1" t="s">
-        <v>375</v>
+        <v>210</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" s="1" t="s">
-        <v>67</v>
+        <v>38</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>68</v>
+        <v>39</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>156</v>
+        <v>378</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>157</v>
+        <v>379</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>68</v>
+        <v>39</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" s="1" t="s">
-        <v>135</v>
+        <v>306</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>136</v>
+        <v>54</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>165</v>
+        <v>381</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>166</v>
+        <v>382</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>136</v>
+        <v>310</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" s="1" t="s">
-        <v>22</v>
+        <v>102</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>15</v>
+        <v>320</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>378</v>
+        <v>321</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" s="1" t="s">
-        <v>52</v>
+        <v>143</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>8</v>
+        <v>144</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D122" s="1"/>
+      <c r="D122" s="1" t="s">
+        <v>384</v>
+      </c>
       <c r="E122" s="1" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>8</v>
+        <v>144</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" s="1" t="s">
-        <v>332</v>
+        <v>387</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>333</v>
+        <v>388</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>333</v>
+        <v>391</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" s="1" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>8</v>
+        <v>393</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>15</v>
+        <v>320</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>386</v>
+        <v>321</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>8</v>
+        <v>395</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" s="1" t="s">
-        <v>388</v>
+        <v>38</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>389</v>
+        <v>39</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>390</v>
+        <v>145</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>391</v>
+        <v>146</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>393</v>
+        <v>39</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" s="1" t="s">
-        <v>164</v>
+        <v>214</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>37</v>
+        <v>215</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>394</v>
+        <v>20</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>37</v>
+        <v>215</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" s="1" t="s">
-        <v>32</v>
+        <v>244</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>33</v>
+        <v>245</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>56</v>
+        <v>289</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>195</v>
+        <v>290</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>33</v>
+        <v>245</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" s="1" t="s">
-        <v>332</v>
+        <v>125</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>333</v>
+        <v>54</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>342</v>
+        <v>400</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>343</v>
+        <v>401</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>333</v>
+        <v>403</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" s="1" t="s">
-        <v>399</v>
+        <v>38</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>400</v>
+        <v>39</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>15</v>
+        <v>404</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>400</v>
+        <v>39</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" s="1" t="s">
-        <v>52</v>
+        <v>143</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>8</v>
+        <v>144</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D130" s="1"/>
+      <c r="D130" s="1" t="s">
+        <v>407</v>
+      </c>
       <c r="E130" s="1" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>8</v>
+        <v>144</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" s="1" t="s">
-        <v>83</v>
+        <v>410</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>8</v>
+        <v>411</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D131" s="1"/>
+      <c r="D131" s="1" t="s">
+        <v>412</v>
+      </c>
       <c r="E131" s="1" t="s">
-        <v>405</v>
+        <v>413</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>406</v>
+        <v>414</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>8</v>
+        <v>411</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" s="1" t="s">
-        <v>32</v>
+        <v>94</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>407</v>
+        <v>129</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>33</v>
+        <v>98</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" s="1" t="s">
-        <v>290</v>
+        <v>392</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>291</v>
+        <v>393</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>410</v>
+        <v>417</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>291</v>
+        <v>395</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" s="1" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>88</v>
+        <v>173</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>340</v>
+        <v>420</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>341</v>
+        <v>421</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>88</v>
+        <v>173</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" s="1" t="s">
-        <v>347</v>
+        <v>28</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>414</v>
+        <v>129</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>415</v>
+        <v>130</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>350</v>
+        <v>29</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" s="1" t="s">
-        <v>259</v>
+        <v>125</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>260</v>
+        <v>54</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>412</v>
+        <v>426</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>263</v>
+        <v>162</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" s="1" t="s">
-        <v>135</v>
+        <v>302</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>136</v>
+        <v>303</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>419</v>
+        <v>427</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>416</v>
+        <v>429</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>136</v>
+        <v>303</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" s="1" t="s">
-        <v>83</v>
+        <v>172</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>8</v>
+        <v>173</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>358</v>
+        <v>430</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>359</v>
+        <v>431</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>421</v>
+        <v>429</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>8</v>
+        <v>173</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" s="1" t="s">
-        <v>422</v>
+        <v>214</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>424</v>
+        <v>341</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>425</v>
+        <v>342</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>427</v>
+        <v>215</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" s="1" t="s">
-        <v>67</v>
+        <v>35</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>426</v>
+        <v>434</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" s="1" t="s">
-        <v>430</v>
+        <v>125</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>431</v>
+        <v>54</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>358</v>
+        <v>435</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>359</v>
+        <v>436</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>433</v>
+        <v>162</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" s="1" t="s">
-        <v>135</v>
+        <v>91</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>136</v>
+        <v>15</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>209</v>
+        <v>432</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>210</v>
+        <v>433</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>136</v>
+        <v>15</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" s="1" t="s">
-        <v>290</v>
+        <v>439</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>291</v>
+        <v>440</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>323</v>
+        <v>87</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>324</v>
+        <v>88</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>291</v>
+        <v>441</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" s="1" t="s">
-        <v>32</v>
+        <v>78</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>33</v>
+        <v>79</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>15</v>
+        <v>442</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>16</v>
+        <v>443</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>436</v>
+        <v>444</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>33</v>
+        <v>79</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" s="1" t="s">
-        <v>217</v>
+        <v>91</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>437</v>
+        <v>445</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>438</v>
+        <v>446</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>440</v>
+        <v>15</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" s="1" t="s">
-        <v>135</v>
+        <v>35</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>136</v>
+        <v>15</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>74</v>
+        <v>445</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>75</v>
+        <v>446</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>136</v>
+        <v>15</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" s="1" t="s">
-        <v>67</v>
+        <v>191</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>68</v>
+        <v>79</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>442</v>
+        <v>20</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>443</v>
+        <v>219</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>68</v>
+        <v>79</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" s="1" t="s">
-        <v>171</v>
+        <v>329</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>128</v>
+        <v>330</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>56</v>
+        <v>450</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>175</v>
+        <v>334</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" s="1" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>448</v>
+        <v>458</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" s="1" t="s">
-        <v>430</v>
+        <v>35</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>431</v>
+        <v>15</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>452</v>
+        <v>49</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>453</v>
+        <v>50</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>433</v>
+        <v>15</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" s="1" t="s">
-        <v>13</v>
+        <v>439</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>14</v>
+        <v>440</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>56</v>
+        <v>460</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>195</v>
+        <v>461</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>14</v>
+        <v>441</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" s="1" t="s">
-        <v>226</v>
+        <v>91</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>227</v>
+        <v>15</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>456</v>
+        <v>25</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>457</v>
+        <v>26</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>227</v>
+        <v>15</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" s="1" t="s">
-        <v>226</v>
+        <v>78</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>227</v>
+        <v>79</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>70</v>
+        <v>219</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>227</v>
+        <v>79</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" s="1" t="s">
-        <v>217</v>
+        <v>35</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>220</v>
+        <v>15</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" s="1" t="s">
-        <v>332</v>
+        <v>467</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>333</v>
+        <v>54</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>459</v>
+        <v>470</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>333</v>
+        <v>471</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>382</v>
+        <v>189</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>383</v>
+        <v>472</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>459</v>
+        <v>473</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" s="1" t="s">
-        <v>217</v>
+        <v>474</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>465</v>
+        <v>107</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>220</v>
+        <v>15</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" s="1" t="s">
-        <v>123</v>
+        <v>439</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>8</v>
+        <v>440</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>10</v>
+        <v>126</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>11</v>
+        <v>477</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>468</v>
+        <v>478</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>8</v>
+        <v>441</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" s="1" t="s">
-        <v>161</v>
+        <v>214</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>8</v>
+        <v>215</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>469</v>
+        <v>478</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>8</v>
+        <v>215</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" s="1" t="s">
-        <v>164</v>
+        <v>479</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>37</v>
+        <v>480</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>470</v>
+        <v>20</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>471</v>
+        <v>481</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>472</v>
+        <v>482</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>37</v>
+        <v>483</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" s="1" t="s">
-        <v>161</v>
+        <v>474</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>473</v>
+        <v>250</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>474</v>
+        <v>484</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>475</v>
+        <v>485</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" s="1" t="s">
-        <v>123</v>
+        <v>302</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>8</v>
+        <v>303</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>473</v>
+        <v>129</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>474</v>
+        <v>138</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>8</v>
+        <v>303</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" s="1" t="s">
-        <v>367</v>
+        <v>214</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>368</v>
+        <v>215</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>477</v>
+        <v>75</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>478</v>
+        <v>76</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>372</v>
+        <v>215</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" s="1" t="s">
-        <v>164</v>
+        <v>143</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>37</v>
+        <v>144</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>270</v>
+        <v>487</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>480</v>
+        <v>488</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>37</v>
+        <v>144</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" s="1" t="s">
-        <v>481</v>
+        <v>474</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>482</v>
+        <v>15</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>483</v>
+        <v>20</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>484</v>
+        <v>119</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>486</v>
+        <v>15</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" s="1" t="s">
-        <v>123</v>
+        <v>284</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>143</v>
+        <v>490</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>144</v>
+        <v>491</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>8</v>
-[...298 lines deleted...]
-        <v>330</v>
+        <v>288</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>