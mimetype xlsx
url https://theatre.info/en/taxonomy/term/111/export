--- v1 (2026-01-16)
+++ v2 (2026-02-06)
@@ -12,1529 +12,1460 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Les Solitaires Intempestifs" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="493">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="470">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
-    <t>Garçon</t>
+    <t>El tiempo todo entero</t>
+  </si>
+  <si>
+    <t>Romina Paula</t>
+  </si>
+  <si>
+    <t>Les Solitaires Intempestifs</t>
+  </si>
+  <si>
+    <t>FR-Reims</t>
+  </si>
+  <si>
+    <t>FARaway</t>
+  </si>
+  <si>
+    <t>Feb 06 &gt; Feb 07, 2026</t>
+  </si>
+  <si>
+    <t>Cavalières</t>
+  </si>
+  <si>
+    <t>Isabelle Lafon</t>
+  </si>
+  <si>
+    <t>FR-Lyon</t>
+  </si>
+  <si>
+    <t>Les Célestins, Théâtre de Lyon</t>
+  </si>
+  <si>
+    <t>Chœur des amants</t>
+  </si>
+  <si>
+    <t>Tiago Rodrigues</t>
+  </si>
+  <si>
+    <t>FR-Mont-de-Marsan</t>
+  </si>
+  <si>
+    <t>Théâtre de Gascogne - Scènes de Mont-de-Marsan</t>
+  </si>
+  <si>
+    <t>Feb 06, 2026</t>
+  </si>
+  <si>
+    <t>Je suis trop vert</t>
+  </si>
+  <si>
+    <t>David Lescot</t>
+  </si>
+  <si>
+    <t>FR-Hérouville-Saint-Clair</t>
+  </si>
+  <si>
+    <t>Comédie de Caen</t>
+  </si>
+  <si>
+    <t>Kill Me</t>
+  </si>
+  <si>
+    <t>Marina Otero</t>
+  </si>
+  <si>
+    <t>FR-Aix-en-Provence</t>
+  </si>
+  <si>
+    <t>Le Pavillon Noir</t>
+  </si>
+  <si>
+    <t>Clôture de l'amour</t>
+  </si>
+  <si>
+    <t>Pascal Rambert</t>
+  </si>
+  <si>
+    <t>FR-Nice</t>
+  </si>
+  <si>
+    <t>Théâtre Francis-Gag</t>
+  </si>
+  <si>
+    <t>Feb 07, 2026</t>
+  </si>
+  <si>
+    <t>Pascal Rambert, Fabienne Colson, Frédéric De Goldfiem</t>
+  </si>
+  <si>
+    <t>Il ne m'est jamais rien arrivé</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Vincent Dedienne</t>
+  </si>
+  <si>
+    <t>FR-Agen</t>
+  </si>
+  <si>
+    <t>Théâtre Ducourneau</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Vincent Dedienne, Johanny Bert</t>
+  </si>
+  <si>
+    <t>Juste la fin du monde</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce</t>
+  </si>
+  <si>
+    <t>FR-Pontault-Combault</t>
+  </si>
+  <si>
+    <t>Les Passerelles</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Guillaume Barbot</t>
+  </si>
+  <si>
+    <t>Jenom konec světa</t>
+  </si>
+  <si>
+    <t>CZ-Brno</t>
+  </si>
+  <si>
+    <t>HaDivadlo</t>
+  </si>
+  <si>
+    <t>Feb 08 &gt; Mar 31, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Ivan Buraj</t>
+  </si>
+  <si>
+    <t>Peau d'âne, la fête est finie</t>
+  </si>
+  <si>
+    <t>Hélène Soulié, Marie Dilasser</t>
+  </si>
+  <si>
+    <t>FR-Le Mans</t>
+  </si>
+  <si>
+    <t>Les Quinconces-L'Espal</t>
+  </si>
+  <si>
+    <t>Feb 09 &gt; Feb 11, 2026</t>
+  </si>
+  <si>
+    <t>Marie Dilasser, Hélène Soulié</t>
+  </si>
+  <si>
+    <t>La vie secrète des vieux</t>
+  </si>
+  <si>
+    <t>Mohamed El Khatib</t>
+  </si>
+  <si>
+    <t>FR-Grasse</t>
+  </si>
+  <si>
+    <t>Théâtre de Grasse</t>
+  </si>
+  <si>
+    <t>Feb 10 &gt; Feb 11, 2026</t>
+  </si>
+  <si>
+    <t>FR-Martigues</t>
+  </si>
+  <si>
+    <t>Théâtre des Salins</t>
+  </si>
+  <si>
+    <t>Feb 10, 2026</t>
+  </si>
+  <si>
+    <t>FR-Nogent-sur-Marne</t>
+  </si>
+  <si>
+    <t>Théâtre Antoine Watteau</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Théâtre de L'Atelier</t>
+  </si>
+  <si>
+    <t>Feb 12 &gt; Mar 08, 2026</t>
+  </si>
+  <si>
+    <t>FR-Eaubonne</t>
+  </si>
+  <si>
+    <t>Espace Culturel L’Orange Bleue</t>
+  </si>
+  <si>
+    <t>Feb 13, 2026</t>
+  </si>
+  <si>
+    <t>Le suicidé</t>
+  </si>
+  <si>
+    <t>Nicolaï Erdman</t>
+  </si>
+  <si>
+    <t>FR-Nanterre</t>
+  </si>
+  <si>
+    <t>Théâtre Nanterre-Amandiers</t>
+  </si>
+  <si>
+    <t>Feb 13 &gt; Feb 21, 2026</t>
+  </si>
+  <si>
+    <t>Nicolaï Erdman, Jean Bellorini</t>
+  </si>
+  <si>
+    <t>FR-Avignon</t>
+  </si>
+  <si>
+    <t>Les Hivernales - CDCN d'Avignon</t>
+  </si>
+  <si>
+    <t>FR-Lorient</t>
+  </si>
+  <si>
+    <t>Théâtre de Lorient - CDN</t>
+  </si>
+  <si>
+    <t>Feb 14, 2026</t>
+  </si>
+  <si>
+    <t>FR-Noisy-le-Grand</t>
+  </si>
+  <si>
+    <t>Espace Michel Simon</t>
+  </si>
+  <si>
+    <t>Feb 17, 2026</t>
+  </si>
+  <si>
+    <t>FR-Castelnau-le-Lez</t>
+  </si>
+  <si>
+    <t>Le Kiasma - Agora</t>
+  </si>
+  <si>
+    <t>Feb 19, 2026</t>
+  </si>
+  <si>
+    <t>Tik pasaulio pabaiga</t>
+  </si>
+  <si>
+    <t>LT-Panevėžys</t>
+  </si>
+  <si>
+    <t>Juozo Miltinio dramos teatras</t>
+  </si>
+  <si>
+    <t>Feb 20, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Valentinas Masalskis</t>
+  </si>
+  <si>
+    <t>Au bout de ma langue</t>
   </si>
   <si>
     <t>Simon Grangeat</t>
   </si>
   <si>
-    <t>Les Solitaires Intempestifs</t>
+    <t>FR-Bastia</t>
+  </si>
+  <si>
+    <t>Centre Culturel Alb'oru</t>
+  </si>
+  <si>
+    <t>Feb 21, 2026</t>
+  </si>
+  <si>
+    <t>Simon Grangeat, Tal Reuveny</t>
+  </si>
+  <si>
+    <t>Taire</t>
+  </si>
+  <si>
+    <t>Tamara Al Saadi</t>
+  </si>
+  <si>
+    <t>FR-Bordeaux</t>
+  </si>
+  <si>
+    <t>TnBA</t>
+  </si>
+  <si>
+    <t>Feb 25 &gt; Feb 27, 2026</t>
+  </si>
+  <si>
+    <t>Bovary Madame</t>
+  </si>
+  <si>
+    <t>Christophe Honoré</t>
+  </si>
+  <si>
+    <t>FR-Anglet</t>
+  </si>
+  <si>
+    <t>Théâtre Quintaou</t>
+  </si>
+  <si>
+    <t>Feb 26 &gt; Feb 27, 2026</t>
+  </si>
+  <si>
+    <t>Gustave Flaubert, Christophe Honoré</t>
+  </si>
+  <si>
+    <t>Au nom du ciel</t>
+  </si>
+  <si>
+    <t>Yuval Rozman</t>
+  </si>
+  <si>
+    <t>BE-Anvers</t>
+  </si>
+  <si>
+    <t>deSingel</t>
+  </si>
+  <si>
+    <t>Feb 27 &gt; Feb 28, 2026</t>
+  </si>
+  <si>
+    <t>Les Règles du savoir-vivre dans la société moderne</t>
+  </si>
+  <si>
+    <t>Théâtre des Bouffes parisiens</t>
+  </si>
+  <si>
+    <t>Mar 02 &gt; Apr 14, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Marcial Di Fonzo Bo</t>
+  </si>
+  <si>
+    <t>FR-Beauvais</t>
+  </si>
+  <si>
+    <t>Théâtre du Beauvaisis</t>
+  </si>
+  <si>
+    <t>Mar 03 &gt; Mar 07, 2026</t>
+  </si>
+  <si>
+    <t>FR-Epinal</t>
+  </si>
+  <si>
+    <t>Scènes Vosges</t>
+  </si>
+  <si>
+    <t>Mar 03, 2026</t>
+  </si>
+  <si>
+    <t>Les Forteresses</t>
+  </si>
+  <si>
+    <t>Gurshad Shaheman</t>
   </si>
   <si>
     <t>FR-Marseille</t>
   </si>
   <si>
-    <t>Théâtre Massalia</t>
-[...5 lines deleted...]
-    <t>Simon Grangeat, Thomas Fourneau</t>
+    <t>LE ZEF - scène nationale</t>
+  </si>
+  <si>
+    <t>Mar 03 &gt; Mar 04, 2026</t>
+  </si>
+  <si>
+    <t>Music-hall</t>
+  </si>
+  <si>
+    <t>CH-Carouge - Genève</t>
+  </si>
+  <si>
+    <t>Théâtre des Amis</t>
+  </si>
+  <si>
+    <t>Mar 03 &gt; Mar 15, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Véronique Ros de la Grange</t>
+  </si>
+  <si>
+    <t>FR-Annemasse</t>
+  </si>
+  <si>
+    <t>Château Rouge</t>
+  </si>
+  <si>
+    <t>Mar 05 &gt; Mar 06, 2026</t>
+  </si>
+  <si>
+    <t>FR-Belfort</t>
+  </si>
+  <si>
+    <t>Grrranit</t>
+  </si>
+  <si>
+    <t>FR-Blois</t>
+  </si>
+  <si>
+    <t>La Halle aux Grains</t>
+  </si>
+  <si>
+    <t>Mar 05, 2026</t>
+  </si>
+  <si>
+    <t>FR-Cavaillon</t>
+  </si>
+  <si>
+    <t>La Garance</t>
+  </si>
+  <si>
+    <t>Mar 06, 2026</t>
+  </si>
+  <si>
+    <t>ES-Grenade</t>
+  </si>
+  <si>
+    <t>Teatro Alhambra</t>
+  </si>
+  <si>
+    <t>Mar 06 &gt; Mar 07, 2026</t>
   </si>
   <si>
     <t>Catarina et la beauté de tuer des fascistes</t>
   </si>
   <si>
-    <t>Tiago Rodrigues</t>
-[...23 lines deleted...]
-    <t>Jean-Pierre Siméon, Pierre Pfauwadel</t>
+    <t>PT-Tavira</t>
+  </si>
+  <si>
+    <t>Teatro Municipal António Pinheiro</t>
+  </si>
+  <si>
+    <t>FR-Rungis</t>
+  </si>
+  <si>
+    <t>L'Arc-en-Ciel - Théâtre de Rungis</t>
+  </si>
+  <si>
+    <t>Mar 10, 2026</t>
+  </si>
+  <si>
+    <t>Noi gli eroi</t>
+  </si>
+  <si>
+    <t>IT-Prato</t>
+  </si>
+  <si>
+    <t>Teatro Metastasio di Prato</t>
+  </si>
+  <si>
+    <t>Mar 10 &gt; Mar 15, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Giorgia Cerruti</t>
+  </si>
+  <si>
+    <t>FR-Vannes</t>
+  </si>
+  <si>
+    <t>Scènes du Golfe</t>
+  </si>
+  <si>
+    <t>Mar 10 &gt; Mar 11, 2026</t>
+  </si>
+  <si>
+    <t>Théâtre National de Nice</t>
+  </si>
+  <si>
+    <t>Mar 11 &gt; Mar 13, 2026</t>
+  </si>
+  <si>
+    <t>FR-Orléans</t>
+  </si>
+  <si>
+    <t>CDN Orléans / Centre-Val de Loire</t>
+  </si>
+  <si>
+    <t>Mar 12 &gt; Mar 14, 2026</t>
+  </si>
+  <si>
+    <t>Portrait de famille</t>
+  </si>
+  <si>
+    <t>Jean-François Sivadier</t>
+  </si>
+  <si>
+    <t>FR-Toulon</t>
+  </si>
+  <si>
+    <t>Le Liberté, scène nationale</t>
+  </si>
+  <si>
+    <t>Le Mandat</t>
+  </si>
+  <si>
+    <t>Mar 12, 2026</t>
+  </si>
+  <si>
+    <t>Nicolaï Erdman, Patrick Pineau</t>
+  </si>
+  <si>
+    <t>FR-Vélizy-Villacoublay</t>
+  </si>
+  <si>
+    <t>L'Onde Théâtre Centre d'Art</t>
+  </si>
+  <si>
+    <t>FR-Miramas</t>
+  </si>
+  <si>
+    <t>Théâtre La Colonne</t>
+  </si>
+  <si>
+    <t>Du Luxe et de l'impuissance</t>
+  </si>
+  <si>
+    <t>FR-Le Tampon</t>
+  </si>
+  <si>
+    <t>Théâtre Luc Donat</t>
+  </si>
+  <si>
+    <t>Mar 13, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Charles Rios</t>
+  </si>
+  <si>
+    <t>Coro dos Amantes</t>
+  </si>
+  <si>
+    <t>PT-Sesimbra</t>
+  </si>
+  <si>
+    <t>Cineteatro Municipal João Mota</t>
+  </si>
+  <si>
+    <t>FR-Noisiel</t>
+  </si>
+  <si>
+    <t>La Ferme du Buisson</t>
+  </si>
+  <si>
+    <t>PT-Águeda</t>
+  </si>
+  <si>
+    <t>Centro de Artes de Águeda</t>
+  </si>
+  <si>
+    <t>Mar 13 &gt; Mar 14, 2026</t>
+  </si>
+  <si>
+    <t>FR-Montbéliard</t>
+  </si>
+  <si>
+    <t>MA scène nationale - Pays de Montbéliard</t>
+  </si>
+  <si>
+    <t>Mar 14, 2026</t>
+  </si>
+  <si>
+    <t>PT-Pombal</t>
+  </si>
+  <si>
+    <t>Teatro-Cine de Pombal</t>
+  </si>
+  <si>
+    <t>Aš buvau namuose ir laukiau, kol ateis lietus</t>
+  </si>
+  <si>
+    <t>LT-Vilnius</t>
+  </si>
+  <si>
+    <t>Vilniaus Senasis Teatras</t>
+  </si>
+  <si>
+    <t>Mar 15, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Kotryna Siaurusaitytė</t>
+  </si>
+  <si>
+    <t>FR-Corbeil-Essonnes</t>
+  </si>
+  <si>
+    <t>Le Théâtre de Corbeil-Essonnes</t>
+  </si>
+  <si>
+    <t>Mar 17, 2026</t>
+  </si>
+  <si>
+    <t>IT-Brescia</t>
+  </si>
+  <si>
+    <t>Centro Teatrale Bresciano</t>
+  </si>
+  <si>
+    <t>Mar 17 &gt; Mar 22, 2026</t>
+  </si>
+  <si>
+    <t>FR-Gap</t>
+  </si>
+  <si>
+    <t>La Passerelle</t>
+  </si>
+  <si>
+    <t>Mar 18, 2026</t>
+  </si>
+  <si>
+    <t>BE-Liège</t>
+  </si>
+  <si>
+    <t>Théâtre de Liège</t>
+  </si>
+  <si>
+    <t>Mar 18 &gt; Mar 20, 2026</t>
+  </si>
+  <si>
+    <t>Le Scarabée et l’océan</t>
+  </si>
+  <si>
+    <t>Leïla Anis</t>
+  </si>
+  <si>
+    <t>FR-Saint-Denis</t>
+  </si>
+  <si>
+    <t>Théâtre Gérard Philipe - TGP</t>
+  </si>
+  <si>
+    <t>Mar 19 &gt; Mar 21, 2026</t>
+  </si>
+  <si>
+    <t>Leïla Anis, Julie Bertin, Jade Herbulot</t>
+  </si>
+  <si>
+    <t>FR-Sartrouville</t>
+  </si>
+  <si>
+    <t>Théâtre de Sartrouville</t>
+  </si>
+  <si>
+    <t>Mar 19 &gt; Mar 20, 2026</t>
+  </si>
+  <si>
+    <t>Maif Social Club</t>
+  </si>
+  <si>
+    <t>FR-Vesoul</t>
+  </si>
+  <si>
+    <t>Théâtre Edwige Feuillère</t>
+  </si>
+  <si>
+    <t>Mar 19, 2026</t>
+  </si>
+  <si>
+    <t>PT-Ourém</t>
+  </si>
+  <si>
+    <t>Teatro Municipal de Ourem</t>
+  </si>
+  <si>
+    <t>Mar 20 &gt; Mar 21, 2026</t>
+  </si>
+  <si>
+    <t>FR-Châlons-en-Champagne</t>
+  </si>
+  <si>
+    <t>La Comète</t>
+  </si>
+  <si>
+    <t>Mar 20, 2026</t>
+  </si>
+  <si>
+    <t>Théâtre de la Ville - Paris</t>
+  </si>
+  <si>
+    <t>Mar 20 &gt; Apr 16, 2026</t>
+  </si>
+  <si>
+    <t>FR-Lieusaint</t>
+  </si>
+  <si>
+    <t>Théâtre-Sénart, Scène nationale</t>
+  </si>
+  <si>
+    <t>Mar 20 &gt; Mar 22, 2026</t>
+  </si>
+  <si>
+    <t>Hécube, pas Hécube</t>
+  </si>
+  <si>
+    <t>Le 13ème Art</t>
+  </si>
+  <si>
+    <t>Mar 21 &gt; May 02, 2026</t>
+  </si>
+  <si>
+    <t>Señora Tentación</t>
+  </si>
+  <si>
+    <t>Marie Dilasser</t>
+  </si>
+  <si>
+    <t>FR-Saint-Etienne</t>
+  </si>
+  <si>
+    <t>La Comédie de Saint-Étienne</t>
+  </si>
+  <si>
+    <t>Mar 24 &gt; Mar 26, 2026</t>
+  </si>
+  <si>
+    <t>Marie Dilasser, Roser Montlló Guberna, Brigitte Seth</t>
+  </si>
+  <si>
+    <t>Sœurs (Audrey &amp; Victoria)</t>
+  </si>
+  <si>
+    <t>FR-Val-de-Reuil</t>
+  </si>
+  <si>
+    <t>Théâtre de l'Arsenal</t>
+  </si>
+  <si>
+    <t>Mar 24, 2026</t>
+  </si>
+  <si>
+    <t>Théâtre de la Croix-Rousse</t>
+  </si>
+  <si>
+    <t>Mar 25 &gt; Mar 28, 2026</t>
+  </si>
+  <si>
+    <t>Mar 26 &gt; Mar 28, 2026</t>
+  </si>
+  <si>
+    <t>PT-Vila Real</t>
+  </si>
+  <si>
+    <t>Teatro Municipal de Vila Real</t>
+  </si>
+  <si>
+    <t>Mar 27 &gt; Mar 28, 2026</t>
+  </si>
+  <si>
+    <t>L’Entracte, Sablé sur Sarthe</t>
+  </si>
+  <si>
+    <t>Mar 27, 2026</t>
+  </si>
+  <si>
+    <t>Vudú</t>
+  </si>
+  <si>
+    <t>Angélica Liddell</t>
+  </si>
+  <si>
+    <t>Odéon-Théâtre de l'Europe</t>
+  </si>
+  <si>
+    <t>Mar 27 &gt; Apr 12, 2026</t>
+  </si>
+  <si>
+    <t>PT-Ponta Delgada</t>
+  </si>
+  <si>
+    <t>Teatro Micaelense</t>
+  </si>
+  <si>
+    <t>Mar 30 &gt; Mar 31, 2026</t>
+  </si>
+  <si>
+    <t>FR-Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>Le Carré-Les Colonnes</t>
+  </si>
+  <si>
+    <t>Mar 31 &gt; Apr 02, 2026</t>
+  </si>
+  <si>
+    <t>FR-Brive</t>
+  </si>
+  <si>
+    <t>L'Empreinte - Scène nationale Brive-Tulle</t>
+  </si>
+  <si>
+    <t>Apr 01 &gt; Apr 02, 2026</t>
+  </si>
+  <si>
+    <t>FR-Saint-Denis de La Réunion</t>
+  </si>
+  <si>
+    <t>Théâtre Canter</t>
+  </si>
+  <si>
+    <t>Apr 01, 2026</t>
+  </si>
+  <si>
+    <t>FR-Niort</t>
+  </si>
+  <si>
+    <t>Le Moulin du Roc</t>
+  </si>
+  <si>
+    <t>FR-Grenoble</t>
+  </si>
+  <si>
+    <t>MC2:</t>
+  </si>
+  <si>
+    <t>Dispak Dispac'h</t>
+  </si>
+  <si>
+    <t>Patricia Allio</t>
+  </si>
+  <si>
+    <t>Apr 01 &gt; Apr 03, 2026</t>
+  </si>
+  <si>
+    <t>Apr 02 &gt; Apr 04, 2026</t>
+  </si>
+  <si>
+    <t>A la barre</t>
+  </si>
+  <si>
+    <t>Ronan Chéneau</t>
+  </si>
+  <si>
+    <t>FR-Vienne</t>
+  </si>
+  <si>
+    <t>Théâtre François Ponsard</t>
+  </si>
+  <si>
+    <t>Apr 02, 2026</t>
+  </si>
+  <si>
+    <t>Ronan Chéneau, Steeve Brunet</t>
+  </si>
+  <si>
+    <t>FR-Châtenay-Malabry</t>
+  </si>
+  <si>
+    <t>L'azimut</t>
+  </si>
+  <si>
+    <t>Face à la mère</t>
+  </si>
+  <si>
+    <t>Jean-René Lemoine</t>
+  </si>
+  <si>
+    <t>Apr 04, 2026</t>
+  </si>
+  <si>
+    <t>Jean-René Lemoine, Guy Cassiers</t>
+  </si>
+  <si>
+    <t>FR-Malakoff</t>
+  </si>
+  <si>
+    <t>Malakoff scène nationale</t>
+  </si>
+  <si>
+    <t>Apr 08, 2026</t>
+  </si>
+  <si>
+    <t>Théâtre du Rond-Point</t>
+  </si>
+  <si>
+    <t>Apr 09 &gt; Apr 18, 2026</t>
+  </si>
+  <si>
+    <t>Apr 09, 2026</t>
+  </si>
+  <si>
+    <t>Cor dels amants</t>
+  </si>
+  <si>
+    <t>Teatre Cal Bolet</t>
+  </si>
+  <si>
+    <t>Apr 10, 2026</t>
+  </si>
+  <si>
+    <t>BE-Leuze-en-Hainaut</t>
+  </si>
+  <si>
+    <t>Centre Culturel de Leuze-en-Hainaut</t>
+  </si>
+  <si>
+    <t>Apr 10 &gt; Apr 26, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Mathilde Toubeau</t>
+  </si>
+  <si>
+    <t>Teatre de La Garriga El Patronat</t>
+  </si>
+  <si>
+    <t>Apr 11, 2026</t>
+  </si>
+  <si>
+    <t>FR-Choisy-le-Roi</t>
+  </si>
+  <si>
+    <t>Théâtre Cinéma de Choisy-le-Roi</t>
+  </si>
+  <si>
+    <t>Apr 12 &gt; Apr 14, 2026</t>
+  </si>
+  <si>
+    <t>ES-Gérone</t>
+  </si>
+  <si>
+    <t>Teatre Municipal de Girona</t>
+  </si>
+  <si>
+    <t>Apr 17, 2026</t>
+  </si>
+  <si>
+    <t>FR-Le Kremlin-Bicêtre</t>
+  </si>
+  <si>
+    <t>Espace Culturel André Malraux - ECAM</t>
+  </si>
+  <si>
+    <t>L'infâme</t>
+  </si>
+  <si>
+    <t>Théâtre des Marronniers</t>
+  </si>
+  <si>
+    <t>Apr 22 &gt; Apr 27, 2026</t>
+  </si>
+  <si>
+    <t>Simon Grangeat, Laurent Fréchuret</t>
+  </si>
+  <si>
+    <t>The Brotherhood</t>
+  </si>
+  <si>
+    <t>Carolina Bianchi</t>
+  </si>
+  <si>
+    <t>CH-Genève</t>
+  </si>
+  <si>
+    <t>Comédie de Genève</t>
+  </si>
+  <si>
+    <t>Apr 22 &gt; Apr 25, 2026</t>
+  </si>
+  <si>
+    <t>FR-Villeurbanne</t>
+  </si>
+  <si>
+    <t>Théâtre National Populaire (TNP)</t>
+  </si>
+  <si>
+    <t>Apr 24 &gt; Apr 29, 2026</t>
+  </si>
+  <si>
+    <t>Teatre Auditori Mercat Vell de Ripollet</t>
+  </si>
+  <si>
+    <t>Apr 24, 2026</t>
+  </si>
+  <si>
+    <t>Teatre Auditori de Llinars del Vallès</t>
+  </si>
+  <si>
+    <t>Apr 25, 2026</t>
+  </si>
+  <si>
+    <t>La Sala d’Argentona</t>
+  </si>
+  <si>
+    <t>Apr 26, 2026</t>
+  </si>
+  <si>
+    <t>FR-Bayonne</t>
+  </si>
+  <si>
+    <t>Scène Nationale du Sud-Aquitain</t>
+  </si>
+  <si>
+    <t>Apr 28, 2026</t>
+  </si>
+  <si>
+    <t>Apr 28 &gt; Apr 30, 2026</t>
+  </si>
+  <si>
+    <t>Auditório Municipal Beatriz Costa</t>
+  </si>
+  <si>
+    <t>May 02, 2026</t>
+  </si>
+  <si>
+    <t>Teatre Monumental de Mataró</t>
+  </si>
+  <si>
+    <t>May 03, 2026</t>
+  </si>
+  <si>
+    <t>FR-Le Perreux-sur-Marne</t>
+  </si>
+  <si>
+    <t>Centre des Bords de Marne</t>
+  </si>
+  <si>
+    <t>May 05, 2026</t>
+  </si>
+  <si>
+    <t>FR-Valence</t>
+  </si>
+  <si>
+    <t>La Comédie de Valence</t>
+  </si>
+  <si>
+    <t>May 05 &gt; May 06, 2026</t>
+  </si>
+  <si>
+    <t>FR-Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>La Comédie de Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>FR-Creil</t>
+  </si>
+  <si>
+    <t>La Faïencerie - Théâtre de Creil</t>
+  </si>
+  <si>
+    <t>May 07, 2026</t>
   </si>
   <si>
     <t>Entre les lignes (Entrelinhas)</t>
   </si>
   <si>
+    <t>PT-Covilha</t>
+  </si>
+  <si>
+    <t>Quarta Parede</t>
+  </si>
+  <si>
+    <t>Tiago Rodrigues, Tónan Quito</t>
+  </si>
+  <si>
+    <t>La Distance</t>
+  </si>
+  <si>
+    <t>GR-Athènes</t>
+  </si>
+  <si>
+    <t>Onassis Stegi</t>
+  </si>
+  <si>
+    <t>May 07 &gt; May 10, 2026</t>
+  </si>
+  <si>
+    <t>Einfach das Ende der Welt</t>
+  </si>
+  <si>
+    <t>DE-Bonn</t>
+  </si>
+  <si>
+    <t>Theater Bonn</t>
+  </si>
+  <si>
+    <t>May 08 &gt; May 15, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Max Lindemann</t>
+  </si>
+  <si>
+    <t>Teatre Armengol de Bellpuig</t>
+  </si>
+  <si>
+    <t>May 08, 2026</t>
+  </si>
+  <si>
+    <t>PT-Lapa do Lobo</t>
+  </si>
+  <si>
+    <t>Fundação Lapa do Lobo</t>
+  </si>
+  <si>
+    <t>May 09, 2026</t>
+  </si>
+  <si>
+    <t>Espai l’Amistat, Premià de Mar</t>
+  </si>
+  <si>
+    <t>Teatre Municipal de Montcada i Reixac</t>
+  </si>
+  <si>
+    <t>May 10, 2026</t>
+  </si>
+  <si>
+    <t>Les Gaulois</t>
+  </si>
+  <si>
+    <t>Marion Aubert</t>
+  </si>
+  <si>
+    <t>FR-Douai</t>
+  </si>
+  <si>
+    <t>TANDEM Scène nationale</t>
+  </si>
+  <si>
+    <t>May 11 &gt; May 12, 2026</t>
+  </si>
+  <si>
+    <t>Marion Aubert, Thomas Blanchard, Olivier Martin-Salvan</t>
+  </si>
+  <si>
+    <t>By Heart (Apprendre par cœur)</t>
+  </si>
+  <si>
+    <t>FR-Troyes</t>
+  </si>
+  <si>
+    <t>Théâtre de la Madeleine - Troyes</t>
+  </si>
+  <si>
+    <t>May 12, 2026</t>
+  </si>
+  <si>
+    <t>Teatre Fortuny</t>
+  </si>
+  <si>
+    <t>L’Atlàntida</t>
+  </si>
+  <si>
+    <t>May 14, 2026</t>
+  </si>
+  <si>
+    <t>IT-Milano</t>
+  </si>
+  <si>
+    <t>Piccolo Teatro di Milano</t>
+  </si>
+  <si>
+    <t>May 14 &gt; May 16, 2026</t>
+  </si>
+  <si>
+    <t>CH-Sion</t>
+  </si>
+  <si>
+    <t>Théâtre indocile</t>
+  </si>
+  <si>
+    <t>May 14 &gt; May 17, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Séverine Zufferey</t>
+  </si>
+  <si>
+    <t>Teatre Sagarra</t>
+  </si>
+  <si>
+    <t>May 15, 2026</t>
+  </si>
+  <si>
+    <t>May 15 &gt; May 16, 2026</t>
+  </si>
+  <si>
+    <t>Teatre Municipal La Sala</t>
+  </si>
+  <si>
+    <t>May 16, 2026</t>
+  </si>
+  <si>
+    <t>May 16 &gt; Jun 14, 2026</t>
+  </si>
+  <si>
+    <t>Espai d’Arts Escèniques Casal d’Alella</t>
+  </si>
+  <si>
+    <t>May 17, 2026</t>
+  </si>
+  <si>
+    <t>FR-Vire</t>
+  </si>
+  <si>
+    <t>Le Préau</t>
+  </si>
+  <si>
+    <t>May 19 &gt; May 22, 2026</t>
+  </si>
+  <si>
+    <t>Princesse de pierre et Rouge dents</t>
+  </si>
+  <si>
+    <t>Pauline Peyrade</t>
+  </si>
+  <si>
+    <t>FR-Bagnolet</t>
+  </si>
+  <si>
+    <t>Théâtre l'Echangeur</t>
+  </si>
+  <si>
+    <t>May 20 &gt; May 23, 2026</t>
+  </si>
+  <si>
+    <t>Pauline Peyrade, Mohand Azzoug</t>
+  </si>
+  <si>
+    <t>May 21 &gt; May 22, 2026</t>
+  </si>
+  <si>
+    <t>FR-Vénissieux</t>
+  </si>
+  <si>
+    <t>La Machinerie - Théâtre de Vénissieux</t>
+  </si>
+  <si>
+    <t>Teatre Zorrilla</t>
+  </si>
+  <si>
+    <t>May 22, 2026</t>
+  </si>
+  <si>
     <t>FR-Mougins</t>
   </si>
   <si>
     <t>Scène 55</t>
   </si>
   <si>
-    <t>Tiago Rodrigues, Tónan Quito</t>
-[...23 lines deleted...]
-    <t>La Distance</t>
+    <t>May 23, 2026</t>
+  </si>
+  <si>
+    <t>Teatro Cine de Gouveia</t>
+  </si>
+  <si>
+    <t>Kursaal, Espai d’Arts Escèniques Manresa</t>
+  </si>
+  <si>
+    <t>May 26 &gt; Jun 17, 2026</t>
+  </si>
+  <si>
+    <t>FR-Istres</t>
+  </si>
+  <si>
+    <t>Théâtre de l'Olivier</t>
+  </si>
+  <si>
+    <t>May 27 &gt; May 28, 2026</t>
+  </si>
+  <si>
+    <t>Le Bois de l'Aune</t>
+  </si>
+  <si>
+    <t>Jun 02 &gt; Jun 03, 2026</t>
+  </si>
+  <si>
+    <t>No Yogurt for the Dead</t>
+  </si>
+  <si>
+    <t>BE-Bruxelles</t>
+  </si>
+  <si>
+    <t>Koninklijke Vlaamse Schouwburg (KVS)</t>
+  </si>
+  <si>
+    <t>Jun 03 &gt; Jun 04, 2026</t>
+  </si>
+  <si>
+    <t>FR-Montpellier</t>
+  </si>
+  <si>
+    <t>Le Printemps des Comédiens</t>
+  </si>
+  <si>
+    <t>Jun 04 &gt; Jun 07, 2026</t>
+  </si>
+  <si>
+    <t>Illusions</t>
+  </si>
+  <si>
+    <t>Ivan Viripaev</t>
+  </si>
+  <si>
+    <t>Théâtre de la Tempête</t>
+  </si>
+  <si>
+    <t>Jun 04 &gt; Jun 21, 2026</t>
+  </si>
+  <si>
+    <t>Ivan Viripaev, Yordan Goldwaser</t>
   </si>
   <si>
     <t>ES-Madrid</t>
   </si>
   <si>
     <t>Centro Dramático Nacional</t>
   </si>
   <si>
-    <t>Je suis trop vert</t>
-[...107 lines deleted...]
-    <t>Jan 20 &gt; Jan 23, 2026</t>
+    <t>Toneelhuis</t>
+  </si>
+  <si>
+    <t>Jun 06 &gt; Jun 07, 2026</t>
   </si>
   <si>
     <t>ES-Barcelone</t>
   </si>
   <si>
     <t>Teatre Lliure</t>
   </si>
   <si>
-    <t>Jan 21 &gt; Jan 25, 2026</t>
-[...122 lines deleted...]
-    <t>Yann Verburgh</t>
+    <t>Jun 10 &gt; Jun 13, 2026</t>
+  </si>
+  <si>
+    <t>Théâtre Paris-Villette</t>
+  </si>
+  <si>
+    <t>Jun 16 &gt; Jun 27, 2026</t>
   </si>
   <si>
     <t>Grand Palais</t>
   </si>
   <si>
-    <t>Jan 24 &gt; Jan 25, 2026</t>
-[...1105 lines deleted...]
-  <si>
     <t>Jun 18 &gt; Jun 21, 2026</t>
   </si>
   <si>
+    <t>PL-Poznań</t>
+  </si>
+  <si>
+    <t>Malta Festival Poznań</t>
+  </si>
+  <si>
+    <t>Jun 24 &gt; Jun 25, 2026</t>
+  </si>
+  <si>
     <t>IT-Padoue</t>
   </si>
   <si>
     <t>Teatro Stabile del Veneto</t>
   </si>
   <si>
     <t>Jul 20 &gt; Jul 25, 2026</t>
+  </si>
+  <si>
+    <t>PT-Évora</t>
+  </si>
+  <si>
+    <t>Teatro Municipal Garcia de Resende</t>
+  </si>
+  <si>
+    <t>Sept 05, 2026</t>
+  </si>
+  <si>
+    <t>GB-Londres</t>
+  </si>
+  <si>
+    <t>National Theatre Londres</t>
+  </si>
+  <si>
+    <t>Sept 19 &gt; Sept 26, 2026</t>
+  </si>
+  <si>
+    <t>PT-Loulé</t>
+  </si>
+  <si>
+    <t>Cineteatro Louletano</t>
+  </si>
+  <si>
+    <t>Sept 25, 2026</t>
+  </si>
+  <si>
+    <t>Nov 20, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1841,3873 +1772,3569 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G166"/>
+  <dimension ref="A1:G154"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G166"/>
+      <selection activeCell="A1" sqref="A1:G154"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="55.272" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="64.841" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="C3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="1" t="s">
+      <c r="E3" s="1" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B4" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C4" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="1" t="s">
+      <c r="E4" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="F4" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="F4" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G4" s="1" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B5" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D5" s="1" t="s">
+      <c r="E5" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="E5" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="1" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="E6" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="C6" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F6" s="1" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>60</v>
+        <v>27</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>66</v>
+        <v>36</v>
       </c>
       <c r="B15" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D15" s="1" t="s">
+      <c r="E15" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="E15" s="1" t="s">
+      <c r="F15" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="F15" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G15" s="1" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="F16" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="E16" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G16" s="1" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>29</v>
+        <v>74</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>29</v>
+        <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>78</v>
+        <v>36</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>79</v>
+        <v>37</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>79</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>55</v>
+        <v>84</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>58</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>85</v>
+        <v>51</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>86</v>
+        <v>52</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>87</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>88</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>89</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>90</v>
+        <v>56</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="B22" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D22" s="1" t="s">
+      <c r="E22" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="E22" s="1" t="s">
+      <c r="F22" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="F22" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G22" s="1" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>8</v>
+        <v>96</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>39</v>
+        <v>102</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>20</v>
+        <v>103</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>15</v>
+        <v>107</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>15</v>
+        <v>111</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>20</v>
+        <v>67</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>117</v>
+        <v>57</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>118</v>
+        <v>58</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>20</v>
+        <v>124</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>121</v>
+        <v>58</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>102</v>
+        <v>127</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>15</v>
+        <v>128</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>15</v>
+        <v>128</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>120</v>
+        <v>135</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>91</v>
+        <v>73</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>15</v>
+        <v>74</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>15</v>
+        <v>113</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>15</v>
+        <v>113</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>135</v>
+        <v>57</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D34" s="1"/>
+      <c r="D34" s="1" t="s">
+        <v>142</v>
+      </c>
       <c r="E34" s="1" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>137</v>
+        <v>58</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>129</v>
+        <v>145</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>144</v>
+        <v>18</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>144</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>48</v>
+        <v>14</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
-        <v>102</v>
+        <v>157</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>147</v>
+        <v>160</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>15</v>
+        <v>161</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>39</v>
+        <v>58</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>154</v>
+        <v>163</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>147</v>
+        <v>164</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>39</v>
+        <v>58</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
-        <v>35</v>
+        <v>106</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>15</v>
+        <v>107</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>155</v>
+        <v>32</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>156</v>
+        <v>165</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>147</v>
+        <v>166</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>15</v>
+        <v>111</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="1" t="s">
-        <v>85</v>
+        <v>127</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>86</v>
+        <v>128</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>90</v>
+        <v>128</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="1" t="s">
-        <v>125</v>
+        <v>22</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>54</v>
+        <v>23</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D43" s="1"/>
+      <c r="D43" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="E43" s="1" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>162</v>
+        <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="1" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>164</v>
+        <v>173</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>52</v>
+        <v>171</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="1" t="s">
-        <v>35</v>
+        <v>174</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>15</v>
+        <v>74</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>166</v>
+        <v>121</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>167</v>
+        <v>122</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>15</v>
+        <v>176</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="1" t="s">
-        <v>125</v>
+        <v>51</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D46" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="F46" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="E46" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G46" s="1" t="s">
-        <v>162</v>
+        <v>56</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="1" t="s">
-        <v>172</v>
+        <v>101</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>173</v>
+        <v>102</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>49</v>
+        <v>179</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>50</v>
+        <v>180</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>173</v>
+        <v>102</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="1" t="s">
-        <v>143</v>
+        <v>181</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>144</v>
+        <v>42</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>129</v>
+        <v>182</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>138</v>
+        <v>183</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>144</v>
+        <v>185</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="1" t="s">
-        <v>38</v>
+        <v>186</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>175</v>
+        <v>187</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>176</v>
+        <v>188</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="1" t="s">
-        <v>99</v>
+        <v>13</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>179</v>
+        <v>190</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>101</v>
+        <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="1" t="s">
-        <v>181</v>
+        <v>151</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>182</v>
+        <v>18</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>183</v>
+        <v>191</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>185</v>
+        <v>193</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>182</v>
+        <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="1" t="s">
-        <v>102</v>
+        <v>30</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>186</v>
+        <v>194</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>187</v>
+        <v>195</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>188</v>
+        <v>196</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="1" t="s">
-        <v>172</v>
+        <v>186</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>173</v>
+        <v>18</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>188</v>
+        <v>196</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>173</v>
+        <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="1" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>79</v>
+        <v>42</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="1" t="s">
-        <v>125</v>
+        <v>57</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>196</v>
+        <v>204</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>194</v>
+        <v>206</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>162</v>
+        <v>58</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="1" t="s">
-        <v>47</v>
+        <v>157</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>198</v>
+        <v>207</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>194</v>
+        <v>209</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>52</v>
+        <v>161</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="1" t="s">
-        <v>200</v>
+        <v>101</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>54</v>
+        <v>102</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>204</v>
+        <v>102</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="1" t="s">
-        <v>205</v>
+        <v>112</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>206</v>
+        <v>113</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>210</v>
+        <v>113</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="1" t="s">
-        <v>172</v>
+        <v>216</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>173</v>
+        <v>217</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>173</v>
+        <v>221</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="1" t="s">
-        <v>214</v>
+        <v>57</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>215</v>
+        <v>58</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>49</v>
+        <v>222</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>50</v>
+        <v>223</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>215</v>
+        <v>58</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="1" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>217</v>
+        <v>67</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>162</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="1" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>48</v>
+        <v>14</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>20</v>
+        <v>226</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="1" t="s">
-        <v>125</v>
+        <v>151</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>222</v>
+        <v>230</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>223</v>
+        <v>231</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>162</v>
+        <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="1" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>223</v>
+        <v>234</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="1" t="s">
-        <v>226</v>
+        <v>106</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>60</v>
+        <v>107</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>178</v>
+        <v>67</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>229</v>
+        <v>111</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="1" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>52</v>
+        <v>171</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="1" t="s">
-        <v>47</v>
+        <v>240</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>233</v>
+        <v>67</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="1" t="s">
-        <v>205</v>
+        <v>243</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>206</v>
+        <v>244</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>238</v>
+        <v>247</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>210</v>
+        <v>248</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="1" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>242</v>
+        <v>252</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>243</v>
+        <v>31</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="1" t="s">
-        <v>244</v>
+        <v>57</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>245</v>
+        <v>58</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>33</v>
+        <v>253</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>246</v>
+        <v>254</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>245</v>
+        <v>58</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="1" t="s">
-        <v>85</v>
+        <v>170</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>86</v>
+        <v>171</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>247</v>
+        <v>177</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>248</v>
+        <v>178</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>90</v>
+        <v>171</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="1" t="s">
-        <v>28</v>
+        <v>151</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="1" t="s">
-        <v>253</v>
+        <v>17</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D73" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D73" s="1"/>
       <c r="E73" s="1" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>256</v>
+        <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="1" t="s">
-        <v>38</v>
+        <v>261</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>39</v>
+        <v>262</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>257</v>
+        <v>67</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>39</v>
+        <v>262</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="1" t="s">
-        <v>260</v>
+        <v>151</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>261</v>
+        <v>18</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>10</v>
+        <v>265</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>261</v>
+        <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="1" t="s">
-        <v>214</v>
+        <v>57</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>215</v>
+        <v>58</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>215</v>
+        <v>58</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="1" t="s">
-        <v>214</v>
+        <v>51</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>215</v>
+        <v>52</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>215</v>
+        <v>56</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="1" t="s">
-        <v>28</v>
+        <v>181</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>29</v>
+        <v>185</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="1" t="s">
-        <v>226</v>
+        <v>22</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>229</v>
+        <v>23</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="1" t="s">
-        <v>260</v>
+        <v>101</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>261</v>
+        <v>102</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>261</v>
+        <v>102</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="1" t="s">
-        <v>172</v>
+        <v>281</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>173</v>
+        <v>282</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>278</v>
+        <v>167</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>279</v>
+        <v>168</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>173</v>
+        <v>282</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="E82" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="B82" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F82" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>215</v>
+        <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>54</v>
+        <v>286</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="1" t="s">
-        <v>143</v>
+        <v>13</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>144</v>
+        <v>14</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D84" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="E84" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="F84" s="1" t="s">
         <v>289</v>
       </c>
-      <c r="E84" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G84" s="1" t="s">
-        <v>144</v>
+        <v>14</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="1" t="s">
-        <v>85</v>
+        <v>293</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>86</v>
+        <v>294</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>192</v>
+        <v>213</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>292</v>
+        <v>214</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>90</v>
+        <v>296</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="1" t="s">
-        <v>205</v>
+        <v>22</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>206</v>
+        <v>23</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>210</v>
+        <v>23</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="1" t="s">
-        <v>260</v>
+        <v>57</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>261</v>
+        <v>58</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>297</v>
+        <v>67</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>261</v>
+        <v>58</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="1" t="s">
-        <v>38</v>
+        <v>101</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>39</v>
+        <v>102</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>192</v>
+        <v>154</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>292</v>
+        <v>155</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>39</v>
+        <v>102</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="1" t="s">
-        <v>244</v>
+        <v>303</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>245</v>
+        <v>18</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D89" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D89" s="1"/>
       <c r="E89" s="1" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>245</v>
+        <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="1" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>257</v>
+        <v>306</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>258</v>
+        <v>307</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>64</v>
+        <v>309</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>303</v>
+        <v>18</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D91" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D91" s="1"/>
       <c r="E91" s="1" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>296</v>
+        <v>311</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>303</v>
+        <v>18</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="1" t="s">
-        <v>306</v>
+        <v>22</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>54</v>
+        <v>23</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>310</v>
+        <v>23</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="1" t="s">
-        <v>143</v>
+        <v>303</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>144</v>
+        <v>18</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>309</v>
+        <v>317</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>144</v>
+        <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" s="1" t="s">
-        <v>191</v>
+        <v>13</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>79</v>
+        <v>14</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>148</v>
+        <v>318</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>149</v>
+        <v>319</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>79</v>
+        <v>14</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" s="1" t="s">
-        <v>284</v>
+        <v>320</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>314</v>
+        <v>15</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>288</v>
+        <v>323</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" s="1" t="s">
-        <v>214</v>
+        <v>324</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>215</v>
+        <v>325</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>317</v>
+        <v>326</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>318</v>
+        <v>327</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>319</v>
+        <v>328</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>215</v>
+        <v>325</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" s="1" t="s">
-        <v>28</v>
+        <v>293</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>29</v>
+        <v>294</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>320</v>
+        <v>329</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>321</v>
+        <v>330</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>322</v>
+        <v>331</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>29</v>
+        <v>296</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" s="1" t="s">
-        <v>244</v>
+        <v>303</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>245</v>
+        <v>18</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D98" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D98" s="1"/>
       <c r="E98" s="1" t="s">
-        <v>324</v>
+        <v>332</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>325</v>
+        <v>333</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>245</v>
+        <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" s="1" t="s">
-        <v>214</v>
+        <v>303</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>215</v>
+        <v>18</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D99" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D99" s="1"/>
       <c r="E99" s="1" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>215</v>
+        <v>18</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" s="1" t="s">
-        <v>329</v>
+        <v>303</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>330</v>
+        <v>18</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D100" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D100" s="1"/>
       <c r="E100" s="1" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>334</v>
+        <v>18</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" s="1" t="s">
-        <v>143</v>
+        <v>26</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>144</v>
+        <v>27</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>61</v>
+        <v>338</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>62</v>
+        <v>339</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>144</v>
+        <v>27</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" s="1" t="s">
-        <v>336</v>
+        <v>112</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>8</v>
+        <v>113</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>337</v>
+        <v>253</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>338</v>
+        <v>113</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" s="1" t="s">
-        <v>85</v>
+        <v>186</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D103" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D103" s="1"/>
       <c r="E103" s="1" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>90</v>
+        <v>18</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>303</v>
+        <v>18</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D104" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D104" s="1"/>
       <c r="E104" s="1" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>303</v>
+        <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="1" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D105" s="1"/>
+      <c r="D105" s="1" t="s">
+        <v>346</v>
+      </c>
       <c r="E105" s="1" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="1" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>80</v>
+        <v>349</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>81</v>
+        <v>350</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" s="1" t="s">
-        <v>347</v>
+        <v>57</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>20</v>
+        <v>237</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>348</v>
+        <v>238</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" s="1" t="s">
-        <v>78</v>
+        <v>170</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>79</v>
+        <v>171</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="E108" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="F108" s="1" t="s">
         <v>351</v>
       </c>
-      <c r="F108" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G108" s="1" t="s">
-        <v>79</v>
+        <v>171</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" s="1" t="s">
-        <v>353</v>
+        <v>41</v>
       </c>
       <c r="B109" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D109" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="C109" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D109" s="1" t="s">
+      <c r="E109" s="1" t="s">
         <v>355</v>
       </c>
-      <c r="E109" s="1" t="s">
+      <c r="F109" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="F109" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G109" s="1" t="s">
-        <v>358</v>
+        <v>45</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" s="1" t="s">
-        <v>214</v>
+        <v>357</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>215</v>
+        <v>18</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>129</v>
+        <v>358</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>130</v>
+        <v>359</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>215</v>
+        <v>360</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" s="1" t="s">
-        <v>302</v>
+        <v>361</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>303</v>
+        <v>18</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>294</v>
+        <v>362</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>295</v>
+        <v>363</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>303</v>
+        <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" s="1" t="s">
-        <v>14</v>
+        <v>365</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D112" s="1"/>
+      <c r="D112" s="1" t="s">
+        <v>366</v>
+      </c>
       <c r="E112" s="1" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>15</v>
+        <v>369</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" s="1" t="s">
-        <v>363</v>
+        <v>303</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>364</v>
+        <v>18</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D113" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D113" s="1"/>
       <c r="E113" s="1" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>364</v>
+        <v>18</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" s="1" t="s">
-        <v>102</v>
+        <v>357</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D114" s="1"/>
+      <c r="D114" s="1" t="s">
+        <v>372</v>
+      </c>
       <c r="E114" s="1" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>15</v>
+        <v>360</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" s="1" t="s">
-        <v>214</v>
+        <v>303</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>215</v>
+        <v>18</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D115" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D115" s="1"/>
       <c r="E115" s="1" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>215</v>
+        <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" s="1" t="s">
-        <v>244</v>
+        <v>303</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>245</v>
+        <v>18</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D116" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D116" s="1"/>
       <c r="E116" s="1" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>245</v>
+        <v>18</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" s="1" t="s">
-        <v>105</v>
+        <v>378</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>106</v>
+        <v>379</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>297</v>
+        <v>380</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>298</v>
+        <v>381</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>106</v>
+        <v>383</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" s="1" t="s">
-        <v>205</v>
+        <v>384</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>206</v>
+        <v>18</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>376</v>
+        <v>362</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>377</v>
+        <v>363</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>210</v>
+        <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" s="1" t="s">
-        <v>38</v>
+        <v>249</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" s="1" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D120" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D120" s="1"/>
       <c r="E120" s="1" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>310</v>
+        <v>18</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" s="1" t="s">
-        <v>102</v>
+        <v>303</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D121" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D121" s="1"/>
       <c r="E121" s="1" t="s">
-        <v>321</v>
+        <v>389</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" s="1" t="s">
-        <v>143</v>
+        <v>384</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>144</v>
+        <v>18</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>144</v>
+        <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" s="1" t="s">
-        <v>387</v>
+        <v>117</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>388</v>
+        <v>42</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>386</v>
+        <v>396</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" s="1" t="s">
-        <v>392</v>
+        <v>303</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>393</v>
+        <v>18</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D124" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D124" s="1"/>
       <c r="E124" s="1" t="s">
-        <v>321</v>
+        <v>398</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>395</v>
+        <v>18</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" s="1" t="s">
-        <v>38</v>
+        <v>361</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>145</v>
+        <v>391</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>146</v>
+        <v>392</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" s="1" t="s">
-        <v>214</v>
+        <v>303</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>215</v>
+        <v>18</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D126" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D126" s="1"/>
       <c r="E126" s="1" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>215</v>
+        <v>18</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" s="1" t="s">
-        <v>244</v>
+        <v>30</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>245</v>
+        <v>31</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>289</v>
+        <v>67</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>290</v>
+        <v>68</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>245</v>
+        <v>31</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" s="1" t="s">
-        <v>125</v>
+        <v>303</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D128" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D128" s="1"/>
       <c r="E128" s="1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>403</v>
+        <v>18</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" s="1" t="s">
-        <v>38</v>
+        <v>216</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>39</v>
+        <v>217</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>39</v>
+        <v>221</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" s="1" t="s">
-        <v>143</v>
+        <v>409</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>144</v>
+        <v>410</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>144</v>
+        <v>414</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" s="1" t="s">
-        <v>410</v>
+        <v>361</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>411</v>
+        <v>18</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>412</v>
+        <v>59</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>413</v>
+        <v>60</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>411</v>
+        <v>18</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" s="1" t="s">
-        <v>94</v>
+        <v>378</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>8</v>
+        <v>379</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>129</v>
+        <v>416</v>
       </c>
       <c r="E132" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="F132" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="F132" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G132" s="1" t="s">
-        <v>98</v>
+        <v>383</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" s="1" t="s">
-        <v>392</v>
+        <v>303</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>393</v>
+        <v>18</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D133" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D133" s="1"/>
       <c r="E133" s="1" t="s">
         <v>418</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>419</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>395</v>
+        <v>18</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" s="1" t="s">
-        <v>172</v>
+        <v>384</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>173</v>
+        <v>18</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>420</v>
       </c>
       <c r="E134" s="1" t="s">
         <v>421</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>422</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>173</v>
+        <v>18</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" s="1" t="s">
-        <v>28</v>
+        <v>186</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D135" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D135" s="1"/>
       <c r="E135" s="1" t="s">
-        <v>130</v>
+        <v>423</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" s="1" t="s">
-        <v>125</v>
+        <v>303</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D136" s="1" t="s">
+      <c r="D136" s="1"/>
+      <c r="E136" s="1" t="s">
         <v>424</v>
       </c>
-      <c r="E136" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F136" s="1" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>162</v>
+        <v>18</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" s="1" t="s">
-        <v>302</v>
+        <v>249</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>303</v>
+        <v>31</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>427</v>
+        <v>67</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>428</v>
+        <v>68</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>303</v>
+        <v>31</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" s="1" t="s">
-        <v>172</v>
+        <v>361</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>173</v>
+        <v>18</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>173</v>
+        <v>18</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" s="1" t="s">
-        <v>214</v>
+        <v>361</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>215</v>
+        <v>18</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>341</v>
+        <v>28</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>342</v>
+        <v>429</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>215</v>
+        <v>18</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" s="1" t="s">
-        <v>35</v>
+        <v>431</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>432</v>
       </c>
       <c r="E140" s="1" t="s">
         <v>433</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>434</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" s="1" t="s">
-        <v>125</v>
+        <v>378</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>54</v>
+        <v>379</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>435</v>
       </c>
       <c r="E141" s="1" t="s">
         <v>436</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>437</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>162</v>
+        <v>383</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" s="1" t="s">
-        <v>91</v>
+        <v>438</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>15</v>
+        <v>439</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>432</v>
+        <v>67</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>15</v>
+        <v>442</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" s="1" t="s">
-        <v>439</v>
+        <v>57</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>440</v>
+        <v>58</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>87</v>
+        <v>443</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>88</v>
+        <v>444</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>441</v>
+        <v>58</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" s="1" t="s">
-        <v>78</v>
+        <v>431</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>442</v>
+        <v>114</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" s="1" t="s">
-        <v>91</v>
+        <v>57</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" s="1" t="s">
-        <v>35</v>
+        <v>170</v>
       </c>
       <c r="B146" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D146" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="C146" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E146" s="1" t="s">
-        <v>446</v>
+        <v>16</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" s="1" t="s">
-        <v>191</v>
+        <v>13</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>79</v>
+        <v>14</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>20</v>
+        <v>67</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>219</v>
+        <v>450</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>79</v>
+        <v>14</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" s="1" t="s">
-        <v>329</v>
+        <v>431</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>330</v>
+        <v>18</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>450</v>
+        <v>67</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>334</v>
+        <v>18</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" s="1" t="s">
-        <v>453</v>
+        <v>361</v>
       </c>
       <c r="B149" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D149" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="C149" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D149" s="1" t="s">
+      <c r="E149" s="1" t="s">
         <v>455</v>
       </c>
-      <c r="E149" s="1" t="s">
+      <c r="F149" s="1" t="s">
         <v>456</v>
       </c>
-      <c r="F149" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G149" s="1" t="s">
-        <v>458</v>
+        <v>18</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" s="1" t="s">
-        <v>35</v>
+        <v>157</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>49</v>
+        <v>457</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>50</v>
+        <v>458</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>459</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>15</v>
+        <v>161</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" s="1" t="s">
-        <v>439</v>
+        <v>186</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>440</v>
+        <v>18</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>460</v>
       </c>
       <c r="E151" s="1" t="s">
         <v>461</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>441</v>
+        <v>18</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" s="1" t="s">
-        <v>91</v>
+        <v>151</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>25</v>
+        <v>463</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>26</v>
+        <v>464</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" s="1" t="s">
-        <v>78</v>
+        <v>186</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>20</v>
+        <v>466</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>219</v>
+        <v>467</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" s="1" t="s">
-        <v>35</v>
+        <v>186</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>464</v>
+        <v>191</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>465</v>
+        <v>192</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>15</v>
-[...275 lines deleted...]
-        <v>288</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>