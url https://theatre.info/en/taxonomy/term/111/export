--- v2 (2026-02-06)
+++ v3 (2026-03-06)
@@ -12,1460 +12,1358 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Les Solitaires Intempestifs" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="470">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="436">
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Auteur-trice</t>
   </si>
   <si>
     <t>Editeur</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Lieu</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Direction</t>
   </si>
   <si>
-    <t>El tiempo todo entero</t>
-[...2 lines deleted...]
-    <t>Romina Paula</t>
+    <t>Je suis trop vert</t>
+  </si>
+  <si>
+    <t>David Lescot</t>
   </si>
   <si>
     <t>Les Solitaires Intempestifs</t>
   </si>
   <si>
-    <t>FR-Reims</t>
-[...5 lines deleted...]
-    <t>Feb 06 &gt; Feb 07, 2026</t>
+    <t>FR-Beauvais</t>
+  </si>
+  <si>
+    <t>Théâtre du Beauvaisis</t>
+  </si>
+  <si>
+    <t>Mar 06 &gt; Mar 07, 2026</t>
+  </si>
+  <si>
+    <t>Le suicidé</t>
+  </si>
+  <si>
+    <t>Nicolaï Erdman</t>
+  </si>
+  <si>
+    <t>FR-Annemasse</t>
+  </si>
+  <si>
+    <t>Château Rouge</t>
+  </si>
+  <si>
+    <t>Mar 06, 2026</t>
+  </si>
+  <si>
+    <t>Nicolaï Erdman, Jean Bellorini</t>
+  </si>
+  <si>
+    <t>Kill Me</t>
+  </si>
+  <si>
+    <t>Marina Otero</t>
+  </si>
+  <si>
+    <t>ES-Grenade</t>
+  </si>
+  <si>
+    <t>Teatro Alhambra</t>
+  </si>
+  <si>
+    <t>Les Forteresses</t>
+  </si>
+  <si>
+    <t>Gurshad Shaheman</t>
+  </si>
+  <si>
+    <t>FR-Cavaillon</t>
+  </si>
+  <si>
+    <t>La Garance</t>
+  </si>
+  <si>
+    <t>Music-hall</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce</t>
+  </si>
+  <si>
+    <t>CH-Carouge - Genève</t>
+  </si>
+  <si>
+    <t>Théâtre des Amis</t>
+  </si>
+  <si>
+    <t>Mar 06 &gt; Mar 15, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Véronique Ros de la Grange</t>
+  </si>
+  <si>
+    <t>Blanche-Neige, histoire d'un Prince</t>
+  </si>
+  <si>
+    <t>Marie Dilasser</t>
+  </si>
+  <si>
+    <t>FR-Paris</t>
+  </si>
+  <si>
+    <t>Théâtre La Croisée des Chemins</t>
+  </si>
+  <si>
+    <t>Mar 06 &gt; Mar 08, 2026</t>
+  </si>
+  <si>
+    <t>Marie Dilasser, Eléonore Poiron</t>
+  </si>
+  <si>
+    <t>Au nom du ciel</t>
+  </si>
+  <si>
+    <t>Yuval Rozman</t>
+  </si>
+  <si>
+    <t>FR-Belfort</t>
+  </si>
+  <si>
+    <t>Grrranit</t>
+  </si>
+  <si>
+    <t>Il ne m'est jamais rien arrivé</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Vincent Dedienne</t>
+  </si>
+  <si>
+    <t>Théâtre de L'Atelier</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Vincent Dedienne, Johanny Bert</t>
+  </si>
+  <si>
+    <t>Catarina et la beauté de tuer des fascistes</t>
+  </si>
+  <si>
+    <t>Tiago Rodrigues</t>
+  </si>
+  <si>
+    <t>PT-Tavira</t>
+  </si>
+  <si>
+    <t>Teatro Municipal António Pinheiro</t>
+  </si>
+  <si>
+    <t>Les Règles du savoir-vivre dans la société moderne</t>
+  </si>
+  <si>
+    <t>Théâtre des Bouffes parisiens</t>
+  </si>
+  <si>
+    <t>Mar 09 &gt; Apr 14, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Marcial Di Fonzo Bo</t>
+  </si>
+  <si>
+    <t>Noi gli eroi</t>
+  </si>
+  <si>
+    <t>IT-Prato</t>
+  </si>
+  <si>
+    <t>Teatro Metastasio di Prato</t>
+  </si>
+  <si>
+    <t>Mar 10 &gt; Mar 15, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Giorgia Cerruti</t>
   </si>
   <si>
     <t>Cavalières</t>
   </si>
   <si>
     <t>Isabelle Lafon</t>
   </si>
   <si>
+    <t>FR-Rungis</t>
+  </si>
+  <si>
+    <t>L'Arc-en-Ciel - Théâtre de Rungis</t>
+  </si>
+  <si>
+    <t>Mar 10, 2026</t>
+  </si>
+  <si>
+    <t>La vie secrète des vieux</t>
+  </si>
+  <si>
+    <t>Mohamed El Khatib</t>
+  </si>
+  <si>
+    <t>FR-Vannes</t>
+  </si>
+  <si>
+    <t>Scènes du Golfe</t>
+  </si>
+  <si>
+    <t>Mar 10 &gt; Mar 11, 2026</t>
+  </si>
+  <si>
+    <t>FR-Orléans</t>
+  </si>
+  <si>
+    <t>CDN Orléans / Centre-Val de Loire</t>
+  </si>
+  <si>
+    <t>Mar 11 &gt; Mar 13, 2026</t>
+  </si>
+  <si>
+    <t>Bovary Madame</t>
+  </si>
+  <si>
+    <t>Christophe Honoré</t>
+  </si>
+  <si>
+    <t>FR-Nice</t>
+  </si>
+  <si>
+    <t>Théâtre National de Nice</t>
+  </si>
+  <si>
+    <t>Gustave Flaubert, Christophe Honoré</t>
+  </si>
+  <si>
+    <t>Mar 12 &gt; Mar 14, 2026</t>
+  </si>
+  <si>
+    <t>Taire</t>
+  </si>
+  <si>
+    <t>Tamara Al Saadi</t>
+  </si>
+  <si>
+    <t>FR-Miramas</t>
+  </si>
+  <si>
+    <t>Théâtre La Colonne</t>
+  </si>
+  <si>
+    <t>Mar 12, 2026</t>
+  </si>
+  <si>
+    <t>Peau d'âne, la fête est finie</t>
+  </si>
+  <si>
+    <t>Hélène Soulié, Marie Dilasser</t>
+  </si>
+  <si>
+    <t>FR-Vélizy-Villacoublay</t>
+  </si>
+  <si>
+    <t>L'Onde Théâtre Centre d'Art</t>
+  </si>
+  <si>
+    <t>Marie Dilasser, Hélène Soulié</t>
+  </si>
+  <si>
+    <t>Le Mandat</t>
+  </si>
+  <si>
+    <t>Nicolaï Erdman, Patrick Pineau</t>
+  </si>
+  <si>
+    <t>Portrait de famille</t>
+  </si>
+  <si>
+    <t>Jean-François Sivadier</t>
+  </si>
+  <si>
+    <t>FR-Toulon</t>
+  </si>
+  <si>
+    <t>Le Liberté, scène nationale</t>
+  </si>
+  <si>
+    <t>FR-Noisiel</t>
+  </si>
+  <si>
+    <t>La Ferme du Buisson</t>
+  </si>
+  <si>
+    <t>Mar 13, 2026</t>
+  </si>
+  <si>
+    <t>PT-Águeda</t>
+  </si>
+  <si>
+    <t>Centro de Artes de Águeda</t>
+  </si>
+  <si>
+    <t>Mar 13 &gt; Mar 14, 2026</t>
+  </si>
+  <si>
+    <t>Coro dos Amantes</t>
+  </si>
+  <si>
+    <t>PT-Sesimbra</t>
+  </si>
+  <si>
+    <t>Cineteatro Municipal João Mota</t>
+  </si>
+  <si>
+    <t>PT-Pombal</t>
+  </si>
+  <si>
+    <t>Teatro-Cine de Pombal</t>
+  </si>
+  <si>
+    <t>Mar 14, 2026</t>
+  </si>
+  <si>
+    <t>Clôture de l'amour</t>
+  </si>
+  <si>
+    <t>Pascal Rambert</t>
+  </si>
+  <si>
+    <t>FR-Montbéliard</t>
+  </si>
+  <si>
+    <t>MA scène nationale - Pays de Montbéliard</t>
+  </si>
+  <si>
+    <t>Aš buvau namuose ir laukiau, kol ateis lietus</t>
+  </si>
+  <si>
+    <t>LT-Vilnius</t>
+  </si>
+  <si>
+    <t>Vilniaus Senasis Teatras</t>
+  </si>
+  <si>
+    <t>Mar 15, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Kotryna Siaurusaitytė</t>
+  </si>
+  <si>
+    <t>IT-Brescia</t>
+  </si>
+  <si>
+    <t>Centro Teatrale Bresciano</t>
+  </si>
+  <si>
+    <t>Mar 17 &gt; Mar 22, 2026</t>
+  </si>
+  <si>
+    <t>FR-Corbeil-Essonnes</t>
+  </si>
+  <si>
+    <t>Le Théâtre de Corbeil-Essonnes</t>
+  </si>
+  <si>
+    <t>Mar 17, 2026</t>
+  </si>
+  <si>
+    <t>Au bout de ma langue</t>
+  </si>
+  <si>
+    <t>Simon Grangeat</t>
+  </si>
+  <si>
+    <t>Palais de la Porte dorée</t>
+  </si>
+  <si>
+    <t>Mar 17 &gt; Mar 18, 2026</t>
+  </si>
+  <si>
+    <t>Simon Grangeat, Tal Reuveny</t>
+  </si>
+  <si>
+    <t>BE-Liège</t>
+  </si>
+  <si>
+    <t>Théâtre de Liège</t>
+  </si>
+  <si>
+    <t>Mar 18 &gt; Mar 20, 2026</t>
+  </si>
+  <si>
+    <t>FR-Gap</t>
+  </si>
+  <si>
+    <t>La Passerelle</t>
+  </si>
+  <si>
+    <t>Mar 18, 2026</t>
+  </si>
+  <si>
+    <t>FR-Vesoul</t>
+  </si>
+  <si>
+    <t>Théâtre Edwige Feuillère</t>
+  </si>
+  <si>
+    <t>Mar 19, 2026</t>
+  </si>
+  <si>
+    <t>FR-Sartrouville</t>
+  </si>
+  <si>
+    <t>Théâtre de Sartrouville</t>
+  </si>
+  <si>
+    <t>Mar 19 &gt; Mar 20, 2026</t>
+  </si>
+  <si>
+    <t>Maif Social Club</t>
+  </si>
+  <si>
+    <t>Mar 19 &gt; Mar 21, 2026</t>
+  </si>
+  <si>
+    <t>Le Scarabée et l’océan</t>
+  </si>
+  <si>
+    <t>Leïla Anis</t>
+  </si>
+  <si>
+    <t>FR-Saint-Denis</t>
+  </si>
+  <si>
+    <t>Théâtre Gérard Philipe - TGP</t>
+  </si>
+  <si>
+    <t>Leïla Anis, Julie Bertin, Jade Herbulot</t>
+  </si>
+  <si>
+    <t>FR-Lieusaint</t>
+  </si>
+  <si>
+    <t>Théâtre-Sénart, Scène nationale</t>
+  </si>
+  <si>
+    <t>Mar 20 &gt; Mar 22, 2026</t>
+  </si>
+  <si>
+    <t>PT-Ourém</t>
+  </si>
+  <si>
+    <t>Teatro Municipal de Ourem</t>
+  </si>
+  <si>
+    <t>Mar 20 &gt; Mar 21, 2026</t>
+  </si>
+  <si>
+    <t>Catarina oder Von der Schönheit, Faschisten zu töten</t>
+  </si>
+  <si>
+    <t>DE-Bochum</t>
+  </si>
+  <si>
+    <t>Schauspielhaus Bochum</t>
+  </si>
+  <si>
+    <t>Mar 20 &gt; Apr 30, 2026</t>
+  </si>
+  <si>
+    <t>Tiago Rodrigues, Mateja Koležnik</t>
+  </si>
+  <si>
+    <t>Théâtre de la Ville - Paris</t>
+  </si>
+  <si>
+    <t>Mar 20 &gt; Apr 16, 2026</t>
+  </si>
+  <si>
+    <t>FR-Châlons-en-Champagne</t>
+  </si>
+  <si>
+    <t>La Comète</t>
+  </si>
+  <si>
+    <t>Mar 20, 2026</t>
+  </si>
+  <si>
+    <t>Hécube, pas Hécube</t>
+  </si>
+  <si>
+    <t>Le 13ème Art</t>
+  </si>
+  <si>
+    <t>Mar 21 &gt; May 02, 2026</t>
+  </si>
+  <si>
+    <t>Lagarce en musique : Échos et Silences</t>
+  </si>
+  <si>
+    <t>Tiers Lieu Le 5</t>
+  </si>
+  <si>
+    <t>Mar 21, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Lionel Croissant</t>
+  </si>
+  <si>
+    <t>Señora Tentación</t>
+  </si>
+  <si>
+    <t>FR-Saint-Etienne</t>
+  </si>
+  <si>
+    <t>La Comédie de Saint-Étienne</t>
+  </si>
+  <si>
+    <t>Mar 24 &gt; Mar 26, 2026</t>
+  </si>
+  <si>
+    <t>Marie Dilasser, Roser Montlló Guberna, Brigitte Seth</t>
+  </si>
+  <si>
+    <t>Sœurs (Audrey &amp; Victoria)</t>
+  </si>
+  <si>
+    <t>FR-Val-de-Reuil</t>
+  </si>
+  <si>
+    <t>Théâtre de l'Arsenal</t>
+  </si>
+  <si>
+    <t>Mar 24, 2026</t>
+  </si>
+  <si>
     <t>FR-Lyon</t>
   </si>
   <si>
+    <t>Théâtre de la Croix-Rousse</t>
+  </si>
+  <si>
+    <t>Mar 25 &gt; Mar 28, 2026</t>
+  </si>
+  <si>
+    <t>Mar 26 &gt; Mar 28, 2026</t>
+  </si>
+  <si>
+    <t>US-New York, NY</t>
+  </si>
+  <si>
+    <t>Lycée français de New York</t>
+  </si>
+  <si>
+    <t>Mar 26, 2026</t>
+  </si>
+  <si>
+    <t>PT-Vila Real</t>
+  </si>
+  <si>
+    <t>Teatro Municipal de Vila Real</t>
+  </si>
+  <si>
+    <t>Mar 27 &gt; Mar 28, 2026</t>
+  </si>
+  <si>
+    <t>Chœur des amants</t>
+  </si>
+  <si>
+    <t>L’Entracte, Sablé sur Sarthe</t>
+  </si>
+  <si>
+    <t>Mar 27, 2026</t>
+  </si>
+  <si>
+    <t>Vudú</t>
+  </si>
+  <si>
+    <t>Angélica Liddell</t>
+  </si>
+  <si>
+    <t>Odéon-Théâtre de l'Europe</t>
+  </si>
+  <si>
+    <t>Mar 27 &gt; Apr 12, 2026</t>
+  </si>
+  <si>
+    <t>PT-Ponta Delgada</t>
+  </si>
+  <si>
+    <t>Teatro Micaelense</t>
+  </si>
+  <si>
+    <t>Mar 30 &gt; Mar 31, 2026</t>
+  </si>
+  <si>
+    <t>FR-Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>Le Carré-Les Colonnes</t>
+  </si>
+  <si>
+    <t>Mar 31 &gt; Apr 02, 2026</t>
+  </si>
+  <si>
+    <t>Jenom konec světa</t>
+  </si>
+  <si>
+    <t>CZ-Brno</t>
+  </si>
+  <si>
+    <t>HaDivadlo</t>
+  </si>
+  <si>
+    <t>Mar 31, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Ivan Buraj</t>
+  </si>
+  <si>
+    <t>FR-Niort</t>
+  </si>
+  <si>
+    <t>Le Moulin du Roc</t>
+  </si>
+  <si>
+    <t>Apr 01, 2026</t>
+  </si>
+  <si>
+    <t>Dispak Dispac'h</t>
+  </si>
+  <si>
+    <t>Patricia Allio</t>
+  </si>
+  <si>
+    <t>Apr 01 &gt; Apr 03, 2026</t>
+  </si>
+  <si>
+    <t>Du Luxe et de l'impuissance</t>
+  </si>
+  <si>
+    <t>FR-Saint-Denis de La Réunion</t>
+  </si>
+  <si>
+    <t>Théâtre Canter</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Charles Rios</t>
+  </si>
+  <si>
+    <t>FR-Brive</t>
+  </si>
+  <si>
+    <t>L'Empreinte - Scène nationale Brive-Tulle</t>
+  </si>
+  <si>
+    <t>Apr 01 &gt; Apr 02, 2026</t>
+  </si>
+  <si>
+    <t>FR-Grenoble</t>
+  </si>
+  <si>
+    <t>MC2:</t>
+  </si>
+  <si>
+    <t>FR-Châtenay-Malabry</t>
+  </si>
+  <si>
+    <t>L'azimut</t>
+  </si>
+  <si>
+    <t>Apr 02, 2026</t>
+  </si>
+  <si>
+    <t>Apr 02 &gt; Apr 04, 2026</t>
+  </si>
+  <si>
+    <t>A la barre</t>
+  </si>
+  <si>
+    <t>Ronan Chéneau</t>
+  </si>
+  <si>
+    <t>FR-Vienne</t>
+  </si>
+  <si>
+    <t>Théâtre François Ponsard</t>
+  </si>
+  <si>
+    <t>Ronan Chéneau, Steeve Brunet</t>
+  </si>
+  <si>
+    <t>Face à la mère</t>
+  </si>
+  <si>
+    <t>Jean-René Lemoine</t>
+  </si>
+  <si>
+    <t>Apr 04, 2026</t>
+  </si>
+  <si>
+    <t>Jean-René Lemoine, Guy Cassiers</t>
+  </si>
+  <si>
+    <t>FR-Malakoff</t>
+  </si>
+  <si>
+    <t>Malakoff scène nationale</t>
+  </si>
+  <si>
+    <t>Apr 08, 2026</t>
+  </si>
+  <si>
+    <t>Apr 09, 2026</t>
+  </si>
+  <si>
+    <t>Théâtre du Rond-Point</t>
+  </si>
+  <si>
+    <t>Apr 09 &gt; Apr 18, 2026</t>
+  </si>
+  <si>
+    <t>Juste la fin du monde</t>
+  </si>
+  <si>
+    <t>BE-Leuze-en-Hainaut</t>
+  </si>
+  <si>
+    <t>Centre Culturel de Leuze-en-Hainaut</t>
+  </si>
+  <si>
+    <t>Apr 10 &gt; Apr 26, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Mathilde Toubeau</t>
+  </si>
+  <si>
+    <t>Un qui veut traverser</t>
+  </si>
+  <si>
+    <t>Marc-Emmanuel Soriano</t>
+  </si>
+  <si>
+    <t>FR-Marseille</t>
+  </si>
+  <si>
+    <t>Pôle Arts de la Scène - Friche la Belle de Mai</t>
+  </si>
+  <si>
+    <t>Apr 10, 2026</t>
+  </si>
+  <si>
+    <t>Marc-Emmanuel Soriano, Roxane Palazzotto</t>
+  </si>
+  <si>
+    <t>Cor dels amants</t>
+  </si>
+  <si>
+    <t>Teatre Cal Bolet</t>
+  </si>
+  <si>
+    <t>Teatre de La Garriga El Patronat</t>
+  </si>
+  <si>
+    <t>Apr 11, 2026</t>
+  </si>
+  <si>
+    <t>FR-Choisy-le-Roi</t>
+  </si>
+  <si>
+    <t>Théâtre Cinéma de Choisy-le-Roi</t>
+  </si>
+  <si>
+    <t>Apr 12 &gt; Apr 14, 2026</t>
+  </si>
+  <si>
+    <t>Lavoir Moderne Parisien</t>
+  </si>
+  <si>
+    <t>Apr 16 &gt; Apr 22, 2026</t>
+  </si>
+  <si>
+    <t>FR-Le Kremlin-Bicêtre</t>
+  </si>
+  <si>
+    <t>Espace Culturel André Malraux - ECAM</t>
+  </si>
+  <si>
+    <t>Apr 17, 2026</t>
+  </si>
+  <si>
+    <t>ES-Gérone</t>
+  </si>
+  <si>
+    <t>Teatre Municipal de Girona</t>
+  </si>
+  <si>
+    <t>L'infâme</t>
+  </si>
+  <si>
+    <t>Théâtre des Marronniers</t>
+  </si>
+  <si>
+    <t>Apr 22 &gt; Apr 27, 2026</t>
+  </si>
+  <si>
+    <t>Simon Grangeat, Laurent Fréchuret</t>
+  </si>
+  <si>
+    <t>The Brotherhood</t>
+  </si>
+  <si>
+    <t>Carolina Bianchi</t>
+  </si>
+  <si>
+    <t>CH-Genève</t>
+  </si>
+  <si>
+    <t>Comédie de Genève</t>
+  </si>
+  <si>
+    <t>Apr 22 &gt; Apr 25, 2026</t>
+  </si>
+  <si>
+    <t>FR-Villeurbanne</t>
+  </si>
+  <si>
+    <t>Théâtre National Populaire (TNP)</t>
+  </si>
+  <si>
+    <t>Apr 24 &gt; Apr 29, 2026</t>
+  </si>
+  <si>
+    <t>Teatre Auditori Mercat Vell de Ripollet</t>
+  </si>
+  <si>
+    <t>Apr 24, 2026</t>
+  </si>
+  <si>
+    <t>Teatre Auditori de Llinars del Vallès</t>
+  </si>
+  <si>
+    <t>Apr 25, 2026</t>
+  </si>
+  <si>
+    <t>Tik pasaulio pabaiga</t>
+  </si>
+  <si>
+    <t>LT-Panevėžys</t>
+  </si>
+  <si>
+    <t>Juozo Miltinio dramos teatras</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Valentinas Masalskis</t>
+  </si>
+  <si>
+    <t>La Sala d’Argentona</t>
+  </si>
+  <si>
+    <t>Apr 26, 2026</t>
+  </si>
+  <si>
+    <t>Apr 28 &gt; Apr 30, 2026</t>
+  </si>
+  <si>
+    <t>FR-Bayonne</t>
+  </si>
+  <si>
+    <t>Scène Nationale du Sud-Aquitain</t>
+  </si>
+  <si>
+    <t>Apr 28, 2026</t>
+  </si>
+  <si>
+    <t>Auditório Municipal Beatriz Costa</t>
+  </si>
+  <si>
+    <t>May 02, 2026</t>
+  </si>
+  <si>
+    <t>Teatre Monumental de Mataró</t>
+  </si>
+  <si>
+    <t>May 03, 2026</t>
+  </si>
+  <si>
+    <t>FR-Valence</t>
+  </si>
+  <si>
+    <t>La Comédie de Valence</t>
+  </si>
+  <si>
+    <t>May 05 &gt; May 06, 2026</t>
+  </si>
+  <si>
+    <t>FR-Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>La Comédie de Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>FR-Le Perreux-sur-Marne</t>
+  </si>
+  <si>
+    <t>Centre des Bords de Marne</t>
+  </si>
+  <si>
+    <t>May 05, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Guillaume Barbot</t>
+  </si>
+  <si>
+    <t>FR-Creil</t>
+  </si>
+  <si>
+    <t>La Faïencerie - Théâtre de Creil</t>
+  </si>
+  <si>
+    <t>May 07, 2026</t>
+  </si>
+  <si>
+    <t>La Distance</t>
+  </si>
+  <si>
+    <t>GR-Athènes</t>
+  </si>
+  <si>
+    <t>Onassis Stegi</t>
+  </si>
+  <si>
+    <t>May 07 &gt; May 10, 2026</t>
+  </si>
+  <si>
+    <t>Entre les lignes (Entrelinhas)</t>
+  </si>
+  <si>
+    <t>PT-Covilha</t>
+  </si>
+  <si>
+    <t>Quarta Parede</t>
+  </si>
+  <si>
+    <t>Tiago Rodrigues, Tónan Quito</t>
+  </si>
+  <si>
+    <t>Einfach das Ende der Welt</t>
+  </si>
+  <si>
+    <t>DE-Bonn</t>
+  </si>
+  <si>
+    <t>Theater Bonn</t>
+  </si>
+  <si>
+    <t>May 08 &gt; May 15, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Max Lindemann</t>
+  </si>
+  <si>
+    <t>Teatre Armengol de Bellpuig</t>
+  </si>
+  <si>
+    <t>May 08, 2026</t>
+  </si>
+  <si>
+    <t>PT-Lapa do Lobo</t>
+  </si>
+  <si>
+    <t>Fundação Lapa do Lobo</t>
+  </si>
+  <si>
+    <t>May 09, 2026</t>
+  </si>
+  <si>
+    <t>Espai l’Amistat, Premià de Mar</t>
+  </si>
+  <si>
+    <t>Teatre Municipal de Montcada i Reixac</t>
+  </si>
+  <si>
+    <t>May 10, 2026</t>
+  </si>
+  <si>
+    <t>Les Gaulois</t>
+  </si>
+  <si>
+    <t>Marion Aubert</t>
+  </si>
+  <si>
+    <t>FR-Douai</t>
+  </si>
+  <si>
+    <t>TANDEM Scène nationale</t>
+  </si>
+  <si>
+    <t>May 11 &gt; May 12, 2026</t>
+  </si>
+  <si>
+    <t>Marion Aubert, Thomas Blanchard, Olivier Martin-Salvan</t>
+  </si>
+  <si>
+    <t>By Heart (Apprendre par cœur)</t>
+  </si>
+  <si>
+    <t>FR-Troyes</t>
+  </si>
+  <si>
+    <t>Théâtre de la Madeleine - Troyes</t>
+  </si>
+  <si>
+    <t>May 12, 2026</t>
+  </si>
+  <si>
+    <t>Teatre Fortuny</t>
+  </si>
+  <si>
+    <t>CH-Sion</t>
+  </si>
+  <si>
+    <t>Théâtre indocile</t>
+  </si>
+  <si>
+    <t>May 14 &gt; May 17, 2026</t>
+  </si>
+  <si>
+    <t>Jean-Luc Lagarce, Séverine Zufferey</t>
+  </si>
+  <si>
+    <t>L’Atlàntida</t>
+  </si>
+  <si>
+    <t>May 14, 2026</t>
+  </si>
+  <si>
+    <t>IT-Milano</t>
+  </si>
+  <si>
+    <t>Piccolo Teatro di Milano</t>
+  </si>
+  <si>
+    <t>May 14 &gt; May 16, 2026</t>
+  </si>
+  <si>
+    <t>Teatre Sagarra</t>
+  </si>
+  <si>
+    <t>May 15, 2026</t>
+  </si>
+  <si>
+    <t>May 15 &gt; May 16, 2026</t>
+  </si>
+  <si>
+    <t>May 16 &gt; Jun 14, 2026</t>
+  </si>
+  <si>
+    <t>Teatre Municipal La Sala</t>
+  </si>
+  <si>
+    <t>May 16, 2026</t>
+  </si>
+  <si>
+    <t>Espai d’Arts Escèniques Casal d’Alella</t>
+  </si>
+  <si>
+    <t>May 17, 2026</t>
+  </si>
+  <si>
+    <t>FR-Vire</t>
+  </si>
+  <si>
+    <t>Le Préau</t>
+  </si>
+  <si>
+    <t>May 19 &gt; May 22, 2026</t>
+  </si>
+  <si>
+    <t>Princesse de pierre et Rouge dents</t>
+  </si>
+  <si>
+    <t>Pauline Peyrade</t>
+  </si>
+  <si>
+    <t>FR-Bagnolet</t>
+  </si>
+  <si>
+    <t>Théâtre l'Echangeur</t>
+  </si>
+  <si>
+    <t>May 20 &gt; May 23, 2026</t>
+  </si>
+  <si>
+    <t>Pauline Peyrade, Mohand Azzoug</t>
+  </si>
+  <si>
+    <t>FR-Vénissieux</t>
+  </si>
+  <si>
+    <t>La Machinerie - Théâtre de Vénissieux</t>
+  </si>
+  <si>
+    <t>May 21 &gt; May 22, 2026</t>
+  </si>
+  <si>
+    <t>Le clown comme un poème</t>
+  </si>
+  <si>
+    <t>Catherine Germain, François Cervantes</t>
+  </si>
+  <si>
+    <t>FR-Uzès</t>
+  </si>
+  <si>
+    <t>ATP d'Uzès et de l'Uzège</t>
+  </si>
+  <si>
+    <t>May 21, 2026</t>
+  </si>
+  <si>
+    <t>François Cervantes, Catherine Germain</t>
+  </si>
+  <si>
+    <t>FR-Grasse</t>
+  </si>
+  <si>
+    <t>Théâtre de Grasse</t>
+  </si>
+  <si>
+    <t>Teatre Zorrilla</t>
+  </si>
+  <si>
+    <t>May 22, 2026</t>
+  </si>
+  <si>
+    <t>FR-Mougins</t>
+  </si>
+  <si>
+    <t>Scène 55</t>
+  </si>
+  <si>
+    <t>May 23, 2026</t>
+  </si>
+  <si>
+    <t>Kursaal, Espai d’Arts Escèniques Manresa</t>
+  </si>
+  <si>
+    <t>Teatro Cine de Gouveia</t>
+  </si>
+  <si>
+    <t>May 26 &gt; Jun 17, 2026</t>
+  </si>
+  <si>
+    <t>FR-Istres</t>
+  </si>
+  <si>
+    <t>Théâtre de l'Olivier</t>
+  </si>
+  <si>
+    <t>May 27 &gt; May 28, 2026</t>
+  </si>
+  <si>
+    <t>FR-Aix-en-Provence</t>
+  </si>
+  <si>
+    <t>Le Bois de l'Aune</t>
+  </si>
+  <si>
+    <t>Jun 02 &gt; Jun 03, 2026</t>
+  </si>
+  <si>
+    <t>No Yogurt for the Dead</t>
+  </si>
+  <si>
+    <t>BE-Bruxelles</t>
+  </si>
+  <si>
+    <t>Koninklijke Vlaamse Schouwburg (KVS)</t>
+  </si>
+  <si>
+    <t>Jun 03, 2026</t>
+  </si>
+  <si>
+    <t>Illusions</t>
+  </si>
+  <si>
+    <t>Ivan Viripaev</t>
+  </si>
+  <si>
+    <t>Théâtre de la Tempête</t>
+  </si>
+  <si>
+    <t>Jun 04 &gt; Jun 21, 2026</t>
+  </si>
+  <si>
+    <t>Ivan Viripaev, Yordan Goldwaser</t>
+  </si>
+  <si>
+    <t>FR-Montpellier</t>
+  </si>
+  <si>
+    <t>Le Printemps des Comédiens</t>
+  </si>
+  <si>
+    <t>Jun 04 &gt; Jun 07, 2026</t>
+  </si>
+  <si>
+    <t>ES-Madrid</t>
+  </si>
+  <si>
+    <t>Centro Dramático Nacional</t>
+  </si>
+  <si>
+    <t>BE-Anvers</t>
+  </si>
+  <si>
+    <t>Toneelhuis</t>
+  </si>
+  <si>
+    <t>Jun 06 &gt; Jun 07, 2026</t>
+  </si>
+  <si>
+    <t>ES-Barcelone</t>
+  </si>
+  <si>
+    <t>Teatre Lliure</t>
+  </si>
+  <si>
+    <t>Jun 10 &gt; Jun 13, 2026</t>
+  </si>
+  <si>
     <t>Les Célestins, Théâtre de Lyon</t>
   </si>
   <si>
-    <t>Chœur des amants</t>
-[...182 lines deleted...]
-    <t>Nicolaï Erdman, Jean Bellorini</t>
+    <t>Théâtre Paris-Villette</t>
+  </si>
+  <si>
+    <t>Jun 16 &gt; Jun 27, 2026</t>
+  </si>
+  <si>
+    <t>Grand Palais</t>
+  </si>
+  <si>
+    <t>Jun 18 &gt; Jun 21, 2026</t>
+  </si>
+  <si>
+    <t>PL-Poznań</t>
+  </si>
+  <si>
+    <t>Malta Festival Poznań</t>
+  </si>
+  <si>
+    <t>Jun 24 &gt; Jun 25, 2026</t>
   </si>
   <si>
     <t>FR-Avignon</t>
   </si>
   <si>
-    <t>Les Hivernales - CDCN d'Avignon</t>
-[...1127 lines deleted...]
-    <t>Jun 24 &gt; Jun 25, 2026</t>
+    <t>Le Totem</t>
+  </si>
+  <si>
+    <t>Jul 07 &gt; Jul 23, 2026</t>
   </si>
   <si>
     <t>IT-Padoue</t>
   </si>
   <si>
     <t>Teatro Stabile del Veneto</t>
   </si>
   <si>
     <t>Jul 20 &gt; Jul 25, 2026</t>
   </si>
   <si>
     <t>PT-Évora</t>
   </si>
   <si>
     <t>Teatro Municipal Garcia de Resende</t>
   </si>
   <si>
     <t>Sept 05, 2026</t>
   </si>
   <si>
     <t>GB-Londres</t>
   </si>
   <si>
     <t>National Theatre Londres</t>
   </si>
   <si>
     <t>Sept 19 &gt; Sept 26, 2026</t>
   </si>
   <si>
     <t>PT-Loulé</t>
   </si>
   <si>
     <t>Cineteatro Louletano</t>
   </si>
   <si>
     <t>Sept 25, 2026</t>
   </si>
   <si>
     <t>Nov 20, 2026</t>
+  </si>
+  <si>
+    <t>Pôle Culturel Chabran</t>
+  </si>
+  <si>
+    <t>Jun 08, 2027</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1772,60 +1670,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G154"/>
+  <dimension ref="A1:G138"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:G154"/>
+      <selection activeCell="A1" sqref="A1:G138"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="64.841" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
@@ -1852,3489 +1750,3117 @@
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" s="1" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B11" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E11" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="C11" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D11" s="1" t="s">
+      <c r="F11" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="E11" s="1" t="s">
+      <c r="G11" s="1" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E12" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="F12" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="C12" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D12" s="1" t="s">
+      <c r="G12" s="1" t="s">
         <v>59</v>
-      </c>
-[...7 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>62</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>63</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>64</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E14" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>72</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>45</v>
+        <v>77</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>73</v>
+        <v>7</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>74</v>
+        <v>8</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>75</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>76</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>78</v>
+        <v>8</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>26</v>
+        <v>79</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>27</v>
+        <v>80</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="E18" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>36</v>
+        <v>84</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>37</v>
+        <v>85</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>40</v>
+        <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>36</v>
+        <v>89</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>84</v>
+        <v>10</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>85</v>
+        <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>52</v>
+        <v>92</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>56</v>
+        <v>92</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>42</v>
+        <v>61</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>94</v>
+        <v>61</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>95</v>
+        <v>47</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
         <v>101</v>
       </c>
       <c r="B24" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D24" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="C24" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D24" s="1" t="s">
+      <c r="E24" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="E24" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F24" s="1" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>102</v>
+        <v>48</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F25" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="B25" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G25" s="1" t="s">
-        <v>111</v>
+        <v>48</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>67</v>
+        <v>112</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>129</v>
+        <v>35</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>132</v>
+        <v>39</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>136</v>
+        <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>137</v>
+        <v>130</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
-        <v>112</v>
+        <v>60</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>113</v>
+        <v>61</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>141</v>
+        <v>134</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>113</v>
+        <v>61</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>145</v>
+        <v>35</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>26</v>
+        <v>141</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>27</v>
+        <v>142</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>27</v>
+        <v>145</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>151</v>
+        <v>91</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>18</v>
+        <v>92</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>18</v>
+        <v>92</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
-        <v>57</v>
+        <v>73</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>58</v>
+        <v>74</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>162</v>
+        <v>35</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>58</v>
+        <v>77</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
-        <v>106</v>
+        <v>7</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>107</v>
+        <v>8</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>32</v>
+        <v>159</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>111</v>
+        <v>8</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="1" t="s">
-        <v>127</v>
+        <v>162</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>128</v>
+        <v>48</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>167</v>
+        <v>35</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>128</v>
+        <v>48</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="1" t="s">
-        <v>22</v>
+        <v>165</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D43" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D43" s="1"/>
       <c r="E43" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>23</v>
+        <v>168</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D44" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="E44" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="C44" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D44" s="1" t="s">
+      <c r="F44" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="E44" s="1" t="s">
+      <c r="G44" s="1" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="1" t="s">
         <v>174</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>74</v>
+        <v>108</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>121</v>
+        <v>175</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>122</v>
+        <v>176</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>176</v>
+        <v>108</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="1" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>169</v>
+        <v>180</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="1" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>179</v>
+        <v>86</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>180</v>
+        <v>87</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="1" t="s">
-        <v>181</v>
+        <v>43</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>182</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>183</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>184</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>185</v>
+        <v>46</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="E49" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="B49" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D49" s="1" t="s">
+      <c r="F49" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="E49" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G49" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="1" t="s">
-        <v>13</v>
+        <v>188</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D50" s="1" t="s">
+      <c r="D50" s="1"/>
+      <c r="E50" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="E50" s="1" t="s">
+      <c r="F50" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="F50" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G50" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="1" t="s">
-        <v>151</v>
+        <v>191</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>18</v>
+        <v>192</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>191</v>
+        <v>35</v>
       </c>
       <c r="E51" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>192</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="1" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="1" t="s">
-        <v>186</v>
+        <v>65</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="1" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="1" t="s">
-        <v>57</v>
+        <v>7</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>58</v>
+        <v>8</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>58</v>
+        <v>8</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="1" t="s">
-        <v>157</v>
+        <v>209</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>42</v>
+        <v>210</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>207</v>
+        <v>70</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>208</v>
+        <v>71</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>161</v>
+        <v>210</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="1" t="s">
-        <v>101</v>
+        <v>212</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>102</v>
+        <v>28</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>102</v>
+        <v>215</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="1" t="s">
-        <v>112</v>
+        <v>84</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>113</v>
+        <v>85</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>113</v>
+        <v>88</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="1" t="s">
-        <v>216</v>
+        <v>79</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>217</v>
+        <v>80</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D59" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="F59" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="E59" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G59" s="1" t="s">
-        <v>221</v>
+        <v>80</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D60" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="E60" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="E60" s="1" t="s">
+      <c r="F60" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="F60" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G60" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="1" t="s">
-        <v>95</v>
+        <v>188</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>67</v>
+        <v>127</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>225</v>
+        <v>128</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="1" t="s">
-        <v>13</v>
+        <v>225</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>14</v>
+        <v>226</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>14</v>
+        <v>229</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="1" t="s">
-        <v>151</v>
+        <v>230</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>18</v>
+        <v>231</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>229</v>
+        <v>127</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>230</v>
+        <v>128</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>18</v>
+        <v>233</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="1" t="s">
-        <v>22</v>
+        <v>7</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="1" t="s">
-        <v>106</v>
+        <v>79</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>107</v>
+        <v>80</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>235</v>
+        <v>63</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>111</v>
+        <v>80</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="1" t="s">
-        <v>170</v>
+        <v>65</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>171</v>
+        <v>66</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>237</v>
+        <v>35</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>238</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>239</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>171</v>
+        <v>66</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="1" t="s">
         <v>240</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>67</v>
+        <v>241</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>18</v>
+        <v>244</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D69" s="1"/>
+      <c r="E69" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="F69" s="1" t="s">
         <v>249</v>
       </c>
-      <c r="B69" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G69" s="1" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="1" t="s">
-        <v>57</v>
+        <v>251</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D70" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D70" s="1"/>
       <c r="E70" s="1" t="s">
         <v>253</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>254</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="1" t="s">
-        <v>170</v>
+        <v>7</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>171</v>
+        <v>8</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>177</v>
+        <v>255</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>178</v>
+        <v>256</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>171</v>
+        <v>8</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="1" t="s">
-        <v>151</v>
+        <v>122</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>18</v>
+        <v>123</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>256</v>
+        <v>35</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>18</v>
+        <v>126</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="1" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>18</v>
+        <v>61</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D73" s="1"/>
+      <c r="D73" s="1" t="s">
+        <v>260</v>
+      </c>
       <c r="E73" s="1" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>18</v>
+        <v>61</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="1" t="s">
-        <v>261</v>
+        <v>251</v>
       </c>
       <c r="B74" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="E74" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="F74" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="C74" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G74" s="1" t="s">
-        <v>262</v>
+        <v>48</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="1" t="s">
-        <v>151</v>
+        <v>265</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>18</v>
+        <v>123</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>265</v>
+        <v>178</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>266</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>267</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>18</v>
+        <v>268</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="1" t="s">
-        <v>57</v>
+        <v>269</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>58</v>
+        <v>270</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="F76" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="G76" s="1" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="1" t="s">
-        <v>51</v>
+        <v>230</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>52</v>
+        <v>231</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>56</v>
+        <v>233</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="1" t="s">
-        <v>181</v>
+        <v>251</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D78" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D78" s="1"/>
       <c r="E78" s="1" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>185</v>
+        <v>48</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="1" t="s">
-        <v>22</v>
+        <v>251</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D79" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D79" s="1"/>
       <c r="E79" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="1" t="s">
-        <v>101</v>
+        <v>281</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>102</v>
+        <v>28</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="E80" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="F80" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="F80" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G80" s="1" t="s">
-        <v>102</v>
+        <v>284</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="1" t="s">
-        <v>281</v>
+        <v>251</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>282</v>
+        <v>48</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D81" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D81" s="1"/>
       <c r="E81" s="1" t="s">
-        <v>168</v>
+        <v>285</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>282</v>
+        <v>48</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="1" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>213</v>
+        <v>178</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>214</v>
+        <v>179</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="1" t="s">
-        <v>285</v>
+        <v>19</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>286</v>
+        <v>20</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>290</v>
+        <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="1" t="s">
-        <v>13</v>
+        <v>101</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D84" s="1" t="s">
+      <c r="D84" s="1"/>
+      <c r="E84" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="E84" s="1" t="s">
+      <c r="F84" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="F84" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G84" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D85" s="1"/>
+      <c r="E85" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="B85" s="1" t="s">
+      <c r="F85" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="C85" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G85" s="1" t="s">
-        <v>296</v>
+        <v>48</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="1" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D86" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="E86" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="F86" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="E86" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G86" s="1" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="1" t="s">
-        <v>57</v>
+        <v>91</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>58</v>
+        <v>92</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>67</v>
+        <v>298</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>58</v>
+        <v>92</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="1" t="s">
-        <v>101</v>
+        <v>240</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>102</v>
+        <v>28</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>154</v>
+        <v>300</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>155</v>
+        <v>301</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>302</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>102</v>
+        <v>303</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="1" t="s">
-        <v>303</v>
+        <v>65</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D89" s="1"/>
+      <c r="D89" s="1" t="s">
+        <v>146</v>
+      </c>
       <c r="E89" s="1" t="s">
-        <v>304</v>
+        <v>147</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>305</v>
+        <v>297</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="1" t="s">
-        <v>41</v>
+        <v>240</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D90" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="E90" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="F90" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="E90" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G90" s="1" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="1" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D91" s="1"/>
+      <c r="D91" s="1" t="s">
+        <v>308</v>
+      </c>
       <c r="E91" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="F91" s="1" t="s">
         <v>310</v>
       </c>
-      <c r="F91" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G91" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="1" t="s">
-        <v>22</v>
+        <v>311</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>312</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>313</v>
       </c>
       <c r="F92" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="G92" s="1" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="1" t="s">
-        <v>303</v>
+        <v>315</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>18</v>
+        <v>319</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" s="1" t="s">
-        <v>13</v>
+        <v>251</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D94" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D94" s="1"/>
       <c r="E94" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" s="1" t="s">
-        <v>320</v>
+        <v>311</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>15</v>
+        <v>322</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>323</v>
+        <v>314</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D96" s="1"/>
+      <c r="E96" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="F96" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="B96" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G96" s="1" t="s">
-        <v>325</v>
+        <v>48</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" s="1" t="s">
-        <v>293</v>
+        <v>251</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>294</v>
+        <v>48</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D97" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D97" s="1"/>
       <c r="E97" s="1" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>296</v>
+        <v>48</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" s="1" t="s">
-        <v>303</v>
+        <v>328</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>18</v>
+        <v>329</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D98" s="1"/>
+      <c r="D98" s="1" t="s">
+        <v>330</v>
+      </c>
       <c r="E98" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="F98" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="F98" s="1" t="s">
+      <c r="G98" s="1" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" s="1" t="s">
-        <v>303</v>
+        <v>334</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D99" s="1"/>
+      <c r="D99" s="1" t="s">
+        <v>308</v>
+      </c>
       <c r="E99" s="1" t="s">
-        <v>334</v>
+        <v>309</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" s="1" t="s">
-        <v>303</v>
+        <v>174</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>18</v>
+        <v>108</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D100" s="1"/>
+      <c r="D100" s="1" t="s">
+        <v>335</v>
+      </c>
       <c r="E100" s="1" t="s">
         <v>336</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>337</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>18</v>
+        <v>108</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" s="1" t="s">
-        <v>26</v>
+        <v>251</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D101" s="1" t="s">
+      <c r="D101" s="1"/>
+      <c r="E101" s="1" t="s">
         <v>338</v>
       </c>
-      <c r="E101" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F101" s="1" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" s="1" t="s">
-        <v>112</v>
+        <v>51</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>113</v>
+        <v>28</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>15</v>
+        <v>339</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>253</v>
+        <v>340</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>341</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>113</v>
+        <v>342</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" s="1" t="s">
-        <v>186</v>
+        <v>251</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D103" s="1"/>
       <c r="E103" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" s="1" t="s">
-        <v>303</v>
+        <v>334</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D104" s="1"/>
+      <c r="D104" s="1" t="s">
+        <v>345</v>
+      </c>
       <c r="E104" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="1" t="s">
-        <v>41</v>
+        <v>251</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D105" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D105" s="1"/>
       <c r="E105" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="1" t="s">
-        <v>26</v>
+        <v>307</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="E106" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="F106" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="F106" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G106" s="1" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" s="1" t="s">
-        <v>57</v>
+        <v>107</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>58</v>
+        <v>108</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>237</v>
+        <v>35</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>238</v>
+        <v>45</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>351</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>58</v>
+        <v>108</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" s="1" t="s">
-        <v>170</v>
+        <v>251</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D108" s="1" t="s">
+      <c r="D108" s="1"/>
+      <c r="E108" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="E108" s="1" t="s">
+      <c r="F108" s="1" t="s">
         <v>353</v>
       </c>
-      <c r="F108" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G108" s="1" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" s="1" t="s">
-        <v>41</v>
+        <v>251</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D109" s="1" t="s">
+      <c r="D109" s="1"/>
+      <c r="E109" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="E109" s="1" t="s">
+      <c r="F109" s="1" t="s">
         <v>355</v>
       </c>
-      <c r="F109" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G109" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="E110" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="B110" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D110" s="1" t="s">
+      <c r="F110" s="1" t="s">
         <v>358</v>
       </c>
-      <c r="E110" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G110" s="1" t="s">
-        <v>360</v>
+        <v>145</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D111" s="1" t="s">
         <v>361</v>
       </c>
-      <c r="B111" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D111" s="1" t="s">
+      <c r="E111" s="1" t="s">
         <v>362</v>
       </c>
-      <c r="E111" s="1" t="s">
+      <c r="F111" s="1" t="s">
         <v>363</v>
       </c>
-      <c r="F111" s="1" t="s">
+      <c r="G111" s="1" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D112" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="B112" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D112" s="1" t="s">
+      <c r="E112" s="1" t="s">
         <v>366</v>
       </c>
-      <c r="E112" s="1" t="s">
+      <c r="F112" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="F112" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G112" s="1" t="s">
-        <v>369</v>
+        <v>333</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" s="1" t="s">
-        <v>303</v>
+        <v>368</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>18</v>
+        <v>369</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D113" s="1"/>
+      <c r="D113" s="1" t="s">
+        <v>370</v>
+      </c>
       <c r="E113" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>18</v>
+        <v>373</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" s="1" t="s">
-        <v>357</v>
+        <v>307</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>360</v>
+        <v>48</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" s="1" t="s">
-        <v>303</v>
+        <v>251</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D115" s="1"/>
       <c r="E115" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" s="1" t="s">
-        <v>303</v>
+        <v>334</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D116" s="1"/>
+      <c r="D116" s="1" t="s">
+        <v>378</v>
+      </c>
       <c r="E116" s="1" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" s="1" t="s">
-        <v>378</v>
+        <v>251</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>379</v>
+        <v>48</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D117" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D117" s="1"/>
       <c r="E117" s="1" t="s">
         <v>381</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>383</v>
+        <v>48</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" s="1" t="s">
-        <v>384</v>
+        <v>101</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D118" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D118" s="1"/>
       <c r="E118" s="1" t="s">
-        <v>363</v>
+        <v>382</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" s="1" t="s">
-        <v>249</v>
+        <v>174</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>31</v>
+        <v>108</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>385</v>
+        <v>35</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>386</v>
+        <v>45</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>31</v>
+        <v>108</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" s="1" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D120" s="1"/>
+      <c r="D120" s="1" t="s">
+        <v>384</v>
+      </c>
       <c r="E120" s="1" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" s="1" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D121" s="1"/>
+      <c r="D121" s="1" t="s">
+        <v>387</v>
+      </c>
       <c r="E121" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="F121" s="1" t="s">
         <v>389</v>
       </c>
-      <c r="F121" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G121" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" s="1" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>391</v>
       </c>
       <c r="E122" s="1" t="s">
         <v>392</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>393</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" s="1" t="s">
-        <v>117</v>
+        <v>394</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>42</v>
+        <v>395</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>394</v>
+        <v>35</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" s="1" t="s">
-        <v>303</v>
+        <v>328</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>18</v>
+        <v>329</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D124" s="1"/>
+      <c r="D124" s="1" t="s">
+        <v>399</v>
+      </c>
       <c r="E124" s="1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>18</v>
+        <v>333</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" s="1" t="s">
-        <v>361</v>
+        <v>65</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>391</v>
+        <v>402</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>392</v>
+        <v>403</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" s="1" t="s">
-        <v>303</v>
+        <v>390</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D126" s="1"/>
+      <c r="D126" s="1" t="s">
+        <v>404</v>
+      </c>
       <c r="E126" s="1" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" s="1" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>67</v>
+        <v>407</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>68</v>
+        <v>408</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" s="1" t="s">
-        <v>303</v>
+        <v>91</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>18</v>
+        <v>92</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D128" s="1"/>
+      <c r="D128" s="1" t="s">
+        <v>178</v>
+      </c>
       <c r="E128" s="1" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>18</v>
+        <v>92</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" s="1" t="s">
-        <v>216</v>
+        <v>60</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>217</v>
+        <v>61</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>406</v>
+        <v>35</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>221</v>
+        <v>61</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" s="1" t="s">
-        <v>409</v>
+        <v>390</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>410</v>
+        <v>48</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>411</v>
+        <v>35</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>414</v>
+        <v>48</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" s="1" t="s">
-        <v>361</v>
+        <v>307</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>59</v>
+        <v>415</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>60</v>
+        <v>416</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" s="1" t="s">
-        <v>378</v>
+        <v>122</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>379</v>
+        <v>123</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>383</v>
+        <v>126</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" s="1" t="s">
-        <v>303</v>
+        <v>55</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D133" s="1"/>
+      <c r="D133" s="1" t="s">
+        <v>421</v>
+      </c>
       <c r="E133" s="1" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" s="1" t="s">
-        <v>384</v>
+        <v>101</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" s="1" t="s">
-        <v>186</v>
+        <v>47</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D135" s="1"/>
+      <c r="D135" s="1" t="s">
+        <v>427</v>
+      </c>
       <c r="E135" s="1" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" s="1" t="s">
-        <v>303</v>
+        <v>101</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D136" s="1"/>
+      <c r="D136" s="1" t="s">
+        <v>430</v>
+      </c>
       <c r="E136" s="1" t="s">
-        <v>424</v>
+        <v>431</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>422</v>
+        <v>432</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" s="1" t="s">
-        <v>249</v>
+        <v>101</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>67</v>
+        <v>98</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>68</v>
+        <v>99</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>425</v>
+        <v>433</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" s="1" t="s">
-        <v>361</v>
+        <v>245</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>18</v>
+        <v>246</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D138" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D138" s="1"/>
       <c r="E138" s="1" t="s">
-        <v>427</v>
+        <v>434</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>428</v>
+        <v>435</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>18</v>
-[...367 lines deleted...]
-        <v>18</v>
+        <v>250</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>